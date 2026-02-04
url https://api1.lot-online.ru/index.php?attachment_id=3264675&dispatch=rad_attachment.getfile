--- v0 (2025-12-07)
+++ v1 (2026-02-04)
@@ -229,121 +229,153 @@
       <w:r w:rsidR="00364213">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:r w:rsidR="002E4E21">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">ПАО Сбербанк </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="242607A4" w14:textId="77777777" w:rsidR="002E4E21" w:rsidRDefault="002E4E21" w:rsidP="002E4E21">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7A4F1723" w14:textId="07A5D021" w:rsidR="00CC22D0" w:rsidRPr="001406BC" w:rsidRDefault="00CC22D0" w:rsidP="004B3B20">
+    <w:p w14:paraId="7A4F1723" w14:textId="33D18E7B" w:rsidR="00CC22D0" w:rsidRPr="001406BC" w:rsidRDefault="00CC22D0" w:rsidP="004B3B20">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B05BB1">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Электронный аукцион будет </w:t>
       </w:r>
       <w:r w:rsidRPr="001406BC">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>проводиться</w:t>
       </w:r>
       <w:r w:rsidR="009F666E">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00214269">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">24 ноября </w:t>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="00B9785D">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>7</w:t>
+      </w:r>
+      <w:r w:rsidR="00214269">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B9785D">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>января</w:t>
+      </w:r>
+      <w:r w:rsidR="00214269">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="001406BC">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>20</w:t>
       </w:r>
       <w:r w:rsidR="004A63BE" w:rsidRPr="001406BC">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
-      <w:r w:rsidR="007466FC">
+      <w:r w:rsidR="00B9785D">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>5</w:t>
+        <w:t>6</w:t>
       </w:r>
       <w:r w:rsidRPr="001406BC">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> года в 08:00 ч.</w:t>
       </w:r>
       <w:r w:rsidR="004B3B20" w:rsidRPr="001406BC">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="001406BC">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:bCs/>
@@ -479,51 +511,51 @@
         </w:rPr>
         <w:t>Организатор торгов –</w:t>
       </w:r>
       <w:r w:rsidRPr="001406BC">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> Обособленное подразделение </w:t>
       </w:r>
       <w:r w:rsidRPr="001406BC">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">АО «Российский аукционный дом» в г. Красноярске. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="65A1BEF7" w14:textId="77777777" w:rsidR="00CC22D0" w:rsidRPr="001406BC" w:rsidRDefault="00CC22D0" w:rsidP="00CC22D0">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0927F4CF" w14:textId="7A40ED2B" w:rsidR="00CC22D0" w:rsidRPr="001406BC" w:rsidRDefault="00CC22D0" w:rsidP="00CC22D0">
+    <w:p w14:paraId="0927F4CF" w14:textId="7F7142D9" w:rsidR="00CC22D0" w:rsidRPr="001406BC" w:rsidRDefault="00CC22D0" w:rsidP="00CC22D0">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001406BC">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Прием заявок с </w:t>
       </w:r>
       <w:r w:rsidR="00214269">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>23</w:t>
       </w:r>
       <w:r w:rsidRPr="001406BC">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
@@ -547,327 +579,313 @@
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r w:rsidR="007466FC">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>5</w:t>
       </w:r>
       <w:r w:rsidRPr="001406BC">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> г. по </w:t>
       </w:r>
       <w:r w:rsidR="00214269">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>20</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="009F666E">
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="00B9785D">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>3.01</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001406BC">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>.20</w:t>
+      </w:r>
+      <w:r w:rsidR="004A63BE" w:rsidRPr="001406BC">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="00B9785D">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001406BC">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> г. до 18:00 ч. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001406BC">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>(время московское)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001406BC">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5CE74BF7" w14:textId="77777777" w:rsidR="00CC22D0" w:rsidRPr="001406BC" w:rsidRDefault="00CC22D0" w:rsidP="00CC22D0">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="305A275C" w14:textId="77777777" w:rsidR="00CC22D0" w:rsidRPr="001406BC" w:rsidRDefault="00CC22D0" w:rsidP="00CC22D0">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001406BC">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Задаток должен поступить на счет Организатора торгов </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0DA4CC17" w14:textId="09CB7F13" w:rsidR="00CC22D0" w:rsidRPr="001406BC" w:rsidRDefault="00CC22D0" w:rsidP="00CC22D0">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001406BC">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>не позднее</w:t>
+      </w:r>
+      <w:r w:rsidR="007466FC">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00214269">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="00B9785D">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001406BC">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="00DC5939">
-[...4 lines deleted...]
-        <w:t>1</w:t>
+      <w:r w:rsidR="00B9785D">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>01</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001406BC">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>.20</w:t>
+      </w:r>
+      <w:r w:rsidR="004A63BE" w:rsidRPr="001406BC">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="00B9785D">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001406BC">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t> г. до 18:00 ч.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001406BC">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001406BC">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>(время московское)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001406BC">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="063655C4" w14:textId="77777777" w:rsidR="00CC22D0" w:rsidRPr="001406BC" w:rsidRDefault="00CC22D0" w:rsidP="00657C51">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6D84F7A6" w14:textId="77777777" w:rsidR="00CC22D0" w:rsidRPr="001406BC" w:rsidRDefault="00CC22D0" w:rsidP="00CC22D0">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001406BC">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Допуск претендентов к электронному аукциону</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001406BC">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> осуществляется </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="211D8508" w14:textId="2E880CE2" w:rsidR="00CC22D0" w:rsidRPr="001406BC" w:rsidRDefault="00CC22D0" w:rsidP="00CC22D0">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001406BC">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Организатором торгов</w:t>
+      </w:r>
+      <w:r w:rsidR="00AC1F51" w:rsidRPr="0086319D">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00214269">
         <w:rPr>
           <w:b/>
-          <w:bCs/>
-[...6 lines deleted...]
-          <w:bCs/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="00B9785D">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidR="0090205A" w:rsidRPr="0086319D">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00B9785D">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>01</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AD3F3A">
+        <w:rPr>
+          <w:b/>
         </w:rPr>
         <w:t>.20</w:t>
       </w:r>
-      <w:r w:rsidR="004A63BE" w:rsidRPr="001406BC">
-[...2 lines deleted...]
-          <w:bCs/>
+      <w:r w:rsidR="004A63BE" w:rsidRPr="00AD3F3A">
+        <w:rPr>
+          <w:b/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
-      <w:r w:rsidR="007466FC">
-[...238 lines deleted...]
-        <w:t>5</w:t>
+      <w:r w:rsidR="00B9785D">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>6</w:t>
       </w:r>
       <w:r w:rsidRPr="001406BC">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> года до 14:00 ч. </w:t>
       </w:r>
       <w:r w:rsidRPr="001406BC">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:bCs/>
         </w:rPr>
         <w:t>(время московское)</w:t>
       </w:r>
       <w:r w:rsidRPr="001406BC">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="048542C6" w14:textId="77777777" w:rsidR="00CC22D0" w:rsidRPr="001406BC" w:rsidRDefault="00CC22D0" w:rsidP="00657C51">
       <w:pPr>
         <w:jc w:val="center"/>
@@ -1533,51 +1551,51 @@
         </w:rPr>
         <w:t xml:space="preserve">:00 ч. </w:t>
       </w:r>
       <w:r w:rsidRPr="00AB5E46">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">(время московское) </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="29562ADE" w14:textId="436A9EDA" w:rsidR="00EC73C8" w:rsidRPr="00AB5E46" w:rsidRDefault="00F35E66" w:rsidP="00E8265D">
       <w:pPr>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AB5E46">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6572888D" w14:textId="3989F063" w:rsidR="003652A9" w:rsidRDefault="00B25BB1" w:rsidP="00DF42B6">
+    <w:p w14:paraId="6572888D" w14:textId="2A7362E2" w:rsidR="003652A9" w:rsidRDefault="00B25BB1" w:rsidP="00DF42B6">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00AB5E46">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">Начальная цена </w:t>
       </w:r>
       <w:r w:rsidR="003652A9" w:rsidRPr="00AB5E46">
         <w:t xml:space="preserve">арендной платы за пользование </w:t>
       </w:r>
       <w:r w:rsidR="003652A9" w:rsidRPr="001D03F2">
         <w:t>Объектом</w:t>
       </w:r>
       <w:r w:rsidR="003652A9" w:rsidRPr="001D03F2">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidR="00AC5400">
         <w:rPr>
           <w:b/>
         </w:rPr>
@@ -1595,72 +1613,72 @@
         </w:rPr>
         <w:t>С</w:t>
       </w:r>
       <w:r w:rsidR="0089717D" w:rsidRPr="004D3DE7">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>орок две тысячи четыреста семьдесят шесть) руб. 40 коп</w:t>
       </w:r>
       <w:r w:rsidR="0089717D">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="0089717D" w:rsidRPr="00A526B5">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="003652A9" w:rsidRPr="00A526B5">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
-        <w:t>с учетом НДС 20%,</w:t>
+        <w:t>с учетом НДС,</w:t>
       </w:r>
       <w:r w:rsidR="003652A9" w:rsidRPr="00A526B5">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> в месяц, </w:t>
       </w:r>
       <w:r w:rsidR="003652A9" w:rsidRPr="00A526B5">
         <w:t>без</w:t>
       </w:r>
       <w:r w:rsidR="003652A9" w:rsidRPr="001406BC">
         <w:t xml:space="preserve"> учета </w:t>
       </w:r>
       <w:r w:rsidR="00230402" w:rsidRPr="00230402">
         <w:t>коммунальных платежей и эксплуатационных затрат</w:t>
       </w:r>
       <w:r w:rsidR="006B0EBC">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="29DE5DC2" w14:textId="64286AC4" w:rsidR="00B15703" w:rsidRDefault="00B15703" w:rsidP="00B15703">
+    <w:p w14:paraId="29DE5DC2" w14:textId="545789CE" w:rsidR="00B15703" w:rsidRDefault="00B15703" w:rsidP="00B15703">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00B15703">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">Минимальная цена (цена отсечения) </w:t>
       </w:r>
       <w:r w:rsidRPr="00B15703">
         <w:t>арендной платы за пользование Объектом</w:t>
       </w:r>
       <w:r w:rsidRPr="00B15703">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidR="004D3DE7">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00E775C2" w:rsidRPr="00E775C2">
@@ -1672,51 +1690,51 @@
       <w:r w:rsidR="00E775C2">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Д</w:t>
       </w:r>
       <w:r w:rsidR="00E775C2" w:rsidRPr="00E775C2">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">вадцать восемь тысяч триста семнадцать) руб. 60 </w:t>
       </w:r>
       <w:r w:rsidR="004D3DE7" w:rsidRPr="004D3DE7">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>коп</w:t>
       </w:r>
       <w:r w:rsidRPr="00B15703">
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00B15703">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve"> с учетом НДС 20%,</w:t>
+        <w:t xml:space="preserve"> с учетом НДС,</w:t>
       </w:r>
       <w:r w:rsidRPr="00B15703">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> в месяц,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00A526B5">
         <w:t>без</w:t>
       </w:r>
       <w:r w:rsidRPr="001406BC">
         <w:t xml:space="preserve"> учета </w:t>
       </w:r>
       <w:r w:rsidRPr="00230402">
         <w:t>коммунальных платежей и эксплуатационных затрат</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
@@ -3930,93 +3948,70 @@
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="45F4F711" w14:textId="77777777" w:rsidR="004E00BD" w:rsidRPr="00BC6868" w:rsidRDefault="004E00BD" w:rsidP="004E00BD">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BC6868">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Победителем аукциона признается Участник торгов, предложивший наиболее высокую цену.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="61B71CBE" w14:textId="77777777" w:rsidR="004E00BD" w:rsidRPr="00BC6868" w:rsidRDefault="004E00BD" w:rsidP="004E00BD">
+    <w:p w14:paraId="7ADA251E" w14:textId="15465550" w:rsidR="004E00BD" w:rsidRPr="00BC6868" w:rsidRDefault="004E00BD" w:rsidP="004E00BD">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
       </w:pPr>
-    </w:p>
-[...7 lines deleted...]
-      </w:pPr>
       <w:r w:rsidRPr="00BC6868">
         <w:t>По завершении аукциона при помощи программных средств электронной площадки формируется протокол о результатах аукциона.</w:t>
       </w:r>
       <w:r w:rsidR="00660816" w:rsidRPr="00BC6868">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00BC6868">
         <w:t>Процедура электронного аукциона считается завершенной с момента подписания Организатором торгов протокола об итогах аукциона.</w:t>
       </w:r>
       <w:r w:rsidR="000E0B38" w:rsidRPr="00BC6868">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-    </w:p>
-[...12 lines deleted...]
-      </w:pPr>
     </w:p>
     <w:p w14:paraId="26179031" w14:textId="77777777" w:rsidR="004E00BD" w:rsidRPr="00BC6868" w:rsidRDefault="004E00BD" w:rsidP="004E00BD">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:outlineLvl w:val="1"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BC6868">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Электронный аукцион признается несостоявшимся в следующих случаях: </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="71037892" w14:textId="77777777" w:rsidR="004E00BD" w:rsidRPr="00BC6868" w:rsidRDefault="004E00BD" w:rsidP="004E00BD">
       <w:pPr>
         <w:numPr>
@@ -4196,51 +4191,88 @@
       <w:r w:rsidRPr="00203FED">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> может быть заключен с Единственным участником аукциона</w:t>
       </w:r>
       <w:r w:rsidR="006E62A6">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> в течении 15 (Пятнадцати) рабочих дней с даты признания торгов несостоявшимися</w:t>
       </w:r>
       <w:r w:rsidRPr="00203FED">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">, с установлением Арендной платы не ниже начальной цены Лота. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5E0C48C0" w14:textId="6770B329" w:rsidR="004B5B9C" w:rsidRDefault="004B5B9C" w:rsidP="004B5B9C">
+    <w:p w14:paraId="08A43EBE" w14:textId="1CF73CD7" w:rsidR="00881C30" w:rsidRDefault="00881C30" w:rsidP="00881C30">
+      <w:pPr>
+        <w:pStyle w:val="ad"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00881C30">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Размер арендной платы, сформировавшийся по итогу проведения торгов, увеличивается на сумму НДС, установленной законодательством в 2026 году.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5E0C48C0" w14:textId="11E13B15" w:rsidR="004B5B9C" w:rsidRDefault="004B5B9C" w:rsidP="004B5B9C">
       <w:pPr>
         <w:pStyle w:val="ad"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004B5B9C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -4367,51 +4399,51 @@
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Ставка переменной арендной платы (эксплуатационные расходы) составляет 2 966,42 руб./кв. м/</w:t>
       </w:r>
       <w:r w:rsidR="006951AE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>год</w:t>
       </w:r>
       <w:r w:rsidRPr="00AF2B1F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> с учетом НДС 20%.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2BA635EC" w14:textId="1D1CC4A1" w:rsidR="006951AE" w:rsidRDefault="00FA707A" w:rsidP="006951AE">
+    <w:p w14:paraId="71660426" w14:textId="77777777" w:rsidR="00881C30" w:rsidRDefault="00FA707A" w:rsidP="00881C30">
       <w:pPr>
         <w:pStyle w:val="ad"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00241E7F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -4428,94 +4460,156 @@
         </w:rPr>
         <w:t xml:space="preserve">плата оставшейся части Арендной платы за пользование Объектом производится Арендатором (Победителем, </w:t>
       </w:r>
       <w:r w:rsidR="00AE5B35" w:rsidRPr="00241E7F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Единственным участником</w:t>
       </w:r>
       <w:r w:rsidR="00AE5B35" w:rsidRPr="00241E7F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> аукциона) в российских рублях путем перечисления денежных средств на счет ПАО Сбербанк в соответствии с условиями договора аренды Объекта. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1BE00936" w14:textId="0F577A47" w:rsidR="006951AE" w:rsidRPr="006951AE" w:rsidRDefault="006951AE" w:rsidP="006951AE">
+    <w:p w14:paraId="68724BBB" w14:textId="1BA3AE64" w:rsidR="00881C30" w:rsidRPr="00881C30" w:rsidRDefault="00881C30" w:rsidP="00881C30">
       <w:pPr>
         <w:pStyle w:val="ad"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
-        </w:rPr>
-        <w:sectPr w:rsidR="006951AE" w:rsidRPr="006951AE" w:rsidSect="009211F6">
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00881C30">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Передача Объекта осуществляется по Акту приема-передачи в течение 10 (десяти) рабочих дней с даты подписания Договора аренды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="131805D0" w14:textId="77777777" w:rsidR="00881C30" w:rsidRDefault="00881C30" w:rsidP="00881C30">
+      <w:pPr>
+        <w:pStyle w:val="ad"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="22A328FC" w14:textId="630B3A29" w:rsidR="006951AE" w:rsidRDefault="006951AE" w:rsidP="006951AE">
+      <w:pPr>
+        <w:pStyle w:val="ad"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7A57C018" w14:textId="77777777" w:rsidR="00881C30" w:rsidRDefault="00881C30" w:rsidP="006951AE">
+      <w:pPr>
+        <w:pStyle w:val="ad"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1BE00936" w14:textId="5BDC4C0E" w:rsidR="00881C30" w:rsidRPr="006951AE" w:rsidRDefault="00881C30" w:rsidP="006951AE">
+      <w:pPr>
+        <w:pStyle w:val="ad"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+        <w:sectPr w:rsidR="00881C30" w:rsidRPr="006951AE" w:rsidSect="009211F6">
           <w:pgSz w:w="11906" w:h="16838"/>
           <w:pgMar w:top="709" w:right="851" w:bottom="567" w:left="992" w:header="709" w:footer="709" w:gutter="0"/>
           <w:cols w:space="708"/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
-      <w:r w:rsidRPr="006951AE">
-[...20 lines deleted...]
-      </w:r>
     </w:p>
     <w:p w14:paraId="7B8FFD85" w14:textId="67012235" w:rsidR="003B1D14" w:rsidRDefault="009A4C63" w:rsidP="003B1D14">
       <w:pPr>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
           <w:color w:val="020C22"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="SimSun"/>
           <w:b/>
           <w:spacing w:val="26"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">                                                            </w:t>
       </w:r>
       <w:r w:rsidR="000D510C">
@@ -13911,50 +14005,51 @@
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00BD6514"/>
     <w:rsid w:val="0000096E"/>
     <w:rsid w:val="00002B60"/>
     <w:rsid w:val="000049C1"/>
     <w:rsid w:val="00004C52"/>
     <w:rsid w:val="00010F09"/>
     <w:rsid w:val="0001314D"/>
     <w:rsid w:val="000136DA"/>
     <w:rsid w:val="00013A76"/>
     <w:rsid w:val="00017444"/>
     <w:rsid w:val="00017556"/>
     <w:rsid w:val="0001798F"/>
     <w:rsid w:val="0002587D"/>
     <w:rsid w:val="00030AC3"/>
     <w:rsid w:val="000320C5"/>
     <w:rsid w:val="00032A42"/>
     <w:rsid w:val="00033605"/>
     <w:rsid w:val="00036228"/>
     <w:rsid w:val="00036518"/>
     <w:rsid w:val="00036D81"/>
+    <w:rsid w:val="00040656"/>
     <w:rsid w:val="000417F2"/>
     <w:rsid w:val="00042F50"/>
     <w:rsid w:val="0005352F"/>
     <w:rsid w:val="0005396D"/>
     <w:rsid w:val="00053E35"/>
     <w:rsid w:val="00060070"/>
     <w:rsid w:val="000608DC"/>
     <w:rsid w:val="00063B89"/>
     <w:rsid w:val="0006459D"/>
     <w:rsid w:val="00064950"/>
     <w:rsid w:val="00065631"/>
     <w:rsid w:val="00070F6A"/>
     <w:rsid w:val="00071443"/>
     <w:rsid w:val="00072F61"/>
     <w:rsid w:val="00073B94"/>
     <w:rsid w:val="0007424C"/>
     <w:rsid w:val="00074284"/>
     <w:rsid w:val="0007445B"/>
     <w:rsid w:val="00074469"/>
     <w:rsid w:val="00081A74"/>
     <w:rsid w:val="00092D49"/>
     <w:rsid w:val="00093BB7"/>
     <w:rsid w:val="000957B2"/>
     <w:rsid w:val="00095A18"/>
     <w:rsid w:val="000961C3"/>
@@ -14531,50 +14626,51 @@
     <w:rsid w:val="00827661"/>
     <w:rsid w:val="00833497"/>
     <w:rsid w:val="0083769D"/>
     <w:rsid w:val="008404DB"/>
     <w:rsid w:val="00841901"/>
     <w:rsid w:val="00842E8A"/>
     <w:rsid w:val="00843180"/>
     <w:rsid w:val="00844BEB"/>
     <w:rsid w:val="00847D04"/>
     <w:rsid w:val="00857173"/>
     <w:rsid w:val="00857DA4"/>
     <w:rsid w:val="00860EDA"/>
     <w:rsid w:val="00861F44"/>
     <w:rsid w:val="0086319D"/>
     <w:rsid w:val="008637F6"/>
     <w:rsid w:val="00864D46"/>
     <w:rsid w:val="008651B6"/>
     <w:rsid w:val="00865D41"/>
     <w:rsid w:val="008676E7"/>
     <w:rsid w:val="00873429"/>
     <w:rsid w:val="008734E7"/>
     <w:rsid w:val="00875108"/>
     <w:rsid w:val="008751C7"/>
     <w:rsid w:val="00876A86"/>
     <w:rsid w:val="00880E4A"/>
+    <w:rsid w:val="00881C30"/>
     <w:rsid w:val="008822CD"/>
     <w:rsid w:val="00882AB1"/>
     <w:rsid w:val="00885B53"/>
     <w:rsid w:val="00890298"/>
     <w:rsid w:val="0089032C"/>
     <w:rsid w:val="00891002"/>
     <w:rsid w:val="00891916"/>
     <w:rsid w:val="00891EC0"/>
     <w:rsid w:val="00892500"/>
     <w:rsid w:val="008927E2"/>
     <w:rsid w:val="00892DAE"/>
     <w:rsid w:val="00894E06"/>
     <w:rsid w:val="0089697C"/>
     <w:rsid w:val="0089717D"/>
     <w:rsid w:val="008A483A"/>
     <w:rsid w:val="008A618F"/>
     <w:rsid w:val="008A78A8"/>
     <w:rsid w:val="008B10D2"/>
     <w:rsid w:val="008B1DA2"/>
     <w:rsid w:val="008B30A4"/>
     <w:rsid w:val="008B3999"/>
     <w:rsid w:val="008B3DA4"/>
     <w:rsid w:val="008B4298"/>
     <w:rsid w:val="008B6EB2"/>
     <w:rsid w:val="008C1871"/>
@@ -14780,50 +14876,51 @@
     <w:rsid w:val="00B37F4B"/>
     <w:rsid w:val="00B40A43"/>
     <w:rsid w:val="00B508B0"/>
     <w:rsid w:val="00B50EE0"/>
     <w:rsid w:val="00B524E8"/>
     <w:rsid w:val="00B53315"/>
     <w:rsid w:val="00B53CA8"/>
     <w:rsid w:val="00B53DA8"/>
     <w:rsid w:val="00B555DF"/>
     <w:rsid w:val="00B571A4"/>
     <w:rsid w:val="00B578E5"/>
     <w:rsid w:val="00B60BB1"/>
     <w:rsid w:val="00B6156E"/>
     <w:rsid w:val="00B723AB"/>
     <w:rsid w:val="00B72898"/>
     <w:rsid w:val="00B74572"/>
     <w:rsid w:val="00B8157B"/>
     <w:rsid w:val="00B840D0"/>
     <w:rsid w:val="00B84C44"/>
     <w:rsid w:val="00B84FC2"/>
     <w:rsid w:val="00B85A3F"/>
     <w:rsid w:val="00B85D60"/>
     <w:rsid w:val="00B8728A"/>
     <w:rsid w:val="00B91C9C"/>
     <w:rsid w:val="00B93553"/>
+    <w:rsid w:val="00B9785D"/>
     <w:rsid w:val="00B97BF6"/>
     <w:rsid w:val="00BA06CA"/>
     <w:rsid w:val="00BA3431"/>
     <w:rsid w:val="00BA42E9"/>
     <w:rsid w:val="00BA4CD5"/>
     <w:rsid w:val="00BA6204"/>
     <w:rsid w:val="00BA790C"/>
     <w:rsid w:val="00BB171A"/>
     <w:rsid w:val="00BB27A7"/>
     <w:rsid w:val="00BB4523"/>
     <w:rsid w:val="00BB7B6E"/>
     <w:rsid w:val="00BC0193"/>
     <w:rsid w:val="00BC070F"/>
     <w:rsid w:val="00BC220A"/>
     <w:rsid w:val="00BC269A"/>
     <w:rsid w:val="00BC6868"/>
     <w:rsid w:val="00BC6AA8"/>
     <w:rsid w:val="00BC6CE6"/>
     <w:rsid w:val="00BD0D88"/>
     <w:rsid w:val="00BD27A0"/>
     <w:rsid w:val="00BD352C"/>
     <w:rsid w:val="00BD40AB"/>
     <w:rsid w:val="00BD4768"/>
     <w:rsid w:val="00BD5B5C"/>
     <w:rsid w:val="00BD6514"/>
@@ -15007,50 +15104,51 @@
     <w:rsid w:val="00E4065A"/>
     <w:rsid w:val="00E4309E"/>
     <w:rsid w:val="00E50B5E"/>
     <w:rsid w:val="00E51AD6"/>
     <w:rsid w:val="00E54EEB"/>
     <w:rsid w:val="00E5619D"/>
     <w:rsid w:val="00E56A5F"/>
     <w:rsid w:val="00E6102E"/>
     <w:rsid w:val="00E61D98"/>
     <w:rsid w:val="00E626F0"/>
     <w:rsid w:val="00E62E73"/>
     <w:rsid w:val="00E63BBB"/>
     <w:rsid w:val="00E64A11"/>
     <w:rsid w:val="00E65A0A"/>
     <w:rsid w:val="00E70F77"/>
     <w:rsid w:val="00E713F8"/>
     <w:rsid w:val="00E721F9"/>
     <w:rsid w:val="00E775C2"/>
     <w:rsid w:val="00E77644"/>
     <w:rsid w:val="00E77C57"/>
     <w:rsid w:val="00E807F2"/>
     <w:rsid w:val="00E8265D"/>
     <w:rsid w:val="00E828B7"/>
     <w:rsid w:val="00E96527"/>
     <w:rsid w:val="00EA24E7"/>
+    <w:rsid w:val="00EA59DB"/>
     <w:rsid w:val="00EA5E66"/>
     <w:rsid w:val="00EA610A"/>
     <w:rsid w:val="00EA62D8"/>
     <w:rsid w:val="00EA7C5F"/>
     <w:rsid w:val="00EB13A1"/>
     <w:rsid w:val="00EB2239"/>
     <w:rsid w:val="00EB3367"/>
     <w:rsid w:val="00EB5F84"/>
     <w:rsid w:val="00EC035D"/>
     <w:rsid w:val="00EC179D"/>
     <w:rsid w:val="00EC24FC"/>
     <w:rsid w:val="00EC40F7"/>
     <w:rsid w:val="00EC6E85"/>
     <w:rsid w:val="00EC73C8"/>
     <w:rsid w:val="00ED3686"/>
     <w:rsid w:val="00EE33CE"/>
     <w:rsid w:val="00EE34A5"/>
     <w:rsid w:val="00EE4C0D"/>
     <w:rsid w:val="00EE70ED"/>
     <w:rsid w:val="00EF238D"/>
     <w:rsid w:val="00EF3811"/>
     <w:rsid w:val="00EF51BF"/>
     <w:rsid w:val="00EF7790"/>
     <w:rsid w:val="00EF78F2"/>
     <w:rsid w:val="00F00FCF"/>
@@ -17665,75 +17763,75 @@
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA Fifth Edition"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D458AC4F-41CE-4B8E-9706-A657A8CD37C2}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>10</Pages>
-  <Words>3545</Words>
-  <Characters>24620</Characters>
+  <Words>3569</Words>
+  <Characters>24789</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>205</Lines>
+  <Lines>206</Lines>
   <Paragraphs>56</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Открытое акционерное общество «Российский аукционный дом»</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Hewlett-Packard Company</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>28109</CharactersWithSpaces>
+  <CharactersWithSpaces>28302</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="30" baseType="variant">
       <vt:variant>
         <vt:i4>720980</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>12</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>http://www.auction-house.ru/</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
         <vt:i4>327682</vt:i4>
       </vt:variant>
       <vt:variant>