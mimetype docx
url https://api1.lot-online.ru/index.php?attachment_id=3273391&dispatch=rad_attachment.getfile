--- v0 (2025-12-07)
+++ v1 (2026-03-13)
@@ -4,185 +4,144 @@
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:body>
-    <w:p w:rsidR="00BC0513" w:rsidRPr="007C0172" w:rsidRDefault="00BC0513" w:rsidP="00BC0513">
-[...15 lines deleted...]
-    <w:p w:rsidR="00BC0513" w:rsidRPr="002A4297" w:rsidRDefault="00BC0513" w:rsidP="00BC0513">
+    <w:p w:rsidR="00013D0F" w:rsidRPr="002A4297" w:rsidRDefault="00013D0F" w:rsidP="00013D0F">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve">ДОГОВОР № </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="004663C9">
+        <w:t>ДОГОВОР № _____</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00013D0F" w:rsidRPr="002A4297" w:rsidRDefault="00013D0F" w:rsidP="00013D0F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>__________</w:t>
-[...5 lines deleted...]
-        <w:jc w:val="center"/>
+        <w:t>купли-продажи недвижимого имущества</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E11832">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:bCs/>
-[...5 lines deleted...]
-      <w:r w:rsidRPr="002A4297">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:bCs/>
-[...18 lines deleted...]
-          <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00BC0513" w:rsidRPr="002A4297" w:rsidRDefault="00BC0513" w:rsidP="00BC0513">
-[...11 lines deleted...]
-    <w:p w:rsidR="00BC0513" w:rsidRPr="002A4297" w:rsidRDefault="00BC0513" w:rsidP="00BC0513">
+    <w:p w:rsidR="00013D0F" w:rsidRPr="002A4297" w:rsidRDefault="00013D0F" w:rsidP="00013D0F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>г.</w:t>
       </w:r>
-      <w:r>
-[...6 lines deleted...]
-        <w:t xml:space="preserve"> Санкт-Петербург</w:t>
+      <w:r w:rsidR="00C6408C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Санкт-Петербургу </w:t>
       </w:r>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
@@ -193,141 +152,67 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:tab/>
-        <w:t xml:space="preserve">           </w:t>
-[...76 lines deleted...]
-    <w:p w:rsidR="00BC0513" w:rsidRPr="002A4297" w:rsidRDefault="00BC0513" w:rsidP="00BC0513">
+        <w:t xml:space="preserve">              «___»_________ 20__г.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00013D0F" w:rsidRPr="002A4297" w:rsidRDefault="00013D0F" w:rsidP="00013D0F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="004663C9" w:rsidRPr="002A4297" w:rsidRDefault="004663C9" w:rsidP="004663C9">
+    <w:p w:rsidR="00013D0F" w:rsidRPr="002A4297" w:rsidRDefault="00013D0F" w:rsidP="00013D0F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007F6085">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Публичное акционерное общество «Сбербанк России» </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
@@ -353,146 +238,252 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">, именуемое в дальнейшем </w:t>
       </w:r>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>«Продавец»</w:t>
       </w:r>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>, в лице ______</w:t>
+        <w:t xml:space="preserve">, в лице </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="af5"/>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:footnoteReference w:id="1"/>
+      </w:r>
+      <w:r w:rsidRPr="002A4297">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>______</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>________</w:t>
       </w:r>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>_____</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>_____</w:t>
       </w:r>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>___, действующего на основании _____________________, с одной стороны, и</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00BC0513" w:rsidRPr="002A4297" w:rsidRDefault="004663C9" w:rsidP="004663C9">
+        <w:t xml:space="preserve">___, действующего на основании </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="af5"/>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:footnoteReference w:id="2"/>
+      </w:r>
+      <w:r w:rsidRPr="002A4297">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>_____________________, с одной стороны, и</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00013D0F" w:rsidRPr="002A4297" w:rsidRDefault="00013D0F" w:rsidP="00013D0F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="af5"/>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:footnoteReference w:id="3"/>
+      </w:r>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">__________ </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">именуемый </w:t>
       </w:r>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>в дальнейшем</w:t>
       </w:r>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> «Покупатель»</w:t>
       </w:r>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve"> в лице _____________________, действующего на основании ____________________________, с другой стороны, совместно именуемые далее «</w:t>
+        <w:t xml:space="preserve"> в лице </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="af5"/>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:footnoteReference w:id="4"/>
+      </w:r>
+      <w:r w:rsidRPr="002A4297">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">_____________________, действующего на основании </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="af5"/>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:footnoteReference w:id="5"/>
+      </w:r>
+      <w:r w:rsidRPr="002A4297">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>____________________________,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A4297">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:footnoteReference w:id="6"/>
+      </w:r>
+      <w:r w:rsidRPr="002A4297">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> с другой стороны, совместно именуемые далее «</w:t>
       </w:r>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>Стороны</w:t>
       </w:r>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>», а каждая в отдельности «</w:t>
       </w:r>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
@@ -508,95 +499,108 @@
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>», заключили настоящий договор (далее – «</w:t>
       </w:r>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>Договор</w:t>
       </w:r>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>») о нижеследующем:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00BC0513" w:rsidRPr="002A4297" w:rsidRDefault="00BC0513" w:rsidP="00BC0513">
+    <w:p w:rsidR="00013D0F" w:rsidRPr="002A4297" w:rsidRDefault="00013D0F" w:rsidP="00013D0F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00013D0F" w:rsidRPr="002A4297" w:rsidRDefault="00013D0F" w:rsidP="00013D0F">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:contextualSpacing/>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>Предмет Договора</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00BC0513" w:rsidRPr="002A4297" w:rsidRDefault="00BC0513" w:rsidP="00BC0513">
+    <w:p w:rsidR="00013D0F" w:rsidRPr="002A4297" w:rsidRDefault="00013D0F" w:rsidP="00013D0F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00BC0513" w:rsidRPr="002A4297" w:rsidRDefault="00BC0513" w:rsidP="00BC0513">
+    <w:p w:rsidR="00013D0F" w:rsidRPr="002A4297" w:rsidRDefault="00013D0F" w:rsidP="00013D0F">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_Ref140594226"/>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
@@ -618,2170 +622,2081 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>– «</w:t>
       </w:r>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>Имущество</w:t>
       </w:r>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>»):</w:t>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="af5"/>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:footnoteReference w:id="7"/>
+      </w:r>
+      <w:r w:rsidRPr="002A4297">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>):</w:t>
       </w:r>
       <w:bookmarkEnd w:id="0"/>
     </w:p>
-    <w:p w:rsidR="00BC0513" w:rsidRPr="002A4297" w:rsidRDefault="00BC0513" w:rsidP="00BC0513">
+    <w:p w:rsidR="00013D0F" w:rsidRPr="002A4297" w:rsidRDefault="00013D0F" w:rsidP="00013D0F">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>Недвижимое имущество (далее – «</w:t>
       </w:r>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>Недвижимое имущество</w:t>
       </w:r>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>»):</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00BC0513" w:rsidRPr="002A4297" w:rsidRDefault="00BF5B44" w:rsidP="00BC0513">
+    <w:p w:rsidR="00013D0F" w:rsidRPr="002A4297" w:rsidRDefault="00013D0F" w:rsidP="00013D0F">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00390D33">
-[...62 lines deleted...]
-      <w:r w:rsidR="00BC0513" w:rsidRPr="002A4297">
+      <w:r w:rsidRPr="002A4297">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>_____________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A4297">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:footnoteReference w:id="8"/>
+      </w:r>
+      <w:r w:rsidRPr="002A4297">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (далее – «</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>Объект</w:t>
       </w:r>
-      <w:r w:rsidR="00BC0513" w:rsidRPr="002A4297">
+      <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>»).</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00BC0513" w:rsidRPr="002A4297" w:rsidRDefault="00BC0513" w:rsidP="00BC0513">
+    <w:p w:rsidR="00013D0F" w:rsidRPr="002A4297" w:rsidRDefault="00013D0F" w:rsidP="00013D0F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>Кадастровый/услов</w:t>
-[...29 lines deleted...]
-    <w:p w:rsidR="00BC0513" w:rsidRPr="002A4297" w:rsidRDefault="00BC0513" w:rsidP="00BC0513">
+        <w:t>Кадастровый/условный номер Объекта: _____________.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A4297">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:footnoteReference w:id="9"/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00013D0F" w:rsidRPr="002A4297" w:rsidRDefault="00013D0F" w:rsidP="00013D0F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve">Объект расположен по адресу: </w:t>
-[...29 lines deleted...]
-    <w:p w:rsidR="00BC0513" w:rsidRPr="002A4297" w:rsidRDefault="00BC0513" w:rsidP="00BC0513">
+        <w:t>Объект расположен по адресу: ___________.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A4297">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:footnoteReference w:id="10"/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00013D0F" w:rsidRPr="002A4297" w:rsidRDefault="00013D0F" w:rsidP="00013D0F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve">Объект принадлежит Продавцу на праве собственности на основании </w:t>
-[...109 lines deleted...]
-      <w:r w:rsidR="00BF5B44">
+        <w:t>Объект принадлежит Продавцу на праве собственности на основании __________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A4297">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:footnoteReference w:id="11"/>
+      </w:r>
+      <w:r w:rsidRPr="002A4297">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>, о чем в Едином государственном реестре недвижимости сделана запись о регистрации ___________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A4297">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:footnoteReference w:id="12"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>, что подтверждается _______________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="af5"/>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:footnoteReference w:id="13"/>
+      </w:r>
+      <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00BC0513" w:rsidRDefault="00E8130D" w:rsidP="00E8130D">
-      <w:pPr>
+    <w:p w:rsidR="00013D0F" w:rsidRDefault="00013D0F" w:rsidP="00013D0F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:suppressAutoHyphens/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:firstLine="709"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E8130D">
-[...36 lines deleted...]
-    <w:p w:rsidR="00BC0513" w:rsidRPr="002A4297" w:rsidRDefault="00BC0513" w:rsidP="00BC0513">
+      <w:r w:rsidRPr="002A4297">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Объект расположен на земельном участке</w:t>
+      </w:r>
+      <w:r w:rsidR="000853C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A4297">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>расположенном по адресу: ___________________</w:t>
+      </w:r>
+      <w:r w:rsidR="000853C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="000853C3" w:rsidRPr="000853C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Земельный участок является общей долевой собственностью собственников помещений в многоквартирном доме на основании ч. 2 ст. 16 Федерального закона от 29.12.2004 №189-ФЗ «О введении в действие Жилищного кодекса Российской Федерации».</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00013D0F" w:rsidRPr="002A4297" w:rsidRDefault="00013D0F" w:rsidP="00013D0F">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Продавец гарантирует, что на момент заключения Договора Имущество в споре или под арестом не состоит, не явля</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>е</w:t>
       </w:r>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>тся предметом залога и не обременено (не ограничено) никакими другими правами третьих лиц, прямо не указанными в Договоре.</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00BC0513" w:rsidRPr="002A4297" w:rsidRDefault="00BC0513" w:rsidP="00BC0513">
+        <w:t>тся предметом залога и не обременено (не ограничено) никакими другими правами третьих лиц, прямо не указанными в Договоре</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A4297">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:footnoteReference w:id="14"/>
+      </w:r>
+      <w:r w:rsidRPr="002A4297">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00013D0F" w:rsidRPr="002A4297" w:rsidRDefault="00013D0F" w:rsidP="00013D0F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">Продавец обязуется сохранить такое положение Имущества до перехода права собственности на </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>него</w:t>
       </w:r>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> к Покупателю.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00BC0513" w:rsidRDefault="00BC0513" w:rsidP="00BC0513">
+    <w:p w:rsidR="000853C3" w:rsidRDefault="00013D0F" w:rsidP="000853C3">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>Продавец не имеет перед третьими лицами просроченных долгов по оплате коммунальных, эксплуатационных, хозяйственных услуг и по иным платежам по Имуществу.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0062259C" w:rsidRDefault="0062259C" w:rsidP="00BC0513">
+    <w:p w:rsidR="000853C3" w:rsidRPr="000853C3" w:rsidRDefault="000853C3" w:rsidP="000853C3">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="009243B6">
-[...145 lines deleted...]
-      <w:r>
+      <w:r w:rsidRPr="000853C3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>Покупатель ознакомился с состоянием Имущества и документацией к нему. Претензий по качеству, состоянию Имущества и документации не имеет.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00BC0513" w:rsidRPr="002A4297" w:rsidRDefault="00BC0513" w:rsidP="00BC0513">
+    <w:p w:rsidR="00013D0F" w:rsidRPr="002A4297" w:rsidRDefault="00013D0F" w:rsidP="00013D0F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00BC0513" w:rsidRPr="002A4297" w:rsidRDefault="00BC0513" w:rsidP="00BC0513">
+    <w:p w:rsidR="00013D0F" w:rsidRPr="002A4297" w:rsidRDefault="00013D0F" w:rsidP="00013D0F">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:contextualSpacing/>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>Срок действия Договора</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00BC0513" w:rsidRPr="002A4297" w:rsidRDefault="00BC0513" w:rsidP="00BC0513">
+    <w:p w:rsidR="00013D0F" w:rsidRPr="002A4297" w:rsidRDefault="00013D0F" w:rsidP="00013D0F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00BC0513" w:rsidRPr="002A4297" w:rsidRDefault="00BC0513" w:rsidP="00BC0513">
+    <w:p w:rsidR="00013D0F" w:rsidRPr="002A4297" w:rsidRDefault="00013D0F" w:rsidP="00013D0F">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="40"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1985"/>
         </w:tabs>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="1" w:name="_Ref485889431"/>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">Договор </w:t>
       </w:r>
       <w:bookmarkEnd w:id="1"/>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>признается заключенным в момент подписания его Сторонами и действует до полного исполнения Сторонами своих обязательств по Договору.</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00BC0513" w:rsidRPr="002A4297" w:rsidRDefault="00BC0513" w:rsidP="00BC0513">
+        <w:t>признается заключенным в момент подписания его Сторонами и действует до полного исполнения Сторонами своих обязательств по Договору</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A4297">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:footnoteReference w:id="15"/>
+      </w:r>
+      <w:r w:rsidRPr="002A4297">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00013D0F" w:rsidRPr="002A4297" w:rsidRDefault="00013D0F" w:rsidP="00013D0F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00BC0513" w:rsidRPr="002A4297" w:rsidRDefault="00BC0513" w:rsidP="00BC0513">
+    <w:p w:rsidR="00013D0F" w:rsidRPr="002A4297" w:rsidRDefault="00013D0F" w:rsidP="00013D0F">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="40"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:contextualSpacing/>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>Порядок передачи Имущества</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00BC0513" w:rsidRPr="002A4297" w:rsidRDefault="00BC0513" w:rsidP="00BC0513">
+    <w:p w:rsidR="00013D0F" w:rsidRPr="002A4297" w:rsidRDefault="00013D0F" w:rsidP="00013D0F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00E8130D" w:rsidRPr="00E8130D" w:rsidRDefault="00E8130D" w:rsidP="00941B31">
+    <w:p w:rsidR="00013D0F" w:rsidRPr="002A4297" w:rsidRDefault="00013D0F" w:rsidP="00013D0F">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="40"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="2" w:name="_Ref486328488"/>
-      <w:r w:rsidRPr="00E8130D">
-[...8 lines deleted...]
-      <w:r w:rsidRPr="00E8130D">
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="af5"/>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:footnoteReference w:id="16"/>
+      </w:r>
+      <w:r w:rsidRPr="002A4297">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Продавец не позднее </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="af5"/>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:footnoteReference w:id="17"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">________ </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A4297">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A4297">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) рабочих дней со дня поступления на счет Продавца в полном объёме денежных средств в оплату стоимости Имущества (в соответствии с пунктом </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
-      <w:r w:rsidRPr="00E8130D">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> REF _Ref82174936 \r \h </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00E8130D">
-[...7 lines deleted...]
-      <w:r w:rsidRPr="00E8130D">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="00E8130D">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>4.3</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E8130D">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="00E8130D">
-[...24 lines deleted...]
-        <w:t>, составленному по форме Приложения № 1 к Договору.</w:t>
+      <w:r w:rsidRPr="002A4297">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Договора) передает Покупателю Имущество по акту приема-передачи, составленному по форме Приложения № 1 к Договору.</w:t>
       </w:r>
       <w:bookmarkEnd w:id="2"/>
     </w:p>
-    <w:p w:rsidR="00BC0513" w:rsidRPr="00E8130D" w:rsidRDefault="00BC0513" w:rsidP="00941B31">
+    <w:p w:rsidR="00013D0F" w:rsidRPr="002A4297" w:rsidRDefault="00013D0F" w:rsidP="00013D0F">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="40"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E8130D">
-[...9 lines deleted...]
-    <w:p w:rsidR="00BC0513" w:rsidRPr="00700920" w:rsidRDefault="00BC0513" w:rsidP="00BC0513">
+      <w:r w:rsidRPr="002A4297">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Риск случайной гибели и случайного повреждения Имущества (его части) переходит к соответствующей Стороне с момента передачи ей Имущества (его части)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E53AA9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A4297">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>по акту приема-передачи.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00013D0F" w:rsidRPr="00700920" w:rsidRDefault="00013D0F" w:rsidP="00013D0F">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="40"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>Пра</w:t>
-[...28 lines deleted...]
-        <w:t xml:space="preserve"> регистрацию прав</w:t>
+        <w:t>Право собственности на Недвижимое имущество переходит к Покупателю с момента государственной регистрации перехода права собственности в органе, осуществляющем государственный кадастровый учет и государственную регистрацию прав</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> (далее – «</w:t>
       </w:r>
       <w:r w:rsidRPr="00E53AA9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>орган регистрации прав</w:t>
       </w:r>
       <w:r w:rsidRPr="00E53AA9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>»</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
-      <w:r w:rsidR="00E8130D">
+      <w:r w:rsidR="000853C3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00BC0513" w:rsidRPr="00700920" w:rsidRDefault="00BC0513" w:rsidP="00BC0513">
+    <w:p w:rsidR="00013D0F" w:rsidRPr="00700920" w:rsidRDefault="00013D0F" w:rsidP="00013D0F">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="40"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="4" w:name="_Ref82097368"/>
-      <w:bookmarkStart w:id="5" w:name="_Ref14365683"/>
+      <w:bookmarkStart w:id="3" w:name="_Ref82097368"/>
+      <w:bookmarkStart w:id="4" w:name="_Ref14365683"/>
       <w:r w:rsidRPr="00700920">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve">В случае приостановления/отказа по решению органа регистрации прав государственной регистрации перехода права собственности на </w:t>
-[...8 lines deleted...]
-        <w:t>И</w:t>
+        <w:t>В случае приостановления/отказа по решению органа регистрации прав государственной регистрации перехода права собственности на Недвижимое имущество</w:t>
       </w:r>
       <w:r w:rsidRPr="00700920">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...11 lines deleted...]
-      </w:r>
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:footnoteReference w:id="18"/>
+      </w:r>
+      <w:r w:rsidRPr="00700920">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> от Продавца к Покупателю, Стороны обязуются предпринять все зависящие от них действия, необходимые для продолжения/возобновления государственной регистрации в соответствии с условиями Договора. При невозможности осуществления перехода права собственности в разумный срок (разумными мерами), но не более 60 (шестидесяти) календарных дней, любая из Сторон вправе в одностороннем внесудебном порядке отказаться от исполнения</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Договора </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">и расторгнуть его путем направления другой Стороне письменного уведомления с указанием даты расторжения Договора. </w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
       <w:bookmarkEnd w:id="4"/>
-      <w:bookmarkEnd w:id="5"/>
-[...1 lines deleted...]
-    <w:p w:rsidR="00BC0513" w:rsidRPr="007B1EF4" w:rsidRDefault="00BC0513" w:rsidP="00BC0513">
+    </w:p>
+    <w:p w:rsidR="00013D0F" w:rsidRPr="007B1EF4" w:rsidRDefault="00013D0F" w:rsidP="00013D0F">
       <w:pPr>
         <w:pStyle w:val="af3"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="40"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="6" w:name="_Ref127352672"/>
+      <w:bookmarkStart w:id="5" w:name="_Ref127352672"/>
       <w:r w:rsidRPr="007B1EF4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>В случае расторжения Договора по основанию, указанному в пункте</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r>
-[...59 lines deleted...]
-        <w:t> Договора</w:t>
+      <w:r w:rsidR="000853C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3.4 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Договора</w:t>
       </w:r>
       <w:r w:rsidRPr="007B1EF4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">, Покупатель обязан в течение 5 (пяти) рабочих дней с даты расторжения Договора, указанной в соответствующем уведомлении, передать (вернуть) Продавцу по акту приема-передачи (возврата) Имущество (в состоянии, в котором Покупатель принимал Имущество от Продавца в соответствии с пунктом </w:t>
       </w:r>
+      <w:r w:rsidR="000853C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>3.1</w:t>
+      </w:r>
       <w:r w:rsidRPr="007B1EF4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:fldChar w:fldCharType="begin"/>
-[...56 lines deleted...]
-    <w:p w:rsidR="00BC0513" w:rsidRPr="00E11832" w:rsidRDefault="00BC0513" w:rsidP="00BC0513">
+        <w:t xml:space="preserve"> Договора), а Продавец обязуется возвратить Покупателю уплаченные им за Имущество денежные средства </w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="5"/>
+      <w:r w:rsidR="000D2C9F" w:rsidRPr="000D2C9F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>в полном объеме, включая задаток (пункт 4.2 Договора), в течение 5 (пяти) рабочих дней с даты подписания данного акта приема-передачи (возврата) Имущества.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00013D0F" w:rsidRPr="00E11832" w:rsidRDefault="00013D0F" w:rsidP="00013D0F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="709"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00BC0513" w:rsidRPr="002A4297" w:rsidRDefault="00BC0513" w:rsidP="00BC0513">
+    <w:p w:rsidR="00013D0F" w:rsidRPr="002A4297" w:rsidRDefault="00013D0F" w:rsidP="00013D0F">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="40"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:contextualSpacing/>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>Оплата по Договору</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00BC0513" w:rsidRDefault="00BC0513" w:rsidP="00BC0513">
+    <w:p w:rsidR="00013D0F" w:rsidRDefault="00013D0F" w:rsidP="00013D0F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="7" w:name="_Ref486334854"/>
-[...1 lines deleted...]
-    <w:p w:rsidR="00BC0513" w:rsidRPr="002A4297" w:rsidRDefault="00BC0513" w:rsidP="00BC0513">
+      <w:bookmarkStart w:id="6" w:name="_Ref486334854"/>
+    </w:p>
+    <w:p w:rsidR="000D2C9F" w:rsidRDefault="00013D0F" w:rsidP="000D2C9F">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="40"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="8" w:name="_Ref121494603"/>
-[...44 lines deleted...]
-      </w:r>
+      <w:bookmarkStart w:id="7" w:name="_Ref121494603"/>
+      <w:r w:rsidRPr="002A4297">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Общая стоимость Имущества по Договору составляет: ________ (____________) ________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A4297">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:footnoteReference w:id="19"/>
+      </w:r>
+      <w:r w:rsidRPr="002A4297">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>, включая НДС (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>22</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A4297">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> %)</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="6"/>
       <w:bookmarkEnd w:id="7"/>
-      <w:bookmarkEnd w:id="8"/>
-      <w:r w:rsidR="004663C9">
+      <w:r w:rsidR="000D2C9F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-    </w:p>
-    <w:p w:rsidR="00BC0513" w:rsidRPr="007F6085" w:rsidRDefault="00BC0513" w:rsidP="00BC0513">
+      <w:bookmarkStart w:id="8" w:name="_Ref17967631"/>
+      <w:bookmarkStart w:id="9" w:name="_Ref486334738"/>
+    </w:p>
+    <w:p w:rsidR="00013D0F" w:rsidRPr="000D2C9F" w:rsidRDefault="00013D0F" w:rsidP="000D2C9F">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="40"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000D2C9F">
+        <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
-      </w:pPr>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="007F6085">
+        <w:t>Задаток, уплаченный Покупателем организатору торгов в форме аукциона _______________ на основании договора о задатке от _________ № ____, в размере ________ (____________) ________ засчитывается в счет исполнения Покупателем обязанности по уплате цены Имущества по Договору</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="8"/>
+      <w:r w:rsidRPr="000D2C9F">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D2C9F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Задаток, уплаченный Покупателем организатору торгов в форме аукциона </w:t>
-[...108 lines deleted...]
-    <w:p w:rsidR="00BC0513" w:rsidRPr="002A4297" w:rsidRDefault="00BC0513" w:rsidP="00BC0513">
+        <w:t>в размере __________ (________), в том числе НДС __________ (________).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00013D0F" w:rsidRPr="002A4297" w:rsidRDefault="00013D0F" w:rsidP="00013D0F">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="40"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="11" w:name="_Ref82174936"/>
-[...27 lines deleted...]
-      </w:r>
+      <w:bookmarkStart w:id="10" w:name="_Ref82174936"/>
+      <w:bookmarkStart w:id="11" w:name="_Ref16861870"/>
+      <w:r w:rsidRPr="002A4297">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:footnoteReference w:id="20"/>
+      </w:r>
+      <w:r w:rsidRPr="002A4297">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Оплата Имущества (оставшейся части в размере ________ (____________) ________, включая НДС (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>22</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A4297">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> %) осуществляется Покупателем единовременно, в полном объеме, в течение 10 (десяти) рабочих дней со дня подписания Договора.</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="9"/>
       <w:bookmarkEnd w:id="10"/>
       <w:bookmarkEnd w:id="11"/>
-      <w:bookmarkEnd w:id="12"/>
-[...1 lines deleted...]
-    <w:p w:rsidR="00BC0513" w:rsidRPr="002A4297" w:rsidRDefault="00BC0513" w:rsidP="00BC0513">
+    </w:p>
+    <w:p w:rsidR="00013D0F" w:rsidRPr="002A4297" w:rsidRDefault="00013D0F" w:rsidP="00013D0F">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="40"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...71 lines deleted...]
-    <w:p w:rsidR="00BC0513" w:rsidRPr="002A4297" w:rsidRDefault="00BC0513" w:rsidP="00BC0513">
+      <w:r w:rsidRPr="002A4297">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:footnoteReference w:id="21"/>
+      </w:r>
+      <w:r w:rsidRPr="002A4297">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Оплата Имущества (оставшейся части в размере ________ (____________) ________, включая НДС (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>22</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A4297">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> %)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A4297">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:footnoteReference w:id="22"/>
+      </w:r>
+      <w:r w:rsidRPr="002A4297">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> осуществляется Покупателем за счет кредитных средств, предоставленных Покупателю _____________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A4297">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:footnoteReference w:id="23"/>
+      </w:r>
+      <w:r w:rsidRPr="002A4297">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в лице _________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A4297">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:footnoteReference w:id="24"/>
+      </w:r>
+      <w:r w:rsidRPr="002A4297">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (место нахождения: _____, ОГРН ________, ИНН ________, КПП ________, расчетный счет №</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A4297">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>________, в ________, корреспондентский счет ________ в Главном управлении Центрального банка Российской Федерации по ________, БИК ________), являющееся кредитной организацией по законодательству Российской Федерации (Генеральная лицензия Банка России на осуществление банковских операций от ___________ г. № __________) (далее – «</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A4297">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Банк</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A4297">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>») в соответствии с кредитным договором от ___________ г. № __________, заключенным между Банком и Покупателем.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00013D0F" w:rsidRDefault="00013D0F" w:rsidP="00013D0F">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="40"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...66 lines deleted...]
-    <w:p w:rsidR="00BC0513" w:rsidRPr="002A4297" w:rsidRDefault="00BC0513" w:rsidP="00BC0513">
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:footnoteReference w:id="25"/>
+      </w:r>
+      <w:r w:rsidRPr="002A4297">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Оплата Имущества </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(оставшейся части в размере __________ (________) ______________, включая НДС (22%) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A4297">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">осуществляется </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Покупателем </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A4297">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">в течение 5 (пяти) рабочих </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A4297">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>дней с момента государственной регистрации перехода Покупателю права собственности на Недвижимое имущество и ипотеки в пользу Банка.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00013D0F" w:rsidRPr="002A4297" w:rsidRDefault="00013D0F" w:rsidP="00013D0F">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="40"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002A4297">
-[...10 lines deleted...]
-    <w:p w:rsidR="00BC0513" w:rsidRPr="002A4297" w:rsidRDefault="00BC0513" w:rsidP="00BC0513">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Расчеты по Договору производятся в рублях, путем безналичного перечисления денежных средств на счет Продавца, указанный в разделе </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> REF _Ref486328623 \r \h </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>13</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Договора.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00013D0F" w:rsidRPr="002A4297" w:rsidRDefault="00013D0F" w:rsidP="00013D0F">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="40"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>Счет-фактура предоставляется в порядке и в сроки, установленные законодательством Российской Федерации.</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00BC0513" w:rsidRDefault="00BC0513" w:rsidP="00BC0513">
+        <w:t xml:space="preserve">Датой исполнения обязательств Покупателя по оплате Имущества считается дата поступления денежных средств на счет Продавца, указанный в разделе </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A4297">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r w:rsidRPr="002A4297">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> REF _Ref486328623 \r \h  \* MERGEFORMAT </w:instrText>
+      </w:r>
+      <w:r w:rsidRPr="002A4297">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="002A4297">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>13</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A4297">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidRPr="002A4297">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Договора.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00013D0F" w:rsidRPr="002A4297" w:rsidRDefault="00013D0F" w:rsidP="00013D0F">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="40"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="13" w:name="_Ref486333023"/>
-[...183 lines deleted...]
-    <w:p w:rsidR="00BC0513" w:rsidRPr="00C26408" w:rsidRDefault="00BC0513" w:rsidP="00BC0513">
+      <w:r w:rsidRPr="002A4297">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Расходы, связанные с государственной регистрацией перехода права собственности на Недвижимое имущество, несет Покупатель в установленном законодательством Российской Федерации порядке.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00013D0F" w:rsidRPr="002A4297" w:rsidRDefault="00013D0F" w:rsidP="00013D0F">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="40"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="002A4297">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Счет-фактура предоставляется в порядке и в сроки, установленные законодательством Российской Федерации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00013D0F" w:rsidRDefault="00013D0F" w:rsidP="00013D0F">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="40"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="12" w:name="_Ref486333023"/>
+      <w:bookmarkStart w:id="13" w:name="_Ref82174206"/>
+      <w:r w:rsidRPr="002A4297">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Покупатель обязан возместить Продавцу в полном объёме расходы, включая НДС, связанные с содержанием Имущества</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (коммунальные, эксплуатационные расходы)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A4297">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, за период со дня подписания акта приема-передачи, указанного в пункте </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A4297">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r w:rsidRPr="002A4297">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> REF _Ref486328488 \r \h  \* MERGEFORMAT </w:instrText>
+      </w:r>
+      <w:r w:rsidRPr="002A4297">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="002A4297">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>3.1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A4297">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidRPr="002A4297">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Договора, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">до дня заключения Покупателем </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F4C0E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>коммунальны</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>х</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F4C0E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>, эксплуатационны</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">х и иных договоров по Имуществу в срок </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A4297">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>не позднее 5</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A4297">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>(пяти) рабочих дней со дня получения от Продавца счета и копий подтверждающих документов</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>, в том числе платежных документов, предъявленных соответствующими организациями (счет, счет-фактура и т.д.)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A4297">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="12"/>
+      <w:bookmarkEnd w:id="13"/>
+    </w:p>
+    <w:p w:rsidR="00013D0F" w:rsidRPr="00C26408" w:rsidRDefault="00013D0F" w:rsidP="00013D0F">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="40"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="00C26408">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>При отсутствии индивидуальных узлов (приборов) учета сумма расходов Продавца, включая НДС, связанных с содержанием Объекта</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> в соответствии с пунктом </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
@@ -2828,188 +2743,137 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> Договора</w:t>
       </w:r>
       <w:r w:rsidRPr="00C26408">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>, подлежащая возмещению Покупателем, определяется и рассчитывается на основании показаний узлов (приборов) учета, к которым подключен Объект, с учетом отношения площади Объекта к площади всех помещений, подключенных к данным узлам (приборам) учета.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00BC0513" w:rsidRDefault="00BC0513" w:rsidP="00BC0513">
+    <w:p w:rsidR="00013D0F" w:rsidRDefault="000D2C9F" w:rsidP="00013D0F">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="40"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1418"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007F6085">
+      <w:r w:rsidRPr="000D2C9F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t>По истечении 1</w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t>С даты государственной регистрации перехода права собственности по Договору Продавец вправе прекратить осуществление платежей по коммунальным, эксплуатационным и иным договорам в отношении Имущества</w:t>
+      </w:r>
+      <w:r w:rsidR="00013D0F" w:rsidRPr="007F6085">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t> </w:t>
-[...9 lines deleted...]
-    <w:p w:rsidR="00BC0513" w:rsidRPr="00CF2869" w:rsidRDefault="00BC0513" w:rsidP="00BC0513">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00013D0F" w:rsidRPr="00CF2869" w:rsidRDefault="00013D0F" w:rsidP="00013D0F">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="40"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="15" w:name="_Ref140593281"/>
+      <w:bookmarkStart w:id="14" w:name="_Ref140593281"/>
       <w:r w:rsidRPr="00CF2869">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">Покупатель обязан возместить Продавцу расходы на уплату налога на имущество </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">за период </w:t>
       </w:r>
       <w:r w:rsidRPr="00CF2869">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">со дня подписания акта приема-передачи, указанного в пункте </w:t>
       </w:r>
-      <w:r>
-[...34 lines deleted...]
-      <w:r>
+      <w:r w:rsidR="000D2C9F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>3.1</w:t>
       </w:r>
-      <w:r>
-[...7 lines deleted...]
-      </w:r>
       <w:r w:rsidRPr="00CF2869">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> Договора, до даты государственной регистрации перехода права собственности на Имущество, в срок не позднее 5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00CF2869">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
@@ -3038,62 +2902,62 @@
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> сумма возмещения указанных расходов</w:t>
       </w:r>
       <w:r w:rsidRPr="00CF2869">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>Продавца рассчитывается следующим образом:</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="15"/>
+      <w:bookmarkEnd w:id="14"/>
       <w:r w:rsidRPr="00CF2869">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00BC0513" w:rsidRPr="00F42450" w:rsidRDefault="00BC0513" w:rsidP="00BC0513">
+    <w:p w:rsidR="00013D0F" w:rsidRPr="00F42450" w:rsidRDefault="00013D0F" w:rsidP="00013D0F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>а)</w:t>
       </w:r>
       <w:r w:rsidRPr="005C48C2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
@@ -3261,70 +3125,70 @@
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>атьи </w:t>
       </w:r>
       <w:r w:rsidRPr="00421C28">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>382</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="00271854">
-[...18 lines deleted...]
-    <w:p w:rsidR="00BC0513" w:rsidRPr="009E7504" w:rsidRDefault="00BC0513" w:rsidP="00BC0513">
+      <w:r w:rsidRPr="00421C28">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>НК РФ (налог на имуще</w:t>
+      </w:r>
+      <w:r w:rsidR="000D2C9F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ство).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00013D0F" w:rsidRPr="009E7504" w:rsidRDefault="00013D0F" w:rsidP="00013D0F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">б) </w:t>
       </w:r>
       <w:r w:rsidRPr="004035FD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
@@ -3367,51 +3231,51 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">сумма возмещения рассчитывается </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>за количество дней с даты подписания акта приема-передачи Имущества до 1 (первого) числа месяца, в котором зарегистрирован переход права собственности на Имущество</w:t>
       </w:r>
       <w:r w:rsidRPr="009E7504">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00BC0513" w:rsidRDefault="00BC0513" w:rsidP="00BC0513">
+    <w:p w:rsidR="00013D0F" w:rsidRDefault="00013D0F" w:rsidP="00013D0F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">в) </w:t>
       </w:r>
       <w:r w:rsidRPr="00DD42D2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
@@ -3555,468 +3419,298 @@
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>в силу</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> пункта 5 статьи 382</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="00271854">
-[...18 lines deleted...]
-    <w:p w:rsidR="00BC0513" w:rsidRPr="00A32147" w:rsidRDefault="00BC0513" w:rsidP="00BC0513">
+      <w:r w:rsidR="000D2C9F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>НК РФ (налог на имущество).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00013D0F" w:rsidRPr="00A32147" w:rsidRDefault="00013D0F" w:rsidP="00013D0F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00BC0513" w:rsidRPr="002A4297" w:rsidRDefault="00BC0513" w:rsidP="00BC0513">
+    <w:p w:rsidR="00013D0F" w:rsidRPr="002A4297" w:rsidRDefault="00013D0F" w:rsidP="00013D0F">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="40"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:contextualSpacing/>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">Права и обязанности </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>С</w:t>
       </w:r>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>торон</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00BC0513" w:rsidRPr="002A4297" w:rsidRDefault="00BC0513" w:rsidP="00BC0513">
+    <w:p w:rsidR="00013D0F" w:rsidRPr="002A4297" w:rsidRDefault="00013D0F" w:rsidP="00013D0F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00BC0513" w:rsidRPr="002A4297" w:rsidRDefault="00BC0513" w:rsidP="00BC0513">
+    <w:p w:rsidR="00013D0F" w:rsidRPr="002A4297" w:rsidRDefault="00013D0F" w:rsidP="00013D0F">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="40"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>Стороны обязуются:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00BC0513" w:rsidRPr="002A4297" w:rsidRDefault="00271854" w:rsidP="00BC0513">
+    <w:p w:rsidR="00013D0F" w:rsidRPr="002A4297" w:rsidRDefault="000D2C9F" w:rsidP="00013D0F">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="16" w:name="_Ref527451584"/>
-[...98 lines deleted...]
-      <w:r w:rsidR="00BC0513">
+      <w:bookmarkStart w:id="15" w:name="_Ref527451584"/>
+      <w:r w:rsidRPr="000D2C9F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">В течение 5 (Пяти) календарных дней со дня подписания акта приема-передачи, указанного в пункте </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>3.1</w:t>
       </w:r>
-      <w:r w:rsidR="00BC0513" w:rsidRPr="002A4297">
-[...80 lines deleted...]
-      <w:r w:rsidR="00BC0513" w:rsidRPr="002A4297">
+      <w:r w:rsidRPr="000D2C9F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Договора, совместно представить документы в орган регистрации прав и осуществить иные действия, необходимые для государственной регистрации перехода права собственности на Имущество к Покупателю по Договору</w:t>
+      </w:r>
+      <w:r w:rsidR="00013D0F" w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="16"/>
-[...1 lines deleted...]
-    <w:p w:rsidR="00BC0513" w:rsidRPr="002A4297" w:rsidRDefault="00BC0513" w:rsidP="00BC0513">
+      <w:bookmarkEnd w:id="15"/>
+    </w:p>
+    <w:p w:rsidR="00013D0F" w:rsidRPr="002A4297" w:rsidRDefault="00013D0F" w:rsidP="00013D0F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00BC0513" w:rsidRPr="002A4297" w:rsidRDefault="00BC0513" w:rsidP="00BC0513">
+    <w:p w:rsidR="00013D0F" w:rsidRPr="002A4297" w:rsidRDefault="00013D0F" w:rsidP="00013D0F">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="40"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>Продавец обязуется</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00BC0513" w:rsidRDefault="00BC0513" w:rsidP="00BC0513">
+    <w:p w:rsidR="00013D0F" w:rsidRPr="00CF2289" w:rsidRDefault="00013D0F" w:rsidP="00013D0F">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Одновременно с подписанием акта приема-передачи, указанного в пункте</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -4074,198 +3768,190 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">Договора, </w:t>
       </w:r>
       <w:r w:rsidRPr="0083595C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>осуществить передачу Покупателю всей имеющейся документации, относящейся к Имуществу, а также имеющихся документов, необходимых Покупателю для заключения коммунальных, эксплуатационных, хозяйственных и иных договоров</w:t>
       </w:r>
       <w:r w:rsidRPr="00CF2289">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>, связанных с содержанием Имущества.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00451B2A" w:rsidRPr="00451B2A" w:rsidRDefault="00451B2A" w:rsidP="00451B2A">
+    <w:p w:rsidR="00013D0F" w:rsidRPr="007F6085" w:rsidRDefault="00013D0F" w:rsidP="00013D0F">
       <w:pPr>
         <w:pStyle w:val="af3"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007F6085">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">При выплате </w:t>
       </w:r>
       <w:r w:rsidRPr="003C0A9F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>дохода</w:t>
       </w:r>
-      <w:r w:rsidRPr="00F1159B">
-[...6 lines deleted...]
-      </w:r>
       <w:r w:rsidRPr="007F6085">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Покупателю Продавец, исполняя роль налогового агента в соответствии со статьей 226 НК РФ, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">обязан </w:t>
       </w:r>
       <w:r w:rsidRPr="007F6085">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">удержать из сумм, причитающихся Покупателю, налог на доходы физических лиц (НДФЛ) по </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">установленной законодательством Российской Федерации </w:t>
       </w:r>
       <w:r w:rsidRPr="007F6085">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>ставке и осуществить расчеты с бюджетом в порядке и сроки, установленные пунктами 4 и 6 статьи 226 НК РФ.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00BC0513" w:rsidRPr="0083595C" w:rsidRDefault="00BC0513" w:rsidP="00BC0513">
+    <w:p w:rsidR="00013D0F" w:rsidRPr="0083595C" w:rsidRDefault="00013D0F" w:rsidP="00013D0F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00BC0513" w:rsidRPr="0083595C" w:rsidRDefault="00BC0513" w:rsidP="00BC0513">
+    <w:p w:rsidR="00013D0F" w:rsidRPr="0083595C" w:rsidRDefault="00013D0F" w:rsidP="00013D0F">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="40"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0083595C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>Покупатель обязуется:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00BC0513" w:rsidRPr="0083595C" w:rsidRDefault="00BC0513" w:rsidP="00BC0513">
+    <w:p w:rsidR="00013D0F" w:rsidRPr="0083595C" w:rsidRDefault="00013D0F" w:rsidP="00013D0F">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="17" w:name="_Ref123216236"/>
+      <w:bookmarkStart w:id="16" w:name="_Ref123216236"/>
       <w:r w:rsidRPr="0083595C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>Принять и оплатить Имущество в порядке и на условиях, установленных Договором.</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="17"/>
-[...1 lines deleted...]
-    <w:p w:rsidR="00BC0513" w:rsidRPr="0083595C" w:rsidRDefault="00BC0513" w:rsidP="00BC0513">
+      <w:bookmarkEnd w:id="16"/>
+    </w:p>
+    <w:p w:rsidR="00013D0F" w:rsidRPr="0083595C" w:rsidRDefault="00013D0F" w:rsidP="00013D0F">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0083595C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">С даты (включая эту дату) подписания акта приема-передачи, указанного в пункте </w:t>
       </w:r>
@@ -4310,709 +3996,542 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>3.1</w:t>
       </w:r>
       <w:r w:rsidRPr="0083595C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="0083595C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> Договора, нести коммунальные, эксплуатационные, хозяйственные и иные расходы по Имуществу.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00BC0513" w:rsidRDefault="00BC0513" w:rsidP="00BC0513">
+    <w:p w:rsidR="00013D0F" w:rsidRPr="00B21233" w:rsidRDefault="00013D0F" w:rsidP="00013D0F">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="18" w:name="_Ref121494585"/>
+      <w:bookmarkStart w:id="17" w:name="_Ref121494585"/>
       <w:r w:rsidRPr="0083595C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">В течение 20 (двадцати) рабочих дней со дня регистрации перехода на Покупателя права собственности на </w:t>
       </w:r>
-      <w:r w:rsidR="00271854">
+      <w:r w:rsidR="00C6408C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>И</w:t>
       </w:r>
       <w:r w:rsidRPr="0083595C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>мущество переоформить договоры на</w:t>
       </w:r>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> коммунальные, эксплуатационные, хозяйственные и иные </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>услуги</w:t>
       </w:r>
       <w:r w:rsidRPr="00B21233">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>, связанные с содержанием Имущества.</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="18"/>
-[...1 lines deleted...]
-    <w:p w:rsidR="004663C9" w:rsidRPr="009243B6" w:rsidRDefault="004663C9" w:rsidP="004663C9">
+      <w:bookmarkEnd w:id="17"/>
+    </w:p>
+    <w:p w:rsidR="00013D0F" w:rsidRDefault="00013D0F" w:rsidP="00013D0F">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="009243B6">
-[...24 lines deleted...]
-        <w:t>окажется объектом культурного наследия/вновь выявленным объектом культурного наследия, либо на Объект</w:t>
+      <w:bookmarkStart w:id="18" w:name="_Ref138686036"/>
+      <w:bookmarkStart w:id="19" w:name="_Ref486332634"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A4297">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>озместить Продавцу в полном объёме расходы, включая НДС</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (если применимо)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A4297">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>, связанные с содержанием Имущества, указанные в пункт</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>ах</w:t>
       </w:r>
-      <w:r w:rsidRPr="009243B6">
-[...9 lines deleted...]
-    <w:p w:rsidR="004663C9" w:rsidRPr="009243B6" w:rsidRDefault="004663C9" w:rsidP="004663C9">
+      <w:r w:rsidRPr="002A4297">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> REF _Ref82174206 \r \h </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>4.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>0</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> REF _Ref140593281 \r \h </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>4.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidRPr="002A4297">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Договора.</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="18"/>
+    </w:p>
+    <w:p w:rsidR="00C6408C" w:rsidRPr="002A4297" w:rsidRDefault="00C6408C" w:rsidP="00C6408C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:firstLine="709"/>
+        <w:ind w:left="709"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="009243B6">
-[...295 lines deleted...]
-    <w:p w:rsidR="00BC0513" w:rsidRPr="002A4297" w:rsidRDefault="00BC0513" w:rsidP="00BC0513">
+    </w:p>
+    <w:bookmarkEnd w:id="19"/>
+    <w:p w:rsidR="00013D0F" w:rsidRPr="002A4297" w:rsidRDefault="00013D0F" w:rsidP="00013D0F">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="40"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:contextualSpacing/>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">Ответственность </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>С</w:t>
       </w:r>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>торон</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00BC0513" w:rsidRPr="002A4297" w:rsidRDefault="00BC0513" w:rsidP="00BC0513">
+    <w:p w:rsidR="00013D0F" w:rsidRPr="002A4297" w:rsidRDefault="00013D0F" w:rsidP="00013D0F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00BC0513" w:rsidRPr="002A4297" w:rsidRDefault="00BC0513" w:rsidP="00BC0513">
+    <w:p w:rsidR="00013D0F" w:rsidRPr="002A4297" w:rsidRDefault="00013D0F" w:rsidP="00013D0F">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="40"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>При неисполнении или ненадлежащем исполнении обязательств по Договору Стороны несут ответственность в соответствии с законодательством Российской Федерации</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> и условиями Договора</w:t>
       </w:r>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00BC0513" w:rsidRPr="002A4297" w:rsidRDefault="00BC0513" w:rsidP="00BC0513">
+    <w:p w:rsidR="00013D0F" w:rsidRPr="002A4297" w:rsidRDefault="00013D0F" w:rsidP="00013D0F">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="40"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>В случае нарушения Покупателем срока оплаты Им</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>ущества, установленного в пунктах</w:t>
       </w:r>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...34 lines deleted...]
-      <w:r>
+      <w:r w:rsidR="00C6408C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>4.3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:fldChar w:fldCharType="end"/>
-[...7 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> Договора</w:t>
       </w:r>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>, Покупатель уплачивает Продавцу, по требованию последнего, неустойку в размере 0,3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -5053,51 +4572,51 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> от суммы просроченного платежа за каждый </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">календарный </w:t>
       </w:r>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>день просрочки.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00BC0513" w:rsidRPr="002A4297" w:rsidRDefault="00BC0513" w:rsidP="00BC0513">
+    <w:p w:rsidR="00013D0F" w:rsidRPr="002A4297" w:rsidRDefault="00013D0F" w:rsidP="00013D0F">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="40"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">В случае нарушения Покупателем срока оплаты Имущества, установленного в пункте </w:t>
       </w:r>
@@ -5223,412 +4742,324 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> даты расто</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>ржения Договора.</w:t>
       </w:r>
       <w:r w:rsidRPr="001574BC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00BC0513" w:rsidRDefault="00BC0513" w:rsidP="00BC0513">
+    <w:p w:rsidR="00013D0F" w:rsidRDefault="00013D0F" w:rsidP="00013D0F">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="40"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E21B86">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">В случае нарушения по вине Продавца срока передачи Имущества, установленного в пункте </w:t>
       </w:r>
+      <w:r w:rsidR="00C6408C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>3.1</w:t>
+      </w:r>
       <w:r w:rsidRPr="00E21B86">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:fldChar w:fldCharType="begin"/>
+        <w:t xml:space="preserve"> Договора, Продавец уплачивает Покупателю, по </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">письменному </w:t>
       </w:r>
       <w:r w:rsidRPr="00E21B86">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:instrText xml:space="preserve"> REF _Ref486328488 \r \h  \* MERGEFORMAT </w:instrText>
+        <w:t>требованию последнего, неустойку в размере 0,1%</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00E21B86">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
+        <w:t>(ноль целых одной десятой</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> процента</w:t>
       </w:r>
       <w:r w:rsidRPr="00E21B86">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:fldChar w:fldCharType="separate"/>
-[...8 lines deleted...]
-        <w:t>3.1</w:t>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, включая НДС (если применимо), </w:t>
       </w:r>
       <w:r w:rsidRPr="00E21B86">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:fldChar w:fldCharType="end"/>
+        <w:t>от</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A4297">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>общей</w:t>
       </w:r>
       <w:r w:rsidRPr="00E21B86">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Договора, Продавец уплачивает Покупателю, по </w:t>
-[...8 lines deleted...]
-        <w:t xml:space="preserve">письменному </w:t>
+        <w:t xml:space="preserve"> стоимости Имущества, указанной в пункте</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00C6408C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>4.1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00E21B86">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>требованию последнего, неустойку в размере 0,1%</w:t>
+        <w:t xml:space="preserve">Договора, за каждый </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>календарный</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E21B86">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> день просрочки, но не более 10</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E21B86">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>%</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00E21B86">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>(ноль целых одной десятой</w:t>
-[...8 lines deleted...]
-        <w:t xml:space="preserve"> процента</w:t>
+        <w:t>(десяти</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> процентов</w:t>
       </w:r>
       <w:r w:rsidRPr="00E21B86">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r>
-        <w:rPr>
-[...5 lines deleted...]
-        <w:t xml:space="preserve">, </w:t>
+        <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00E21B86">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>от</w:t>
-[...189 lines deleted...]
-        </w:rPr>
         <w:t>от этой стоимости</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00BC0513" w:rsidRPr="00187077" w:rsidRDefault="00BC0513" w:rsidP="00BC0513">
+    <w:p w:rsidR="00013D0F" w:rsidRPr="00187077" w:rsidRDefault="00013D0F" w:rsidP="00013D0F">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="40"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000046DE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">В случае, если Покупатель не по вине Продавца не принимает Имущество в соответствии с пунктом </w:t>
       </w:r>
@@ -5679,51 +5110,61 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>5.3.1</w:t>
       </w:r>
       <w:r w:rsidRPr="000046DE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="000046DE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Договора, то Покупатель уплачивает Продавцу, по требованию последнего и в установленные в нем сроки, неустойку в размере 0,3 % (ноль целых трех десятых процента), включая НДС (если применимо), от</w:t>
+        <w:t xml:space="preserve"> Договора, то Покупатель уплачивает Продавцу, по требованию </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000046DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>последнего и в установленные в нем сроки, неустойку в размере 0,3 % (ноль целых трех десятых процента), включая НДС (если применимо), от</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>общей</w:t>
       </w:r>
       <w:r w:rsidRPr="000046DE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
@@ -5834,51 +5275,51 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">путем направления Покупателю письменного уведомления </w:t>
       </w:r>
       <w:r w:rsidRPr="001837E4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>с указанием даты расторжения Договора</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00BC0513" w:rsidRPr="002A4297" w:rsidRDefault="00BC0513" w:rsidP="00BC0513">
+    <w:p w:rsidR="00013D0F" w:rsidRPr="002A4297" w:rsidRDefault="00013D0F" w:rsidP="00013D0F">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="40"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>В случае уклонения от исполнения обязанностей, предусмотренных пункт</w:t>
       </w:r>
@@ -6129,51 +5570,51 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> Договора, за каждый </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>календарный</w:t>
       </w:r>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> день просрочки.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00BC0513" w:rsidRPr="002A4297" w:rsidRDefault="00BC0513" w:rsidP="00BC0513">
+    <w:p w:rsidR="00013D0F" w:rsidRPr="002A4297" w:rsidRDefault="00013D0F" w:rsidP="00013D0F">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="40"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>В случае уклонения от исполнения обязанностей, предусмотренных пункт</w:t>
       </w:r>
@@ -6317,51 +5758,51 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">Договора и расторгнуть его путем направления другой Стороне письменного уведомления </w:t>
       </w:r>
       <w:r w:rsidRPr="001837E4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>с указанием даты расторжения Договора</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00BC0513" w:rsidRPr="002A4297" w:rsidRDefault="00BC0513" w:rsidP="00BC0513">
+    <w:p w:rsidR="00013D0F" w:rsidRPr="002A4297" w:rsidRDefault="00013D0F" w:rsidP="00013D0F">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="40"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">В случае нарушения сроков возврата Имущества (пункт </w:t>
       </w:r>
@@ -6746,51 +6187,51 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>4.1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> Договора.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00BC0513" w:rsidRPr="00EC636C" w:rsidRDefault="00BC0513" w:rsidP="00BC0513">
+    <w:p w:rsidR="00013D0F" w:rsidRPr="00C6408C" w:rsidRDefault="00013D0F" w:rsidP="00C6408C">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="40"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">В случае возврата Покупателем Имущества при расторжении Договора, в том числе </w:t>
       </w:r>
@@ -6808,51 +6249,51 @@
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">одностороннего отказа от </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">его </w:t>
       </w:r>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">исполнения, не в том состоянии, в котором он его получил, </w:t>
       </w:r>
-      <w:bookmarkStart w:id="21" w:name="_Ref510611957"/>
+      <w:bookmarkStart w:id="20" w:name="_Ref510611957"/>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">Стороны фиксируют данные несоответствия </w:t>
       </w:r>
       <w:r w:rsidRPr="00187077">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>в акте приема-передачи и</w:t>
       </w:r>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
@@ -6870,99 +6311,89 @@
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>в размере 1/12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> (одной двенадцатой),</w:t>
       </w:r>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
+        <w:t xml:space="preserve"> включая НДС</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="002A4297">
-[...17 lines deleted...]
-      </w:r>
       <w:r w:rsidRPr="00C30D70">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>(если применимо)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>от общей стоимости Имущества</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="21"/>
+      <w:bookmarkEnd w:id="20"/>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> указанной в пункте </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
@@ -7081,51 +6512,51 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> удержать сумму документально подтвержденных расходов и неустойки из денежных средств, подлежащих возврату Покупателю</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>, на что Покупатель выражает свое безусловное согласие</w:t>
       </w:r>
       <w:r w:rsidRPr="00EC636C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00BC0513" w:rsidRDefault="00BC0513" w:rsidP="00BC0513">
+    <w:p w:rsidR="00013D0F" w:rsidRDefault="00013D0F" w:rsidP="00013D0F">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="40"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">За нарушение обязательств, предусмотренных пунктами </w:t>
       </w:r>
@@ -7158,61 +6589,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>4.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>0</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidR="0062259C">
-[...7 lines deleted...]
-      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
@@ -7220,70 +6660,79 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>4.1</w:t>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidR="0062259C">
-[...7 lines deleted...]
-      </w:r>
       <w:r w:rsidRPr="00FA624B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">и </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
@@ -7300,320 +6749,339 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>5.3.3</w:t>
+        <w:t>5.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t> Договора, Продавец вправе потребовать от Покупателя уплаты неустойки в размере 0,3 % (ноль целых трех десятых процента), включая НДС (если применимо), от общей стоимости Имущества, за каждый календарный день просрочки, а также потребовать возмещения убытков в полном объеме.</w:t>
       </w:r>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00BC0513" w:rsidRDefault="00BC0513" w:rsidP="00BC0513">
+    <w:p w:rsidR="00013D0F" w:rsidRDefault="00013D0F" w:rsidP="00013D0F">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="40"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>Уплата неустойки и возмещение убытков</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> производится в течение 10 (десяти) рабочих дней с даты получения соответствующего письменного требования другой Стороны и</w:t>
       </w:r>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> не освобождает Стороны от исполнения своих обязательств по Договору.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00BC0513" w:rsidRDefault="00BC0513" w:rsidP="00BC0513">
+    <w:p w:rsidR="00013D0F" w:rsidRDefault="00013D0F" w:rsidP="00013D0F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00BC0513" w:rsidRPr="002A4297" w:rsidRDefault="00BC0513" w:rsidP="00BC0513">
+    <w:p w:rsidR="00013D0F" w:rsidRPr="002A4297" w:rsidRDefault="00013D0F" w:rsidP="00013D0F">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="40"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:contextualSpacing/>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>Изменение и расторжение Договора</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00BC0513" w:rsidRPr="002A4297" w:rsidRDefault="00BC0513" w:rsidP="00BC0513">
+    <w:p w:rsidR="00013D0F" w:rsidRPr="002A4297" w:rsidRDefault="00013D0F" w:rsidP="00013D0F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00BC0513" w:rsidRPr="002A4297" w:rsidRDefault="00BC0513" w:rsidP="00BC0513">
+    <w:p w:rsidR="00013D0F" w:rsidRPr="002A4297" w:rsidRDefault="00013D0F" w:rsidP="00013D0F">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="40"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>Все изменения к Договору действительны, если совершены в письменной форме в виде единого документа</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>, подписанного Сторонами</w:t>
       </w:r>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00BC0513" w:rsidRPr="002A4297" w:rsidRDefault="00BC0513" w:rsidP="00BC0513">
+    <w:p w:rsidR="00013D0F" w:rsidRPr="002A4297" w:rsidRDefault="00013D0F" w:rsidP="00013D0F">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="40"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Договор может быть досрочно расторгнут по соглашению Сторон либо по требованию одной из Сторон в порядке и по основаниям, предусмотренным законодательством Российской Федерации и Договором.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00BC0513" w:rsidRDefault="00BC0513" w:rsidP="00BC0513">
+    <w:p w:rsidR="00013D0F" w:rsidRDefault="00013D0F" w:rsidP="00013D0F">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="40"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="22" w:name="_Ref3210543"/>
+      <w:bookmarkStart w:id="21" w:name="_Ref3210543"/>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">При расторжении Договора, в том числе </w:t>
       </w:r>
       <w:r w:rsidRPr="00EC1B0F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>в результате одностороннего отказа от его исполнения, Покупатель обязан передать/вернуть Продавцу по актам приема-передачи</w:t>
       </w:r>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> Имущество в том же состоянии, в котором он получил его от Продавца (не в худшем состоянии), в течение 10 (десяти) рабочих дней с даты расторжения Договора, а Продавец обязан возвратить Покупателю денежные средства, полученные от Покупателя в оплату Имущества (без каких-либо иных выплат, процентов и компенсаций, за исключением санкций</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> предусмотренных Договором (при их наличии), в течение 10 (десяти) рабочих дней с даты подписания Сторонами актов приема-передачи Имущества (возврата Имущества Продавцу).</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="22"/>
-[...1 lines deleted...]
-    <w:p w:rsidR="00BC0513" w:rsidRDefault="00BC0513" w:rsidP="00BC0513">
+      <w:bookmarkEnd w:id="21"/>
+    </w:p>
+    <w:p w:rsidR="00013D0F" w:rsidRPr="00C6408C" w:rsidRDefault="00013D0F" w:rsidP="00C6408C">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="40"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">До </w:t>
       </w:r>
@@ -7649,163 +7117,154 @@
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">Покупателю </w:t>
       </w:r>
       <w:r w:rsidRPr="00EF466B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>письменного уведомления с указанием даты расторжения Договора</w:t>
       </w:r>
       <w:r w:rsidRPr="007C03E0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>, без применения к нему каких-либо мер ответственности и компенсации Покупателю каких-либо убытков.</w:t>
       </w:r>
-      <w:r>
-[...9 lines deleted...]
-    <w:p w:rsidR="00BC0513" w:rsidRPr="00220FD4" w:rsidRDefault="00BC0513" w:rsidP="00BC0513">
+    </w:p>
+    <w:p w:rsidR="00013D0F" w:rsidRPr="00220FD4" w:rsidRDefault="00013D0F" w:rsidP="00013D0F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00BC0513" w:rsidRPr="002A4297" w:rsidRDefault="00BC0513" w:rsidP="00BC0513">
+    <w:p w:rsidR="00013D0F" w:rsidRPr="002A4297" w:rsidRDefault="00013D0F" w:rsidP="00013D0F">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="40"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:contextualSpacing/>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>Обстоятельства непреодолимой силы (форс-мажор)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00BC0513" w:rsidRPr="002A4297" w:rsidRDefault="00BC0513" w:rsidP="00BC0513">
+    <w:p w:rsidR="00013D0F" w:rsidRPr="002A4297" w:rsidRDefault="00013D0F" w:rsidP="00013D0F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00BC0513" w:rsidRPr="00C53201" w:rsidRDefault="00BC0513" w:rsidP="00BC0513">
+    <w:p w:rsidR="00013D0F" w:rsidRPr="00C53201" w:rsidRDefault="00013D0F" w:rsidP="00013D0F">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="40"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C53201">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>Обстоятельства</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> непреодолимой силы (форс-мажор) – чрезвычайные, непредвиденные и непредотвратимые обстоятельства, возникшие в течение реализации обязательств по Договору, которые Стороны не могли разумно ожидать при заключении Договора, либо избежать или преодолеть, а также находящиеся вне контроля Сторон, которые препятствуют полному или частичному исполнению обязательств по Договору.</w:t>
       </w:r>
       <w:r w:rsidRPr="00C53201">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00BC0513" w:rsidRDefault="00BC0513" w:rsidP="00BC0513">
+    <w:p w:rsidR="00013D0F" w:rsidRDefault="00013D0F" w:rsidP="00013D0F">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="40"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>К обстоятельствам</w:t>
@@ -7960,51 +7419,51 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> на выполнение обязательств Сторон, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>а также</w:t>
       </w:r>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> другие аналогичные события и обстоятельства.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00BC0513" w:rsidRPr="006B73E2" w:rsidRDefault="00BC0513" w:rsidP="00BC0513">
+    <w:p w:rsidR="00013D0F" w:rsidRPr="006B73E2" w:rsidRDefault="00013D0F" w:rsidP="00013D0F">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="40"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">Сторона, </w:t>
       </w:r>
@@ -8014,180 +7473,179 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">не исполнившая или ненадлежащим образом исполнившая свои обязательства по Договору из-за обстоятельств непреодолимой силы, обязана незамедлительно в срок не позднее 3 (трех) рабочих дней уведомить другую Сторону </w:t>
       </w:r>
       <w:r w:rsidRPr="006B73E2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>заказным письмом или иным доступным ей способом после наступления форс-мажорных обстоятельств, и разъяснить, какие меры необходимы для их устранения</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00BC0513" w:rsidRPr="002A4297" w:rsidRDefault="00BC0513" w:rsidP="00BC0513">
+    <w:p w:rsidR="00013D0F" w:rsidRPr="002A4297" w:rsidRDefault="00013D0F" w:rsidP="00013D0F">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="40"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Несвоевременное уведомление об обстоятельствах непреодолимой силы лишает соответствующую Сторону права на освобождение от ответственности по причине указанных обстоятельств. Обстоятельства непреодолимой силы должны быть подтверждены документально </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>в порядке, предусмотренном законодательством Российской Федерации</w:t>
       </w:r>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00BC0513" w:rsidRPr="006B6677" w:rsidRDefault="00BC0513" w:rsidP="00BC0513">
+    <w:p w:rsidR="00013D0F" w:rsidRPr="006B6677" w:rsidRDefault="00013D0F" w:rsidP="00013D0F">
       <w:pPr>
         <w:pStyle w:val="af3"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="40"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006B6677">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>Если указанные обстоятельства продолжаются более 6 (шести) месяцев, каждая Сторона имеет право инициировать досрочное расторжение Договора.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00BC0513" w:rsidRPr="002A4297" w:rsidRDefault="00BC0513" w:rsidP="00BC0513">
+    <w:p w:rsidR="00013D0F" w:rsidRPr="002A4297" w:rsidRDefault="00013D0F" w:rsidP="00013D0F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00BC0513" w:rsidRPr="00E4511D" w:rsidRDefault="00BC0513" w:rsidP="00BC0513">
+    <w:p w:rsidR="00013D0F" w:rsidRPr="00E4511D" w:rsidRDefault="00013D0F" w:rsidP="00013D0F">
       <w:pPr>
         <w:pStyle w:val="af3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="44"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E4511D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>Конфиденциальность</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00BC0513" w:rsidRPr="002A4297" w:rsidRDefault="00BC0513" w:rsidP="00BC0513">
+    <w:p w:rsidR="00013D0F" w:rsidRPr="002A4297" w:rsidRDefault="00013D0F" w:rsidP="00013D0F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00BC0513" w:rsidRPr="000070A4" w:rsidRDefault="00BC0513" w:rsidP="00BC0513">
+    <w:p w:rsidR="00013D0F" w:rsidRPr="000070A4" w:rsidRDefault="00013D0F" w:rsidP="00013D0F">
       <w:pPr>
         <w:pStyle w:val="af3"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="47"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000070A4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">По взаимному согласию Сторон в рамках Договора конфиденциальной </w:t>
       </w:r>
@@ -8206,162 +7664,163 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>призна</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>ю</w:t>
       </w:r>
       <w:r w:rsidRPr="000070A4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>тся условия настоящего Договора и любая информация Раскрывающей Стороны, имеющая действительную или потенциальную коммерческую ценность в силу неизвестности ее третьим лицам.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00BC0513" w:rsidRPr="004E7AD9" w:rsidRDefault="00BC0513" w:rsidP="00BC0513">
+    <w:p w:rsidR="00013D0F" w:rsidRPr="004E7AD9" w:rsidRDefault="00013D0F" w:rsidP="00013D0F">
       <w:pPr>
         <w:pStyle w:val="af3"/>
         <w:keepLines/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="47"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>При предоставлении к</w:t>
       </w:r>
       <w:r w:rsidRPr="004E7AD9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>онфиденциальной информации в письменной форме (в том числе, электронной форме), на документе, содержащем такую информацию, проставляется ограничительная пометка «Коммерческая тайна» и/или «Конфиденциально».</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00BC0513" w:rsidRPr="004E7AD9" w:rsidRDefault="00BC0513" w:rsidP="00BC0513">
+    <w:p w:rsidR="00013D0F" w:rsidRPr="004E7AD9" w:rsidRDefault="00013D0F" w:rsidP="00013D0F">
       <w:pPr>
         <w:pStyle w:val="af3"/>
         <w:keepLines/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="48"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004E7AD9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Каждая из Сторон обеспечивает защиту конфиденциальной информации, ставшей доступной ей в рамках Договора, от несанкционированного использования, распространения или публикации. Такая информация не будет передаваться третьим сторонам без письменного разрешения другой Стороны и использоваться в иных целях, кроме выполнения обязательств по Договору. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00BC0513" w:rsidRPr="004E7AD9" w:rsidRDefault="00BC0513" w:rsidP="00BC0513">
+    <w:p w:rsidR="00013D0F" w:rsidRPr="004E7AD9" w:rsidRDefault="00013D0F" w:rsidP="00013D0F">
       <w:pPr>
         <w:pStyle w:val="af3"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="48"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004E7AD9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Обязательства Сторон по защите конфиденциальной информации распространяются на все время действия Договора, а также в течение 5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="004E7AD9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>(Пять) лет после прекращения его действия.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00BC0513" w:rsidRPr="004E7AD9" w:rsidRDefault="00BC0513" w:rsidP="00BC0513">
+    <w:p w:rsidR="00013D0F" w:rsidRPr="004E7AD9" w:rsidRDefault="00013D0F" w:rsidP="00013D0F">
       <w:pPr>
         <w:pStyle w:val="af3"/>
         <w:keepLines/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="48"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="x-none" w:eastAsia="x-none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004E7AD9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
@@ -8382,121 +7841,121 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>Ф</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>едерации</w:t>
       </w:r>
       <w:r w:rsidRPr="004E7AD9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>. Обо всех случаях предоставления информации Стороны обязаны извещать друг друга.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00BC0513" w:rsidRPr="004E7AD9" w:rsidRDefault="00BC0513" w:rsidP="00BC0513">
+    <w:p w:rsidR="00013D0F" w:rsidRPr="004E7AD9" w:rsidRDefault="00013D0F" w:rsidP="00013D0F">
       <w:pPr>
         <w:pStyle w:val="af3"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="48"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004E7AD9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>В случае разглашения конфиденциальной информации какой-либо из Сторон, данная Сторона должна возместить другой Стороне понесенный в результате такого разглашения и документально подтвержденный ущерб в соответствии с законодательством Российской Федерации.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00BC0513" w:rsidRPr="00EC1894" w:rsidRDefault="00BC0513" w:rsidP="00BC0513">
+    <w:p w:rsidR="00013D0F" w:rsidRPr="00EC1894" w:rsidRDefault="00013D0F" w:rsidP="00013D0F">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="45"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:contextualSpacing/>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EC1894">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>Порядок разрешения споров</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00BC0513" w:rsidRPr="002A4297" w:rsidRDefault="00BC0513" w:rsidP="00BC0513">
+    <w:p w:rsidR="00013D0F" w:rsidRPr="002A4297" w:rsidRDefault="00013D0F" w:rsidP="00013D0F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00BC0513" w:rsidRPr="006B6677" w:rsidRDefault="00BC0513" w:rsidP="00BC0513">
+    <w:p w:rsidR="00013D0F" w:rsidRPr="006B6677" w:rsidRDefault="00013D0F" w:rsidP="00013D0F">
       <w:pPr>
         <w:pStyle w:val="af3"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="45"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006B6677">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>Все споры, связанные с заключением, толкованием, исполнением и расторжением Договора, будут разрешаться Сторонами путем переговоров. В случае недостижения соглашения в ходе переговоров, заинтересованная Сторона направляет другой Стороне письменную претензию, подписанную уполномоченным лицом. К претензии должны быть приложены документы, обосновывающие предъявленные заинтересованной Стороной требования, и документы, подтверждающие полномочия лица, подписавшего претензию. Сторона, получившая претензию, обязана рассмотреть её и о результатах уведомить в письменной форме заинтересованную Сторону в течение 10</w:t>
@@ -8508,54 +7967,54 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="006B6677">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>(десяти) рабочих дней со дня получения претензии</w:t>
       </w:r>
       <w:r w:rsidRPr="006B6677">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:bookmarkStart w:id="23" w:name="_Ref1393199"/>
-[...2 lines deleted...]
-    <w:p w:rsidR="00BC0513" w:rsidRPr="002A4297" w:rsidRDefault="00BC0513" w:rsidP="00BC0513">
+      <w:bookmarkStart w:id="22" w:name="_Ref1393199"/>
+    </w:p>
+    <w:bookmarkEnd w:id="22"/>
+    <w:p w:rsidR="00013D0F" w:rsidRPr="002A4297" w:rsidRDefault="00013D0F" w:rsidP="00013D0F">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="45"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">В случае неурегулирования спора в претензионном порядке, а также в случае неполучения ответа на претензию в течение срока, указанного в пункте </w:t>
@@ -8597,206 +8056,214 @@
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>10.1</w:t>
       </w:r>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidR="00271854">
+      <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Договора, спор передается в Арбитражный суд города Санкт-Петербурга и Ленинградской области</w:t>
+        <w:t xml:space="preserve"> Договора, спор передается </w:t>
+      </w:r>
+      <w:r w:rsidR="00C6408C" w:rsidRPr="00C6408C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>в Арбитражный суд по Санкт-Петербургу и Ленинградской области</w:t>
       </w:r>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00BC0513" w:rsidRPr="002A4297" w:rsidRDefault="00BC0513" w:rsidP="00BC0513">
+    <w:p w:rsidR="00013D0F" w:rsidRPr="002A4297" w:rsidRDefault="00013D0F" w:rsidP="00013D0F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00BC0513" w:rsidRPr="002A4297" w:rsidRDefault="00BC0513" w:rsidP="00BC0513">
+    <w:p w:rsidR="00013D0F" w:rsidRPr="002A4297" w:rsidRDefault="00013D0F" w:rsidP="00013D0F">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="45"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:contextualSpacing/>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>Прочие условия</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00BC0513" w:rsidRPr="002A4297" w:rsidRDefault="00BC0513" w:rsidP="00BC0513">
+    <w:p w:rsidR="00013D0F" w:rsidRPr="002A4297" w:rsidRDefault="00013D0F" w:rsidP="00013D0F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00BC0513" w:rsidRPr="002A4297" w:rsidRDefault="00BC0513" w:rsidP="00BC0513">
+    <w:p w:rsidR="00013D0F" w:rsidRPr="002A4297" w:rsidRDefault="00013D0F" w:rsidP="00013D0F">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="45"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>Ни одна из Сторон не вправе передавать свои права и обязанности по Договору третьим лицам без предварительного получения письменного согласия на это от другой Стороны.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00BC0513" w:rsidRDefault="00BC0513" w:rsidP="00BC0513">
+    <w:p w:rsidR="00013D0F" w:rsidRDefault="00013D0F" w:rsidP="00013D0F">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="45"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Стороны принимают меры к тому, чтобы между Сторонами постоянно существовала возможность оперативного взаимодействия посредством телефонной, электронной или иной связи (оперативная связь).</w:t>
       </w:r>
       <w:r w:rsidRPr="00E11832">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00BC0513" w:rsidRPr="007F6085" w:rsidRDefault="00BC0513" w:rsidP="00BC0513">
+    <w:p w:rsidR="00013D0F" w:rsidRPr="007F6085" w:rsidRDefault="00013D0F" w:rsidP="00013D0F">
       <w:pPr>
         <w:pStyle w:val="af3"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="45"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="24" w:name="_Ref82077350"/>
+      <w:bookmarkStart w:id="23" w:name="_Ref82077350"/>
       <w:r w:rsidRPr="007F6085">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Все юридически значимые сообщения (заявления, уведомления, требования, претензии и т.п.)</w:t>
       </w:r>
       <w:r w:rsidRPr="00A36E00">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="007F6085">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>должны направлятьс</w:t>
       </w:r>
       <w:r w:rsidRPr="00A36E00">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -8859,209 +8326,210 @@
           <w:sz w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="007F6085">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Договора,</w:t>
       </w:r>
       <w:r w:rsidRPr="00A36E00">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="007F6085">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>и приобретают юридическую силу с момента доставки адресату, за исключением случаев, отдельно оговоренных в Договоре.</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="24"/>
+      <w:bookmarkEnd w:id="23"/>
       <w:r w:rsidRPr="007F6085">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00BC0513" w:rsidRPr="00623348" w:rsidRDefault="00BC0513" w:rsidP="00BC0513">
+    <w:p w:rsidR="00013D0F" w:rsidRPr="00623348" w:rsidRDefault="00013D0F" w:rsidP="00013D0F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00623348">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>При изменении адресов или иных сведений, имеющих значение для надлежащего исполнения обязательств по Договору, соответствующая Сторона заблаговременно, не позднее 1 (одного) рабочего дня до вступления в силу соответствующих изменений, обязана обеспечить доставку другой Стороне соответствующего уведомления. На Сторону, нарушившую данную обязанность, возлагаются все неблагоприятные последствия и риски отсутствия у другой Стороны актуальной информации, в частности, все юридически значимые сообщения считаются доставленными, а их юридические последствия – возникшими, при условии доставки по предыдущему доведенному до отправителя адресу получателя.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00BC0513" w:rsidRPr="00623348" w:rsidRDefault="00BC0513" w:rsidP="00BC0513">
+    <w:p w:rsidR="00013D0F" w:rsidRPr="00623348" w:rsidRDefault="00013D0F" w:rsidP="00013D0F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00623348">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Допустимые способы направления юридически значимых сообщений:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00BC0513" w:rsidRPr="00623348" w:rsidRDefault="00BC0513" w:rsidP="00BC0513">
+    <w:p w:rsidR="00013D0F" w:rsidRPr="00623348" w:rsidRDefault="00013D0F" w:rsidP="00013D0F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00623348">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>а) через собственного курьера под расписку на копии;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00BC0513" w:rsidRPr="00623348" w:rsidRDefault="00BC0513" w:rsidP="00BC0513">
+    <w:p w:rsidR="00013D0F" w:rsidRPr="00623348" w:rsidRDefault="00013D0F" w:rsidP="00013D0F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00623348">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>б) через курьерскую службу с описью вложения;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00BC0513" w:rsidRPr="00623348" w:rsidRDefault="00BC0513" w:rsidP="00BC0513">
+    <w:p w:rsidR="00013D0F" w:rsidRPr="00623348" w:rsidRDefault="00013D0F" w:rsidP="00013D0F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00623348">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>в) по почте с уведомлением о вручении и описью вложения;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00BC0513" w:rsidRPr="00623348" w:rsidRDefault="00BC0513" w:rsidP="00BC0513">
+    <w:p w:rsidR="00013D0F" w:rsidRPr="00623348" w:rsidRDefault="00013D0F" w:rsidP="00013D0F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00623348">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>г) телеграммой с уведомлением о вручении</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00BC0513" w:rsidRDefault="00BC0513" w:rsidP="00BC0513">
+    <w:p w:rsidR="00013D0F" w:rsidRDefault="00013D0F" w:rsidP="00013D0F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00623348">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Подтверждение содержания отправления обязательно. Иные способы направления извещений (в том числе по электронной почте или по факсу) допускаются, но не признаются имеющими юридическую силу, за исключением случаев, специально оговоренных в Договоре.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00BC0513" w:rsidRPr="007F6085" w:rsidRDefault="00BC0513" w:rsidP="00BC0513">
+    <w:p w:rsidR="00013D0F" w:rsidRPr="007F6085" w:rsidRDefault="00013D0F" w:rsidP="00013D0F">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="45"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007F6085">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">При отправке юридически значимого сообщения </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
@@ -9106,51 +8574,51 @@
         <w:t>11.3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Договора,</w:t>
       </w:r>
       <w:r w:rsidRPr="007F6085">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> оно считается доставленным независимо от наличия у лица, фактически принявшего корреспонденцию от имени адресата, соответствующих полномочий. Такое лицо считается имеющим полномочия на принятие корреспонденции в силу обстановки.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00BC0513" w:rsidRPr="007F6085" w:rsidRDefault="00BC0513" w:rsidP="00BC0513">
+    <w:p w:rsidR="00013D0F" w:rsidRPr="007F6085" w:rsidRDefault="00013D0F" w:rsidP="00013D0F">
       <w:pPr>
         <w:pStyle w:val="af3"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="45"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>О</w:t>
       </w:r>
       <w:r w:rsidRPr="007F6085">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
@@ -9278,144 +8746,144 @@
         </w:rPr>
         <w:t>м</w:t>
       </w:r>
       <w:r w:rsidRPr="007F6085">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> сообщени</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>ем по смыслу статьи 165.1 ГК РФ</w:t>
       </w:r>
       <w:r w:rsidRPr="007F6085">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00BC0513" w:rsidRPr="00A32147" w:rsidRDefault="00BC0513" w:rsidP="00BC0513">
+    <w:p w:rsidR="00013D0F" w:rsidRPr="00A32147" w:rsidRDefault="00013D0F" w:rsidP="00013D0F">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="45"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>Об изменении адресов, реквизитов и уполномоченных (ответственных) лиц</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> С</w:t>
       </w:r>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">тороны незамедлительно информируют друг друга письменно (без оформления единого документа), с предварительным направлением копии письменного сообщения </w:t>
       </w:r>
       <w:r w:rsidRPr="00B26485">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>по одному из способов оперативной связи.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00BC0513" w:rsidRPr="00A32147" w:rsidRDefault="00BC0513" w:rsidP="00BC0513">
+    <w:p w:rsidR="00013D0F" w:rsidRPr="00A32147" w:rsidRDefault="00013D0F" w:rsidP="00013D0F">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="45"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>В ходе исполнения</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>Договора запрещается подключение любого оборудования Покупателя к ИТ-инфраструктуре Продавца, а также допуск работников Покупателя к работе на средствах вычислительной техники и в автоматизированных системах Продавца.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00BC0513" w:rsidRPr="004F7105" w:rsidRDefault="00BC0513" w:rsidP="00BC0513">
+    <w:p w:rsidR="00013D0F" w:rsidRPr="004F7105" w:rsidRDefault="00013D0F" w:rsidP="00013D0F">
       <w:pPr>
         <w:pStyle w:val="af3"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004F7105">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>В каждом случае нарушения требований, указанных в настоящем пункте</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
@@ -9592,51 +9060,51 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> вследствие нарушения требований, указанных в настоящем пункте. Взыскание убытков не лишает </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>Продавца</w:t>
       </w:r>
       <w:r w:rsidRPr="004F7105">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> возможности прибегать к любым иным мерам защиты своих прав и интересов, предусмотренных действующим законодательством и соглашением Сторон, в том числе взысканию неустойки в полном размере сверх убытков.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00BC0513" w:rsidRPr="002A4297" w:rsidRDefault="00BC0513" w:rsidP="00BC0513">
+    <w:p w:rsidR="00013D0F" w:rsidRPr="002A4297" w:rsidRDefault="00013D0F" w:rsidP="00013D0F">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="45"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>В целях недопущения действий коррупционного характера, Стороны обязуются выполнять требования, изложенные в</w:t>
       </w:r>
@@ -9688,266 +9156,247 @@
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>Приложении № 2 к Договору</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00BC0513" w:rsidRPr="002A4297" w:rsidRDefault="00BC0513" w:rsidP="00BC0513">
+    <w:p w:rsidR="00013D0F" w:rsidRPr="002A4297" w:rsidRDefault="00013D0F" w:rsidP="00013D0F">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="45"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
-[...39 lines deleted...]
-    <w:p w:rsidR="00BC0513" w:rsidRPr="002A4297" w:rsidRDefault="00BC0513" w:rsidP="00BC0513">
+        <w:t xml:space="preserve">Договор составлен на русском языке в </w:t>
+      </w:r>
+      <w:r w:rsidR="00C6408C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A4297">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>экземплярах, имеющих одинаковую юридическую силу: 1 экземпляр – для Покупате</w:t>
+      </w:r>
+      <w:r w:rsidR="00C6408C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ля, 1 экземпляр – для Продавца.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00013D0F" w:rsidRPr="002A4297" w:rsidRDefault="00013D0F" w:rsidP="00013D0F">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="45"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>По вопросам, не урегулированным в Договоре, Стороны руководствуются законодательством Российской Федерации.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00BC0513" w:rsidRPr="002A4297" w:rsidRDefault="00BC0513" w:rsidP="00BC0513">
+    <w:p w:rsidR="00013D0F" w:rsidRPr="002A4297" w:rsidRDefault="00013D0F" w:rsidP="00013D0F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00BC0513" w:rsidRPr="002A4297" w:rsidRDefault="00BC0513" w:rsidP="00BC0513">
+    <w:p w:rsidR="00013D0F" w:rsidRPr="002A4297" w:rsidRDefault="00013D0F" w:rsidP="00013D0F">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="45"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:contextualSpacing/>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>Приложения к Договору</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00BC0513" w:rsidRPr="002A4297" w:rsidRDefault="00BC0513" w:rsidP="00BC0513">
+    <w:p w:rsidR="00013D0F" w:rsidRPr="002A4297" w:rsidRDefault="00013D0F" w:rsidP="00013D0F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00BC0513" w:rsidRPr="002A4297" w:rsidRDefault="00BC0513" w:rsidP="00BC0513">
+    <w:p w:rsidR="00013D0F" w:rsidRPr="002A4297" w:rsidRDefault="00013D0F" w:rsidP="00013D0F">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="45"/>
         </w:numPr>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">Приложение № 1 – Форма </w:t>
       </w:r>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">Акта приема-передачи Имущества – </w:t>
       </w:r>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">на </w:t>
       </w:r>
-      <w:r w:rsidR="008E45F4">
-[...18 lines deleted...]
-    <w:p w:rsidR="00BC0513" w:rsidRPr="00271854" w:rsidRDefault="00BC0513" w:rsidP="00271854">
+      <w:r w:rsidRPr="002A4297">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>__ листах.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00013D0F" w:rsidRPr="00957089" w:rsidRDefault="00013D0F" w:rsidP="00957089">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="45"/>
         </w:numPr>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">Приложение № 2 – </w:t>
@@ -9977,6529 +9426,6645 @@
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">на </w:t>
       </w:r>
       <w:r w:rsidRPr="00BB3386">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>2 листах</w:t>
       </w:r>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:bookmarkStart w:id="25" w:name="_Ref17968329"/>
-[...2 lines deleted...]
-    <w:p w:rsidR="00BC0513" w:rsidRPr="002A4297" w:rsidRDefault="00BC0513" w:rsidP="00BC0513">
+    </w:p>
+    <w:p w:rsidR="00013D0F" w:rsidRPr="002A4297" w:rsidRDefault="00013D0F" w:rsidP="00013D0F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00BC0513" w:rsidRDefault="00BC0513" w:rsidP="00BC0513">
+    <w:p w:rsidR="00013D0F" w:rsidRDefault="00013D0F" w:rsidP="00013D0F">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="45"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:contextualSpacing/>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="26" w:name="_Ref486328623"/>
+      <w:bookmarkStart w:id="24" w:name="_Ref486328623"/>
       <w:r w:rsidRPr="009041CA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>Реквизиты и подписи Сторон</w:t>
       </w:r>
-      <w:bookmarkStart w:id="27" w:name="_Ref126658428"/>
-      <w:bookmarkEnd w:id="26"/>
+      <w:bookmarkStart w:id="25" w:name="_Ref126658428"/>
+      <w:bookmarkEnd w:id="24"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00BC0513" w:rsidRDefault="00BC0513" w:rsidP="00BC0513">
+    <w:p w:rsidR="00013D0F" w:rsidRDefault="00013D0F" w:rsidP="00013D0F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:bookmarkEnd w:id="27"/>
-    <w:p w:rsidR="00BC0513" w:rsidRPr="002A4297" w:rsidRDefault="00BC0513" w:rsidP="00BC0513">
+    <w:bookmarkEnd w:id="25"/>
+    <w:p w:rsidR="00013D0F" w:rsidRPr="002A4297" w:rsidRDefault="00013D0F" w:rsidP="00013D0F">
       <w:pPr>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="360"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>Покупатель:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004663C9" w:rsidRPr="002A4297" w:rsidRDefault="004663C9" w:rsidP="004663C9">
+    <w:p w:rsidR="00013D0F" w:rsidRPr="002A4297" w:rsidRDefault="00013D0F" w:rsidP="00013D0F">
       <w:pPr>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="360"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-[...15 lines deleted...]
-    <w:p w:rsidR="004663C9" w:rsidRPr="002A4297" w:rsidRDefault="004663C9" w:rsidP="004663C9">
+          <w:snapToGrid w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A4297">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>__________ (сокращенное наименование)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00013D0F" w:rsidRPr="002A4297" w:rsidRDefault="00013D0F" w:rsidP="00013D0F">
       <w:pPr>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="360"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:snapToGrid w:val="0"/>
-[...15 lines deleted...]
-    <w:p w:rsidR="004663C9" w:rsidRPr="002A4297" w:rsidRDefault="004663C9" w:rsidP="004663C9">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A4297">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Местонахождение __________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00013D0F" w:rsidRPr="002A4297" w:rsidRDefault="00013D0F" w:rsidP="00013D0F">
       <w:pPr>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="360"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>Местонахождение __________</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="004663C9" w:rsidRPr="002A4297" w:rsidRDefault="004663C9" w:rsidP="004663C9">
+        <w:lastRenderedPageBreak/>
+        <w:t>Почтовый адрес ____________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00013D0F" w:rsidRPr="002A4297" w:rsidRDefault="00013D0F" w:rsidP="00013D0F">
       <w:pPr>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="360"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>Почтовый адрес ____________</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="004663C9" w:rsidRPr="002A4297" w:rsidRDefault="004663C9" w:rsidP="004663C9">
+        <w:t>ИНН: ___________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00013D0F" w:rsidRPr="002A4297" w:rsidRDefault="00013D0F" w:rsidP="00013D0F">
       <w:pPr>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="360"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>ИНН: ___________</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="004663C9" w:rsidRPr="002A4297" w:rsidRDefault="004663C9" w:rsidP="004663C9">
+        <w:t>Расчетный счет ___________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00013D0F" w:rsidRPr="002A4297" w:rsidRDefault="00013D0F" w:rsidP="00013D0F">
       <w:pPr>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="360"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>Расчетный счет ___________</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="004663C9" w:rsidRPr="002A4297" w:rsidRDefault="004663C9" w:rsidP="004663C9">
+        <w:t>Корр. счет ___________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00013D0F" w:rsidRPr="002A4297" w:rsidRDefault="00013D0F" w:rsidP="00013D0F">
       <w:pPr>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="360"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>Корр. счет ___________</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="004663C9" w:rsidRPr="002A4297" w:rsidRDefault="004663C9" w:rsidP="004663C9">
+        <w:t>БИК ___________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00013D0F" w:rsidRPr="002A4297" w:rsidRDefault="00013D0F" w:rsidP="00013D0F">
       <w:pPr>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="360"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>БИК ___________</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="004663C9" w:rsidRPr="002A4297" w:rsidRDefault="004663C9" w:rsidP="004663C9">
+        <w:t>ОКВЭД ___________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00013D0F" w:rsidRPr="002A4297" w:rsidRDefault="00013D0F" w:rsidP="00013D0F">
       <w:pPr>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="360"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>ОКВЭД ___________</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="004663C9" w:rsidRPr="002A4297" w:rsidRDefault="004663C9" w:rsidP="004663C9">
+        <w:t>ОКПО ___________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00013D0F" w:rsidRPr="002A4297" w:rsidRDefault="00013D0F" w:rsidP="00013D0F">
       <w:pPr>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="360"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>ОКПО ___________</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="004663C9" w:rsidRPr="002A4297" w:rsidRDefault="004663C9" w:rsidP="004663C9">
+        <w:t>КПП ___________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00013D0F" w:rsidRPr="002A4297" w:rsidRDefault="00013D0F" w:rsidP="00013D0F">
       <w:pPr>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="360"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>КПП ___________</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="004663C9" w:rsidRPr="002A4297" w:rsidRDefault="004663C9" w:rsidP="004663C9">
+        <w:t>ОГРН ___________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00013D0F" w:rsidRPr="002A4297" w:rsidRDefault="00013D0F" w:rsidP="00013D0F">
       <w:pPr>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="360"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>ОГРН ___________</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="004663C9" w:rsidRPr="002A4297" w:rsidRDefault="004663C9" w:rsidP="004663C9">
+        <w:t>Контактный телефон: ___________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00013D0F" w:rsidRPr="002A4297" w:rsidRDefault="00013D0F" w:rsidP="00013D0F">
       <w:pPr>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="360"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...4 lines deleted...]
-    <w:p w:rsidR="004663C9" w:rsidRPr="002A4297" w:rsidRDefault="004663C9" w:rsidP="004663C9">
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>e</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A4297">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A4297">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>mail</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A4297">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>: ___________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00013D0F" w:rsidRPr="002A4297" w:rsidRDefault="00013D0F" w:rsidP="00013D0F">
       <w:pPr>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="360"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-[...41 lines deleted...]
-    <w:p w:rsidR="00BC0513" w:rsidRPr="00451B2A" w:rsidRDefault="00BC0513" w:rsidP="00BC0513">
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00013D0F" w:rsidRPr="002A4297" w:rsidRDefault="00013D0F" w:rsidP="00013D0F">
       <w:pPr>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="360"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-[...5 lines deleted...]
-    <w:p w:rsidR="00BC0513" w:rsidRPr="00451B2A" w:rsidRDefault="00BC0513" w:rsidP="00BC0513">
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A4297">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Продавец:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00013D0F" w:rsidRPr="002A4297" w:rsidRDefault="00013D0F" w:rsidP="00013D0F">
       <w:pPr>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="360"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
-[...6 lines deleted...]
-    <w:p w:rsidR="00BC0513" w:rsidRPr="002A4297" w:rsidRDefault="00BC0513" w:rsidP="00BC0513">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A4297">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ПАО Сбербанк</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00013D0F" w:rsidRPr="002A4297" w:rsidRDefault="00013D0F" w:rsidP="00013D0F">
       <w:pPr>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="360"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
-[...18 lines deleted...]
-        <w:widowControl w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A4297">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Местонахождение __________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00013D0F" w:rsidRPr="002A4297" w:rsidRDefault="00013D0F" w:rsidP="00013D0F">
+      <w:pPr>
         <w:snapToGrid w:val="0"/>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="360"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A4297">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Почтовый адрес _____________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00013D0F" w:rsidRPr="002A4297" w:rsidRDefault="00013D0F" w:rsidP="00013D0F">
+      <w:pPr>
+        <w:snapToGrid w:val="0"/>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="360"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A4297">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ИНН ___________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00013D0F" w:rsidRPr="002A4297" w:rsidRDefault="00013D0F" w:rsidP="00013D0F">
+      <w:pPr>
+        <w:snapToGrid w:val="0"/>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="360"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A4297">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Расчетный счет ___________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00013D0F" w:rsidRPr="002A4297" w:rsidRDefault="00013D0F" w:rsidP="00013D0F">
+      <w:pPr>
+        <w:snapToGrid w:val="0"/>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="360"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A4297">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Корр. счет ___________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00013D0F" w:rsidRPr="002A4297" w:rsidRDefault="00013D0F" w:rsidP="00013D0F">
+      <w:pPr>
+        <w:snapToGrid w:val="0"/>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="360"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A4297">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>БИК ___________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00013D0F" w:rsidRPr="002A4297" w:rsidRDefault="00013D0F" w:rsidP="00013D0F">
+      <w:pPr>
+        <w:snapToGrid w:val="0"/>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="360"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>ПАО Сбербанк</w:t>
-[...4 lines deleted...]
-        <w:widowControl w:val="0"/>
+        <w:t>ОКВЭД ___________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00013D0F" w:rsidRPr="002A4297" w:rsidRDefault="00013D0F" w:rsidP="00013D0F">
+      <w:pPr>
         <w:snapToGrid w:val="0"/>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="360"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...20 lines deleted...]
-        <w:widowControl w:val="0"/>
+      <w:r w:rsidRPr="002A4297">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ОКПО ___________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00013D0F" w:rsidRPr="002A4297" w:rsidRDefault="00013D0F" w:rsidP="00013D0F">
+      <w:pPr>
         <w:snapToGrid w:val="0"/>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="360"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C67DCD">
-[...11 lines deleted...]
-        <w:widowControl w:val="0"/>
+      <w:r w:rsidRPr="002A4297">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>КПП ___________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00013D0F" w:rsidRPr="002A4297" w:rsidRDefault="00013D0F" w:rsidP="00013D0F">
+      <w:pPr>
         <w:snapToGrid w:val="0"/>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="360"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C67DCD">
-[...29 lines deleted...]
-        <w:widowControl w:val="0"/>
+      <w:r w:rsidRPr="002A4297">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ОГРН ___________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00013D0F" w:rsidRPr="002A4297" w:rsidRDefault="00013D0F" w:rsidP="00013D0F">
+      <w:pPr>
         <w:snapToGrid w:val="0"/>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="360"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C67DCD">
-[...11 lines deleted...]
-        <w:widowControl w:val="0"/>
+      <w:r w:rsidRPr="002A4297">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Контактный телефон: ___________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00013D0F" w:rsidRPr="002A4297" w:rsidRDefault="00013D0F" w:rsidP="00013D0F">
+      <w:pPr>
         <w:snapToGrid w:val="0"/>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="360"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C67DCD">
-[...11 lines deleted...]
-        <w:widowControl w:val="0"/>
+      <w:r w:rsidRPr="002A4297">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>e</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A4297">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A4297">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>mail</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A4297">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>: ___________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00013D0F" w:rsidRPr="002A4297" w:rsidRDefault="00013D0F" w:rsidP="00013D0F">
+      <w:pPr>
         <w:snapToGrid w:val="0"/>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="360"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
-        </w:rPr>
-[...4411 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="00A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4788"/>
         <w:gridCol w:w="360"/>
         <w:gridCol w:w="3960"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00BC0513" w:rsidRPr="002A4297" w:rsidTr="007027BF">
+      <w:tr w:rsidR="00013D0F" w:rsidRPr="002A4297" w:rsidTr="00013D0F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4788" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00BC0513" w:rsidRPr="002A4297" w:rsidRDefault="00BC0513" w:rsidP="007027BF">
+          <w:p w:rsidR="00013D0F" w:rsidRPr="002A4297" w:rsidRDefault="00013D0F" w:rsidP="00013D0F">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="2835"/>
               </w:tabs>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:ind w:firstLine="360"/>
               <w:contextualSpacing/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002A4297">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>От Покупателя:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="360" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00BC0513" w:rsidRPr="002A4297" w:rsidRDefault="00BC0513" w:rsidP="007027BF">
+          <w:p w:rsidR="00013D0F" w:rsidRPr="002A4297" w:rsidRDefault="00013D0F" w:rsidP="00013D0F">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="2835"/>
               </w:tabs>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:ind w:firstLine="360"/>
               <w:contextualSpacing/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3960" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00BC0513" w:rsidRPr="002A4297" w:rsidRDefault="00BC0513" w:rsidP="007027BF">
+          <w:p w:rsidR="00013D0F" w:rsidRPr="002A4297" w:rsidRDefault="00013D0F" w:rsidP="00013D0F">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="2835"/>
               </w:tabs>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:ind w:firstLine="360"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002A4297">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>От Продавца:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BC0513" w:rsidRPr="002A4297" w:rsidTr="007027BF">
+      <w:tr w:rsidR="00013D0F" w:rsidRPr="002A4297" w:rsidTr="00013D0F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4788" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00BC0513" w:rsidRPr="002A4297" w:rsidRDefault="00BC0513" w:rsidP="007027BF">
+          <w:p w:rsidR="00013D0F" w:rsidRPr="002A4297" w:rsidRDefault="00013D0F" w:rsidP="00013D0F">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="2835"/>
               </w:tabs>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:ind w:firstLine="360"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002A4297">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Должность</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00BC0513" w:rsidRPr="002A4297" w:rsidRDefault="00BC0513" w:rsidP="007027BF">
+          <w:p w:rsidR="00013D0F" w:rsidRPr="002A4297" w:rsidRDefault="00013D0F" w:rsidP="00013D0F">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="2835"/>
               </w:tabs>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:ind w:firstLine="360"/>
               <w:contextualSpacing/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00BC0513" w:rsidRPr="002A4297" w:rsidRDefault="00BC0513" w:rsidP="007027BF">
+          <w:p w:rsidR="00013D0F" w:rsidRPr="002A4297" w:rsidRDefault="00013D0F" w:rsidP="00013D0F">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="2835"/>
               </w:tabs>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:ind w:firstLine="360"/>
               <w:contextualSpacing/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002A4297">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>________________ Ф.И.О.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00BC0513" w:rsidRPr="002A4297" w:rsidRDefault="00BC0513" w:rsidP="007027BF">
+          <w:p w:rsidR="00013D0F" w:rsidRPr="002A4297" w:rsidRDefault="00013D0F" w:rsidP="00013D0F">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="2835"/>
               </w:tabs>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:ind w:firstLine="360"/>
               <w:contextualSpacing/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002A4297">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>м.п.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="360" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00BC0513" w:rsidRPr="002A4297" w:rsidRDefault="00BC0513" w:rsidP="007027BF">
+          <w:p w:rsidR="00013D0F" w:rsidRPr="002A4297" w:rsidRDefault="00013D0F" w:rsidP="00013D0F">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="2835"/>
               </w:tabs>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:ind w:firstLine="360"/>
               <w:contextualSpacing/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3960" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00BC0513" w:rsidRPr="002A4297" w:rsidRDefault="00BC0513" w:rsidP="007027BF">
+          <w:p w:rsidR="00013D0F" w:rsidRPr="002A4297" w:rsidRDefault="00013D0F" w:rsidP="00013D0F">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="2835"/>
               </w:tabs>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:ind w:firstLine="360"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002A4297">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Должность</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00BC0513" w:rsidRPr="002A4297" w:rsidRDefault="00BC0513" w:rsidP="007027BF">
+          <w:p w:rsidR="00013D0F" w:rsidRPr="002A4297" w:rsidRDefault="00013D0F" w:rsidP="00013D0F">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="2835"/>
               </w:tabs>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:ind w:firstLine="360"/>
               <w:contextualSpacing/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00BC0513" w:rsidRPr="002A4297" w:rsidRDefault="00BC0513" w:rsidP="007027BF">
+          <w:p w:rsidR="00013D0F" w:rsidRPr="002A4297" w:rsidRDefault="00013D0F" w:rsidP="00013D0F">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="2835"/>
               </w:tabs>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:ind w:firstLine="360"/>
               <w:contextualSpacing/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002A4297">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>________________ Ф.И.О.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00BC0513" w:rsidRPr="002A4297" w:rsidRDefault="00BC0513" w:rsidP="007027BF">
+          <w:p w:rsidR="00013D0F" w:rsidRPr="002A4297" w:rsidRDefault="00013D0F" w:rsidP="00013D0F">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="2835"/>
               </w:tabs>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:ind w:firstLine="360"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002A4297">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>м.п.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00BC0513" w:rsidRPr="002A4297" w:rsidRDefault="00BC0513" w:rsidP="00BC0513">
-[...3 lines deleted...]
-        </w:pBdr>
+    <w:p w:rsidR="00957089" w:rsidRDefault="00957089" w:rsidP="00013D0F">
+      <w:pPr>
+        <w:keepNext/>
+        <w:keepLines/>
+        <w:spacing w:before="480" w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:outlineLvl w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00957089" w:rsidRDefault="00957089" w:rsidP="00013D0F">
+      <w:pPr>
+        <w:keepNext/>
+        <w:keepLines/>
+        <w:spacing w:before="480" w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:outlineLvl w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00957089" w:rsidRDefault="00957089" w:rsidP="00013D0F">
+      <w:pPr>
+        <w:keepNext/>
+        <w:keepLines/>
+        <w:spacing w:before="480" w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:outlineLvl w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00957089" w:rsidRDefault="00957089" w:rsidP="00013D0F">
+      <w:pPr>
+        <w:keepNext/>
+        <w:keepLines/>
+        <w:spacing w:before="480" w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:outlineLvl w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00013D0F" w:rsidRPr="00730EC5" w:rsidRDefault="00013D0F" w:rsidP="00013D0F">
+      <w:pPr>
+        <w:keepNext/>
+        <w:keepLines/>
+        <w:spacing w:before="480" w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:outlineLvl w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="365F91"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A32147">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Приложение № 1</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00013D0F" w:rsidRPr="002A4297" w:rsidRDefault="00013D0F" w:rsidP="00957089">
+      <w:pPr>
+        <w:snapToGrid w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A4297">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">к Договору </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A4297">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>купли-продажи</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E11832">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A4297">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>недвижимого</w:t>
+      </w:r>
+      <w:r w:rsidR="00957089">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A4297">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>имущества</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00013D0F" w:rsidRPr="002A4297" w:rsidRDefault="00013D0F" w:rsidP="00013D0F">
+      <w:pPr>
+        <w:snapToGrid w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A4297">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>от_____ №_____</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00013D0F" w:rsidRPr="002A4297" w:rsidRDefault="00013D0F" w:rsidP="00013D0F">
+      <w:pPr>
+        <w:snapToGrid w:val="0"/>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
-        <w:rPr>
-[...3 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00013D0F" w:rsidRPr="002A4297" w:rsidRDefault="00013D0F" w:rsidP="00013D0F">
+      <w:pPr>
+        <w:snapToGrid w:val="0"/>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A4297">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Форма Акта приема-передачи Имущества</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00013D0F" w:rsidRPr="002A4297" w:rsidRDefault="00013D0F" w:rsidP="00013D0F">
+      <w:pPr>
+        <w:snapToGrid w:val="0"/>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A4297">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00013D0F" w:rsidRPr="002A4297" w:rsidRDefault="00013D0F" w:rsidP="00013D0F">
+      <w:pPr>
+        <w:snapToGrid w:val="0"/>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00013D0F" w:rsidRPr="002A4297" w:rsidRDefault="00013D0F" w:rsidP="00013D0F">
+      <w:pPr>
+        <w:snapToGrid w:val="0"/>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A4297">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>АКТ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00013D0F" w:rsidRPr="002A4297" w:rsidRDefault="00013D0F" w:rsidP="00013D0F">
+      <w:pPr>
+        <w:snapToGrid w:val="0"/>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A4297">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>приема-передачи Имущества</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00013D0F" w:rsidRPr="002A4297" w:rsidRDefault="00013D0F" w:rsidP="00013D0F">
+      <w:pPr>
+        <w:snapToGrid w:val="0"/>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00013D0F" w:rsidRPr="002A4297" w:rsidRDefault="00013D0F" w:rsidP="00013D0F">
+      <w:pPr>
+        <w:snapToGrid w:val="0"/>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A4297">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> г.__________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A4297">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="002A4297">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="002A4297">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="002A4297">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="002A4297">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="002A4297">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">              «___»_________ 20__г.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00013D0F" w:rsidRPr="002A4297" w:rsidRDefault="00013D0F" w:rsidP="00013D0F">
+      <w:pPr>
+        <w:snapToGrid w:val="0"/>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00957089" w:rsidRDefault="00013D0F" w:rsidP="00013D0F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A4297">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Публичное акционерное общество «Сбербанк России» </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A4297">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ПАО Сбербанк</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A4297">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, именуемое в дальнейшем </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A4297">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>«Продавец»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A4297">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>, в лице ______________, действующего на основании _____________________, с одной стороны, и</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00013D0F" w:rsidRPr="00FA56E6" w:rsidRDefault="00013D0F" w:rsidP="00013D0F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A4297">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>______________, именуем__ в дальнейшем</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A4297">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> «Покупатель»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A4297">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в лице ____________________, действующего на основании ___________________________, с другой стороны, совместно именуемые далее «</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A4297">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Стороны</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A4297">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>», а каждая в отдельности «</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A4297">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Сторона</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A4297">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">», составили настоящий акт приема-передачи (далее – </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A4297">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>«Акт»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A4297">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>) о нижеследующем:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00013D0F" w:rsidRPr="00B65DDB" w:rsidRDefault="00013D0F" w:rsidP="00013D0F">
+      <w:pPr>
+        <w:pStyle w:val="af3"/>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="11"/>
+        </w:numPr>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B65DDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>На основании договора</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B65DDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> купли-продажи недвижимого имущества </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B65DDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>от_____ №_____ Продавец передает Покупателю, а</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Покупатель</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B65DDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> принимает недвижимое имущество (далее – «</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B65DDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Недвижимое имущество</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B65DDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>»):</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00013D0F" w:rsidRPr="002A4297" w:rsidRDefault="00013D0F" w:rsidP="00013D0F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="11"/>
+        </w:numPr>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A4297">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Недвижимое имущество (далее – «</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A4297">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Недвижимое имущество</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A4297">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>»):</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00013D0F" w:rsidRPr="002A4297" w:rsidRDefault="00013D0F" w:rsidP="00013D0F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="11"/>
+        </w:numPr>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A4297">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>_____________ (далее – «</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A4297">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Объект</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A4297">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>»).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00013D0F" w:rsidRPr="002A4297" w:rsidRDefault="00013D0F" w:rsidP="00013D0F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A4297">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Кадастровый/условный номер Объекта: _____________.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00013D0F" w:rsidRPr="002A4297" w:rsidRDefault="00013D0F" w:rsidP="00013D0F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A4297">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Объект расположен по адресу: ___________.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00013D0F" w:rsidRPr="002A4297" w:rsidRDefault="00013D0F" w:rsidP="00013D0F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A4297">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Объект принадлежит Продавцу на праве собственности на основании __________, что подтверждается __________, о чем в Едином государственном реестре недвижимости сделана запись о регистрации ___________.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00013D0F" w:rsidRPr="002A4297" w:rsidRDefault="00013D0F" w:rsidP="00013D0F">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="11"/>
+        </w:numPr>
+        <w:snapToGrid w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A4297">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Недвижимое имущество передается в следующем техническом состоянии:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00013D0F" w:rsidRPr="002A4297" w:rsidRDefault="00013D0F" w:rsidP="00013D0F">
+      <w:pPr>
+        <w:snapToGrid w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A4297">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A4297">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>фасад и кровля Объекта:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A4297">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> _________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00013D0F" w:rsidRPr="002A4297" w:rsidRDefault="00013D0F" w:rsidP="00013D0F">
+      <w:pPr>
+        <w:snapToGrid w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A4297">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="002A4297">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A4297">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>(указать вид отделки, например – окраска, плитка, др. покрытие)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00013D0F" w:rsidRPr="002A4297" w:rsidRDefault="00013D0F" w:rsidP="00013D0F">
+      <w:pPr>
+        <w:snapToGrid w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A4297">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>состояние: __________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00013D0F" w:rsidRPr="002A4297" w:rsidRDefault="00013D0F" w:rsidP="00013D0F">
+      <w:pPr>
+        <w:snapToGrid w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A4297">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="002A4297">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">             </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A4297">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>(отличное, хорошее, удовлетворительное – указать)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00013D0F" w:rsidRPr="002A4297" w:rsidRDefault="00013D0F" w:rsidP="00013D0F">
+      <w:pPr>
+        <w:snapToGrid w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A4297">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>недостатки: _________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00013D0F" w:rsidRPr="002A4297" w:rsidRDefault="00013D0F" w:rsidP="00013D0F">
+      <w:pPr>
+        <w:snapToGrid w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A4297">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="002A4297">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="002A4297">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>(при наличии перечислить недостатки, например</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A4297">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> наличие трещин, выбоин, иные повреждения)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A4297">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00013D0F" w:rsidRPr="002A4297" w:rsidRDefault="00013D0F" w:rsidP="00013D0F">
+      <w:pPr>
+        <w:snapToGrid w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00013D0F" w:rsidRPr="002A4297" w:rsidRDefault="00013D0F" w:rsidP="00013D0F">
+      <w:pPr>
+        <w:snapToGrid w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A4297">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A4297">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>стены</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A4297">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>: __________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00013D0F" w:rsidRPr="002A4297" w:rsidRDefault="00013D0F" w:rsidP="00013D0F">
+      <w:pPr>
+        <w:snapToGrid w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A4297">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="002A4297">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A4297">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>(указать вид отделки, например – окраска, обои, др. покрытие)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00013D0F" w:rsidRPr="002A4297" w:rsidRDefault="00013D0F" w:rsidP="00013D0F">
+      <w:pPr>
+        <w:snapToGrid w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A4297">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>состояние: __________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00013D0F" w:rsidRPr="002A4297" w:rsidRDefault="00013D0F" w:rsidP="00013D0F">
+      <w:pPr>
+        <w:snapToGrid w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A4297">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="002A4297">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">             </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A4297">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>(отличное, хорошее, удовлетворительное – указать)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00013D0F" w:rsidRPr="002A4297" w:rsidRDefault="00013D0F" w:rsidP="00013D0F">
+      <w:pPr>
+        <w:snapToGrid w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A4297">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>недостатки: _________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00013D0F" w:rsidRPr="002A4297" w:rsidRDefault="00013D0F" w:rsidP="00013D0F">
+      <w:pPr>
+        <w:snapToGrid w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A4297">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="002A4297">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="002A4297">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>(при наличии перечислить недостатки, например</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A4297">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>наличие трещин, выбоин, иные повреждения)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A4297">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00013D0F" w:rsidRPr="002A4297" w:rsidRDefault="00013D0F" w:rsidP="00013D0F">
+      <w:pPr>
+        <w:snapToGrid w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A4297">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="002A4297">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00013D0F" w:rsidRPr="002A4297" w:rsidRDefault="00013D0F" w:rsidP="00013D0F">
+      <w:pPr>
+        <w:snapToGrid w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A4297">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A4297">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>потолки</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A4297">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>: ________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00013D0F" w:rsidRPr="002A4297" w:rsidRDefault="00013D0F" w:rsidP="00013D0F">
+      <w:pPr>
+        <w:snapToGrid w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A4297">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="002A4297">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="002A4297">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                (указать вид отделки, наприме</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A4297">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A4297">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>окраска, обои, др. покрытие)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00013D0F" w:rsidRPr="002A4297" w:rsidRDefault="00013D0F" w:rsidP="00013D0F">
+      <w:pPr>
+        <w:snapToGrid w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A4297">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>состояние: __________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00013D0F" w:rsidRPr="002A4297" w:rsidRDefault="00013D0F" w:rsidP="00013D0F">
+      <w:pPr>
+        <w:snapToGrid w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A4297">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="002A4297">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">         </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A4297">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">    (отличное, хорошее, удовлетворительное – указать)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00013D0F" w:rsidRPr="002A4297" w:rsidRDefault="00013D0F" w:rsidP="00013D0F">
+      <w:pPr>
+        <w:snapToGrid w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A4297">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>недостатки: _________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00013D0F" w:rsidRPr="002A4297" w:rsidRDefault="00013D0F" w:rsidP="00013D0F">
+      <w:pPr>
+        <w:snapToGrid w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A4297">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="002A4297">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="002A4297">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(при наличии перечислить недостатки, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>например:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A4297">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> наличие трещин, выбоин, иные повреждения)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A4297">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00013D0F" w:rsidRPr="002A4297" w:rsidRDefault="00013D0F" w:rsidP="00013D0F">
+      <w:pPr>
+        <w:snapToGrid w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00013D0F" w:rsidRPr="002A4297" w:rsidRDefault="00013D0F" w:rsidP="00013D0F">
+      <w:pPr>
+        <w:snapToGrid w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A4297">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A4297">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>полы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A4297">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>: ___________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00013D0F" w:rsidRPr="002A4297" w:rsidRDefault="00013D0F" w:rsidP="00013D0F">
+      <w:pPr>
+        <w:snapToGrid w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A4297">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="002A4297">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="002A4297">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">     (указать вид отделки, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>например:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A4297">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> окраска, паркет, плитка, др. покрытие)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00013D0F" w:rsidRPr="002A4297" w:rsidRDefault="00013D0F" w:rsidP="00013D0F">
+      <w:pPr>
+        <w:snapToGrid w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A4297">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>состояние: __________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00013D0F" w:rsidRPr="002A4297" w:rsidRDefault="00013D0F" w:rsidP="00013D0F">
+      <w:pPr>
+        <w:snapToGrid w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A4297">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="002A4297">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="002A4297">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">             (отличное, хорошее, удовлетворительное – указать)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00013D0F" w:rsidRPr="002A4297" w:rsidRDefault="00013D0F" w:rsidP="00013D0F">
+      <w:pPr>
+        <w:snapToGrid w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A4297">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>недостатки: _________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00013D0F" w:rsidRPr="002A4297" w:rsidRDefault="00013D0F" w:rsidP="00013D0F">
+      <w:pPr>
+        <w:snapToGrid w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A4297">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="002A4297">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="002A4297">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>(при наличии перечислить недостатки, например: наличие трещин, выбоин, иные повреждения)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A4297">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00013D0F" w:rsidRPr="002A4297" w:rsidRDefault="00013D0F" w:rsidP="00013D0F">
+      <w:pPr>
+        <w:snapToGrid w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00013D0F" w:rsidRPr="002A4297" w:rsidRDefault="00013D0F" w:rsidP="00013D0F">
+      <w:pPr>
+        <w:snapToGrid w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A4297">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A4297">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>двери</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A4297">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>: __________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00013D0F" w:rsidRPr="002A4297" w:rsidRDefault="00013D0F" w:rsidP="00013D0F">
+      <w:pPr>
+        <w:snapToGrid w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A4297">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="002A4297">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="002A4297">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">     (указать материал, вид отделки, например: металлическая, деревянная, др. покрытие)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00013D0F" w:rsidRPr="002A4297" w:rsidRDefault="00013D0F" w:rsidP="00013D0F">
+      <w:pPr>
+        <w:snapToGrid w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A4297">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>состояние: __________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00013D0F" w:rsidRPr="002A4297" w:rsidRDefault="00013D0F" w:rsidP="00013D0F">
+      <w:pPr>
+        <w:snapToGrid w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A4297">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="002A4297">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">             </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A4297">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>(отличное, хорошее, удовлетворительное – указать)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00013D0F" w:rsidRPr="002A4297" w:rsidRDefault="00013D0F" w:rsidP="00013D0F">
+      <w:pPr>
+        <w:snapToGrid w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A4297">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>недостатки: _________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00013D0F" w:rsidRPr="002A4297" w:rsidRDefault="00013D0F" w:rsidP="00013D0F">
+      <w:pPr>
+        <w:snapToGrid w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A4297">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>(при наличии перечислить недостатки, например: наличие трещин, выбоин, сломан замок/ручка, перекос, иные повреждения)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00013D0F" w:rsidRPr="002A4297" w:rsidRDefault="00013D0F" w:rsidP="00013D0F">
+      <w:pPr>
+        <w:snapToGrid w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00013D0F" w:rsidRPr="002A4297" w:rsidRDefault="00013D0F" w:rsidP="00013D0F">
+      <w:pPr>
+        <w:snapToGrid w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A4297">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>- окна</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A4297">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>: ___________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00013D0F" w:rsidRPr="002A4297" w:rsidRDefault="00013D0F" w:rsidP="00013D0F">
+      <w:pPr>
+        <w:snapToGrid w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A4297">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="002A4297">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>(указать материал, вид отделки, например: пластиковые, деревянные, алюминиевые, окраска, др. покрытие)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00013D0F" w:rsidRPr="002A4297" w:rsidRDefault="00013D0F" w:rsidP="00013D0F">
+      <w:pPr>
+        <w:snapToGrid w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A4297">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>состояние: __________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00013D0F" w:rsidRPr="002A4297" w:rsidRDefault="00013D0F" w:rsidP="00013D0F">
+      <w:pPr>
+        <w:snapToGrid w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A4297">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="002A4297">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">          </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A4297">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   (отличное, хорошее, удовлетворительное – указать)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00013D0F" w:rsidRPr="002A4297" w:rsidRDefault="00013D0F" w:rsidP="00013D0F">
+      <w:pPr>
+        <w:snapToGrid w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A4297">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>недостатки: _________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00013D0F" w:rsidRPr="002A4297" w:rsidRDefault="00013D0F" w:rsidP="00013D0F">
+      <w:pPr>
+        <w:snapToGrid w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A4297">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>(при наличии перечислить недостатки, например: наличие трещин, выбоин, сломана/отсутствует ручка, иные повреждения)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00013D0F" w:rsidRPr="002A4297" w:rsidRDefault="00013D0F" w:rsidP="00013D0F">
+      <w:pPr>
+        <w:snapToGrid w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00013D0F" w:rsidRPr="002A4297" w:rsidRDefault="00013D0F" w:rsidP="00013D0F">
+      <w:pPr>
+        <w:snapToGrid w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A4297">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A4297">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>оборудование</w:t>
+      </w:r>
+      <w:r w:rsidR="00957089">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r w:rsidR="00957089" w:rsidRPr="002A4297">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>_________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00957089" w:rsidRDefault="00013D0F" w:rsidP="00013D0F">
+      <w:pPr>
+        <w:snapToGrid w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A4297">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00013D0F" w:rsidRPr="002A4297" w:rsidRDefault="00957089" w:rsidP="00013D0F">
+      <w:pPr>
+        <w:snapToGrid w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">             </w:t>
+      </w:r>
+      <w:r w:rsidR="00013D0F" w:rsidRPr="002A4297">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>недостатки: ________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00013D0F" w:rsidRPr="002A4297" w:rsidRDefault="00013D0F" w:rsidP="00013D0F">
+      <w:pPr>
+        <w:snapToGrid w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A4297">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="002A4297">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="002A4297">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>(при наличии перечислить недостатки, повреждения для каждого вида оборудования)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00013D0F" w:rsidRPr="002A4297" w:rsidRDefault="00013D0F" w:rsidP="00013D0F">
+      <w:pPr>
+        <w:snapToGrid w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00013D0F" w:rsidRPr="002A4297" w:rsidRDefault="00013D0F" w:rsidP="00013D0F">
+      <w:pPr>
+        <w:snapToGrid w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A4297">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A4297">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>прилегающая территория</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A4297">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>: ________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00013D0F" w:rsidRPr="002A4297" w:rsidRDefault="00013D0F" w:rsidP="00013D0F">
+      <w:pPr>
+        <w:snapToGrid w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A4297">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>(перечислить тротуары, озеленение, другое)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00013D0F" w:rsidRPr="002A4297" w:rsidRDefault="00013D0F" w:rsidP="00013D0F">
+      <w:pPr>
+        <w:snapToGrid w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A4297">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>состояние: __________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00013D0F" w:rsidRPr="002A4297" w:rsidRDefault="00013D0F" w:rsidP="00013D0F">
+      <w:pPr>
+        <w:snapToGrid w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A4297">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>(отличное, хорошее, удовлетворительное – указать для каждого вида)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00013D0F" w:rsidRPr="002A4297" w:rsidRDefault="00013D0F" w:rsidP="00013D0F">
+      <w:pPr>
+        <w:snapToGrid w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A4297">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>недостатки: _________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00013D0F" w:rsidRPr="002A4297" w:rsidRDefault="00013D0F" w:rsidP="00013D0F">
+      <w:pPr>
+        <w:snapToGrid w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A4297">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="002A4297">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="002A4297">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>(при наличии перечислить недостатки, повреждения для каждого вида)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00013D0F" w:rsidRPr="002A4297" w:rsidRDefault="00013D0F" w:rsidP="00013D0F">
+      <w:pPr>
+        <w:snapToGrid w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00013D0F" w:rsidRPr="002A4297" w:rsidRDefault="00013D0F" w:rsidP="00013D0F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:snapToGrid w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A4297">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>- иное</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A4297">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00013D0F" w:rsidRPr="002A4297" w:rsidRDefault="00013D0F" w:rsidP="00013D0F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:snapToGrid w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00013D0F" w:rsidRPr="002A4297" w:rsidRDefault="00013D0F" w:rsidP="00013D0F">
+      <w:pPr>
+        <w:snapToGrid w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A4297">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>_______________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00957089">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>__________________________.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00013D0F" w:rsidRPr="002A4297" w:rsidRDefault="00013D0F" w:rsidP="00013D0F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="11"/>
+        </w:numPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:snapToGrid w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A4297">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Продавец передал Покупателю Недвижимое имущество со следующими показаниями индивидуальных приборов учета:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00013D0F" w:rsidRPr="002A4297" w:rsidRDefault="00013D0F" w:rsidP="00013D0F">
+      <w:pPr>
+        <w:snapToGrid w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A4297">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>- электричество: ____________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00013D0F" w:rsidRPr="002A4297" w:rsidRDefault="00013D0F" w:rsidP="00013D0F">
+      <w:pPr>
+        <w:snapToGrid w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A4297">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>- вода (теплая): _______</w:t>
+      </w:r>
+      <w:r w:rsidR="00957089">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A4297">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>_____</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00013D0F" w:rsidRPr="002A4297" w:rsidRDefault="00013D0F" w:rsidP="00013D0F">
+      <w:pPr>
+        <w:snapToGrid w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A4297">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>- вода (холодная): ______</w:t>
+      </w:r>
+      <w:r w:rsidR="00957089">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A4297">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>___</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00013D0F" w:rsidRPr="002A4297" w:rsidRDefault="00013D0F" w:rsidP="00013D0F">
+      <w:pPr>
+        <w:snapToGrid w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A4297">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>- иное: ____________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00013D0F" w:rsidRDefault="00013D0F" w:rsidP="00013D0F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="11"/>
+        </w:numPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:snapToGrid w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A4297">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Продавец передал Покупателю ключи от замка двери Недвижимого имущества в количестве _________.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00957089" w:rsidRPr="002A4297" w:rsidRDefault="00957089" w:rsidP="00013D0F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="11"/>
+        </w:numPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:snapToGrid w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Покупатель </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00957089">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ознакомился с состоянием имущества, и документацией к нему. Претензий по качеству, состоянию имущества и документации к нему не имеет</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00013D0F" w:rsidRPr="002A4297" w:rsidRDefault="00013D0F" w:rsidP="00013D0F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="11"/>
+        </w:numPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:snapToGrid w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A4297">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Одновременно с Недвижимым имуществом Продавец передал Покупателю, а Покупатель принял следующую техническую документацию:</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="110"/>
+        <w:tblW w:w="5000" w:type="pct"/>
+        <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="683"/>
+        <w:gridCol w:w="1860"/>
+        <w:gridCol w:w="3698"/>
+        <w:gridCol w:w="1233"/>
+        <w:gridCol w:w="2155"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00013D0F" w:rsidRPr="002A4297" w:rsidTr="00013D0F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="355" w:type="pct"/>
+          </w:tcPr>
+          <w:p w:rsidR="00013D0F" w:rsidRPr="002A4297" w:rsidRDefault="00013D0F" w:rsidP="00013D0F">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A4297">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>№ п/п</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="966" w:type="pct"/>
+          </w:tcPr>
+          <w:p w:rsidR="00013D0F" w:rsidRPr="002A4297" w:rsidRDefault="00013D0F" w:rsidP="00013D0F">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A4297">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Номер/шифр документа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1920" w:type="pct"/>
+          </w:tcPr>
+          <w:p w:rsidR="00013D0F" w:rsidRPr="002A4297" w:rsidRDefault="00013D0F" w:rsidP="00013D0F">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A4297">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Наименование документа</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00013D0F" w:rsidRPr="002A4297" w:rsidRDefault="00013D0F" w:rsidP="00013D0F">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="640" w:type="pct"/>
+          </w:tcPr>
+          <w:p w:rsidR="00013D0F" w:rsidRPr="002A4297" w:rsidRDefault="00013D0F" w:rsidP="00013D0F">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A4297">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Кол-во листов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1119" w:type="pct"/>
+          </w:tcPr>
+          <w:p w:rsidR="00013D0F" w:rsidRPr="002A4297" w:rsidRDefault="00013D0F" w:rsidP="00013D0F">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A4297">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Примечание</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00013D0F" w:rsidRPr="002A4297" w:rsidTr="00013D0F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="355" w:type="pct"/>
+          </w:tcPr>
+          <w:p w:rsidR="00013D0F" w:rsidRPr="002A4297" w:rsidRDefault="00013D0F" w:rsidP="00013D0F">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="966" w:type="pct"/>
+          </w:tcPr>
+          <w:p w:rsidR="00013D0F" w:rsidRPr="002A4297" w:rsidRDefault="00013D0F" w:rsidP="00013D0F">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1920" w:type="pct"/>
+          </w:tcPr>
+          <w:p w:rsidR="00013D0F" w:rsidRPr="002A4297" w:rsidRDefault="00013D0F" w:rsidP="00013D0F">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="640" w:type="pct"/>
+          </w:tcPr>
+          <w:p w:rsidR="00013D0F" w:rsidRPr="002A4297" w:rsidRDefault="00013D0F" w:rsidP="00013D0F">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1119" w:type="pct"/>
+          </w:tcPr>
+          <w:p w:rsidR="00013D0F" w:rsidRPr="002A4297" w:rsidRDefault="00013D0F" w:rsidP="00013D0F">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00013D0F" w:rsidRPr="002A4297" w:rsidTr="00013D0F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="355" w:type="pct"/>
+          </w:tcPr>
+          <w:p w:rsidR="00013D0F" w:rsidRPr="002A4297" w:rsidRDefault="00013D0F" w:rsidP="00013D0F">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="966" w:type="pct"/>
+          </w:tcPr>
+          <w:p w:rsidR="00013D0F" w:rsidRPr="002A4297" w:rsidRDefault="00013D0F" w:rsidP="00013D0F">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1920" w:type="pct"/>
+          </w:tcPr>
+          <w:p w:rsidR="00013D0F" w:rsidRPr="002A4297" w:rsidRDefault="00013D0F" w:rsidP="00013D0F">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="640" w:type="pct"/>
+          </w:tcPr>
+          <w:p w:rsidR="00013D0F" w:rsidRPr="002A4297" w:rsidRDefault="00013D0F" w:rsidP="00013D0F">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1119" w:type="pct"/>
+          </w:tcPr>
+          <w:p w:rsidR="00013D0F" w:rsidRPr="002A4297" w:rsidRDefault="00013D0F" w:rsidP="00013D0F">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00013D0F" w:rsidRPr="002A4297" w:rsidTr="00013D0F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="355" w:type="pct"/>
+          </w:tcPr>
+          <w:p w:rsidR="00013D0F" w:rsidRPr="002A4297" w:rsidRDefault="00013D0F" w:rsidP="00013D0F">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:snapToGrid w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="966" w:type="pct"/>
+          </w:tcPr>
+          <w:p w:rsidR="00013D0F" w:rsidRPr="002A4297" w:rsidRDefault="00013D0F" w:rsidP="00013D0F">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:snapToGrid w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1920" w:type="pct"/>
+          </w:tcPr>
+          <w:p w:rsidR="00013D0F" w:rsidRPr="002A4297" w:rsidRDefault="00013D0F" w:rsidP="00013D0F">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:snapToGrid w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="640" w:type="pct"/>
+          </w:tcPr>
+          <w:p w:rsidR="00013D0F" w:rsidRPr="002A4297" w:rsidRDefault="00013D0F" w:rsidP="00013D0F">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:snapToGrid w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1119" w:type="pct"/>
+          </w:tcPr>
+          <w:p w:rsidR="00013D0F" w:rsidRPr="002A4297" w:rsidRDefault="00013D0F" w:rsidP="00013D0F">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:snapToGrid w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="00013D0F" w:rsidRPr="00A32147" w:rsidRDefault="00013D0F" w:rsidP="00013D0F">
+      <w:pPr>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="00A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4788"/>
         <w:gridCol w:w="360"/>
         <w:gridCol w:w="3960"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00962315" w:rsidRPr="002A4297" w:rsidTr="007027BF">
+      <w:tr w:rsidR="00013D0F" w:rsidRPr="002A4297" w:rsidTr="00013D0F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4788" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00962315" w:rsidRPr="002A4297" w:rsidRDefault="00962315" w:rsidP="00962315">
+          <w:p w:rsidR="00013D0F" w:rsidRPr="002A4297" w:rsidRDefault="00013D0F" w:rsidP="00013D0F">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="2835"/>
               </w:tabs>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:ind w:firstLine="360"/>
               <w:contextualSpacing/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002A4297">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>От Покупателя:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="360" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00962315" w:rsidRPr="002A4297" w:rsidRDefault="00962315" w:rsidP="00962315">
+          <w:p w:rsidR="00013D0F" w:rsidRPr="002A4297" w:rsidRDefault="00013D0F" w:rsidP="00013D0F">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="2835"/>
               </w:tabs>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:ind w:firstLine="360"/>
               <w:contextualSpacing/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3960" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00962315" w:rsidRPr="002A4297" w:rsidRDefault="00962315" w:rsidP="00962315">
+          <w:p w:rsidR="00013D0F" w:rsidRPr="002A4297" w:rsidRDefault="00013D0F" w:rsidP="00013D0F">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="2835"/>
               </w:tabs>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:ind w:firstLine="360"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002A4297">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>От Продавца:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00962315" w:rsidRPr="002A4297" w:rsidTr="007027BF">
+      <w:tr w:rsidR="00013D0F" w:rsidRPr="002A4297" w:rsidTr="00013D0F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4788" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00962315" w:rsidRPr="002A4297" w:rsidRDefault="00962315" w:rsidP="00962315">
+          <w:p w:rsidR="00013D0F" w:rsidRPr="002A4297" w:rsidRDefault="00013D0F" w:rsidP="00013D0F">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="2835"/>
+              </w:tabs>
+              <w:snapToGrid w:val="0"/>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:ind w:firstLine="360"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A4297">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Должность</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00013D0F" w:rsidRPr="002A4297" w:rsidRDefault="00013D0F" w:rsidP="00013D0F">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="2835"/>
               </w:tabs>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:ind w:firstLine="360"/>
               <w:contextualSpacing/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
+          <w:p w:rsidR="00013D0F" w:rsidRPr="002A4297" w:rsidRDefault="00013D0F" w:rsidP="00013D0F">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="2835"/>
+              </w:tabs>
+              <w:snapToGrid w:val="0"/>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:ind w:firstLine="360"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A4297">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>________________ Ф.И.О.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00013D0F" w:rsidRPr="002A4297" w:rsidRDefault="00013D0F" w:rsidP="00013D0F">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="2835"/>
+              </w:tabs>
+              <w:snapToGrid w:val="0"/>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:ind w:firstLine="360"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A4297">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>м.п.</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="360" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00962315" w:rsidRPr="002A4297" w:rsidRDefault="00962315" w:rsidP="00962315">
+          <w:p w:rsidR="00013D0F" w:rsidRPr="002A4297" w:rsidRDefault="00013D0F" w:rsidP="00013D0F">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="2835"/>
               </w:tabs>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:ind w:firstLine="360"/>
               <w:contextualSpacing/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3960" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00962315" w:rsidRPr="002A4297" w:rsidRDefault="00962315" w:rsidP="00962315">
+          <w:p w:rsidR="00013D0F" w:rsidRPr="002A4297" w:rsidRDefault="00013D0F" w:rsidP="00013D0F">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="2835"/>
               </w:tabs>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:ind w:firstLine="360"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="002A4297">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Должность</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00013D0F" w:rsidRPr="002A4297" w:rsidRDefault="00013D0F" w:rsidP="00013D0F">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="2835"/>
+              </w:tabs>
+              <w:snapToGrid w:val="0"/>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:ind w:firstLine="360"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00013D0F" w:rsidRPr="002A4297" w:rsidRDefault="00013D0F" w:rsidP="00013D0F">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="2835"/>
+              </w:tabs>
+              <w:snapToGrid w:val="0"/>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:ind w:firstLine="360"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A4297">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>________________ Ф.И.О.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00013D0F" w:rsidRPr="002A4297" w:rsidRDefault="00013D0F" w:rsidP="00013D0F">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="2835"/>
+              </w:tabs>
+              <w:snapToGrid w:val="0"/>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:ind w:firstLine="360"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A4297">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>м.п.</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00BC0513" w:rsidRPr="002A4297" w:rsidRDefault="00BC0513" w:rsidP="00BC0513">
-      <w:pPr>
+    <w:p w:rsidR="00013D0F" w:rsidRPr="002A4297" w:rsidRDefault="00013D0F" w:rsidP="00013D0F">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="12" w:space="1" w:color="auto"/>
+        </w:pBdr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...665 lines deleted...]
-          <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="00A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4788"/>
         <w:gridCol w:w="360"/>
         <w:gridCol w:w="3960"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00DE5A81" w:rsidRPr="002A4297" w:rsidTr="007027BF">
+      <w:tr w:rsidR="00013D0F" w:rsidRPr="002A4297" w:rsidTr="00013D0F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4788" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00DE5A81" w:rsidRPr="002A4297" w:rsidRDefault="00DE5A81" w:rsidP="00DE5A81">
+          <w:p w:rsidR="00013D0F" w:rsidRPr="002A4297" w:rsidRDefault="00013D0F" w:rsidP="00013D0F">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="2835"/>
               </w:tabs>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:ind w:firstLine="360"/>
               <w:contextualSpacing/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002A4297">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>От Покупателя:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="360" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00DE5A81" w:rsidRPr="002A4297" w:rsidRDefault="00DE5A81" w:rsidP="00DE5A81">
+          <w:p w:rsidR="00013D0F" w:rsidRPr="002A4297" w:rsidRDefault="00013D0F" w:rsidP="00013D0F">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="2835"/>
               </w:tabs>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:ind w:firstLine="360"/>
               <w:contextualSpacing/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3960" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00DE5A81" w:rsidRPr="002A4297" w:rsidRDefault="00DE5A81" w:rsidP="00DE5A81">
+          <w:p w:rsidR="00013D0F" w:rsidRPr="002A4297" w:rsidRDefault="00013D0F" w:rsidP="00013D0F">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="2835"/>
               </w:tabs>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:ind w:firstLine="360"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002A4297">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>От Продавца:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
+      <w:tr w:rsidR="00013D0F" w:rsidRPr="002A4297" w:rsidTr="00013D0F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4788" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00013D0F" w:rsidRPr="002A4297" w:rsidRDefault="00013D0F" w:rsidP="00013D0F">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="2835"/>
+              </w:tabs>
+              <w:snapToGrid w:val="0"/>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:ind w:firstLine="360"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A4297">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Должность</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00013D0F" w:rsidRPr="002A4297" w:rsidRDefault="00013D0F" w:rsidP="00013D0F">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="2835"/>
+              </w:tabs>
+              <w:snapToGrid w:val="0"/>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:ind w:firstLine="360"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00013D0F" w:rsidRPr="002A4297" w:rsidRDefault="00013D0F" w:rsidP="00013D0F">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="2835"/>
+              </w:tabs>
+              <w:snapToGrid w:val="0"/>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:ind w:firstLine="360"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A4297">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>________________ Ф.И.О.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00013D0F" w:rsidRPr="002A4297" w:rsidRDefault="00013D0F" w:rsidP="00013D0F">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="2835"/>
+              </w:tabs>
+              <w:snapToGrid w:val="0"/>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:ind w:firstLine="360"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A4297">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>м.п.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="360" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00013D0F" w:rsidRPr="002A4297" w:rsidRDefault="00013D0F" w:rsidP="00013D0F">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="2835"/>
+              </w:tabs>
+              <w:snapToGrid w:val="0"/>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:ind w:firstLine="360"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3960" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00013D0F" w:rsidRPr="002A4297" w:rsidRDefault="00013D0F" w:rsidP="00013D0F">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="2835"/>
+              </w:tabs>
+              <w:snapToGrid w:val="0"/>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:ind w:firstLine="360"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A4297">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Должность</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00013D0F" w:rsidRPr="002A4297" w:rsidRDefault="00013D0F" w:rsidP="00013D0F">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="2835"/>
+              </w:tabs>
+              <w:snapToGrid w:val="0"/>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:ind w:firstLine="360"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00013D0F" w:rsidRPr="002A4297" w:rsidRDefault="00013D0F" w:rsidP="00013D0F">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="2835"/>
+              </w:tabs>
+              <w:snapToGrid w:val="0"/>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:ind w:firstLine="360"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A4297">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>________________ Ф.И.О.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00013D0F" w:rsidRPr="002A4297" w:rsidRDefault="00013D0F" w:rsidP="00013D0F">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="2835"/>
+              </w:tabs>
+              <w:snapToGrid w:val="0"/>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:ind w:firstLine="360"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A4297">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>м.п.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00D95CFA" w:rsidRPr="008E45F4" w:rsidRDefault="00D95CFA">
+    <w:p w:rsidR="00013D0F" w:rsidRPr="002A4297" w:rsidRDefault="00013D0F" w:rsidP="00013D0F">
+      <w:pPr>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A4297">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00013D0F" w:rsidRPr="00E11832" w:rsidRDefault="00013D0F" w:rsidP="00013D0F">
+      <w:pPr>
+        <w:keepNext/>
+        <w:keepLines/>
+        <w:spacing w:before="480" w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:outlineLvl w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="365F91"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Приложение № 2</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00013D0F" w:rsidRPr="002A4297" w:rsidRDefault="00013D0F" w:rsidP="00957089">
+      <w:pPr>
+        <w:snapToGrid w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E11832">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">к Договору </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E11832">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">купли-продажи </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A4297">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>недвижимого</w:t>
+      </w:r>
+      <w:r w:rsidR="00957089">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A4297">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>имущества</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00013D0F" w:rsidRPr="002A4297" w:rsidRDefault="00013D0F" w:rsidP="00013D0F">
+      <w:pPr>
+        <w:snapToGrid w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A4297">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>от_____ №_____</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00013D0F" w:rsidRPr="002A4297" w:rsidRDefault="00013D0F" w:rsidP="00013D0F">
+      <w:pPr>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00013D0F" w:rsidRPr="002A4297" w:rsidRDefault="00013D0F" w:rsidP="00013D0F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F0621D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Антикоррупционная оговорка</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A4297">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00013D0F" w:rsidRPr="002A4297" w:rsidRDefault="00013D0F" w:rsidP="00013D0F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00013D0F" w:rsidRPr="00F0621D" w:rsidRDefault="00013D0F" w:rsidP="00013D0F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F0621D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>1.1. При заключении, исполнении, изменении и расторжении Договора Стороны принимают на себя следующие обязательства:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00013D0F" w:rsidRPr="00F0621D" w:rsidRDefault="00013D0F" w:rsidP="00013D0F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F0621D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>1.1.1.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F0621D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Стороны, их работники, уполномоченные представители и посредники по Договору не предлагают, не обещают, не требуют, не разрешают предоставление, не предоставляют каких-либо денег, ценных бумаг, иного имущества, не оказывают услуги имущественного характера, не выполняют работы, не предоставляют какие-либо имущественные права, прямо или косвенно, лично или через посредников любым лицам для оказания влияния на действия (бездействие) и/или решения этих и/или других лиц с целью получения каких-либо выгод (преимуществ) или для достижения иных целей.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00013D0F" w:rsidRPr="00F0621D" w:rsidRDefault="00013D0F" w:rsidP="00013D0F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F0621D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>1.1.2.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F0621D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Стороны, их работники, уполномоченные представители и посредники по Договору не осуществляют действия (бездействие), квалифицируемые применимым законодательством как дача/получение взятки, коммерческий подкуп, посредничество во взяточничестве/коммерческом подкупе, злоупотребление полномочиями, незаконное вознаграждение от имени юридического лица, а также иные действия (бездействие), нарушающие требования применимого законодательства и применимых норм международного права в области противодействия коррупции.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00013D0F" w:rsidRPr="00F0621D" w:rsidRDefault="00013D0F" w:rsidP="00013D0F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F0621D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>1.1.3.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F0621D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Стороны (i) уведомляют друг друга о ставших известными им обстоятельствах, которые являются или могут явиться основанием для возникновения конфликта интересов; (ii) воздерживаются от совершения действий (бездействия), влекущих за собой возникновение или создающих угрозу возникновения конфликта интересов; (iii) оказывают иное содействие друг другу в целях выявления, предупреждения и предотвращения коррупционных правонарушений и конфликтов интересов в рамках и в связи с отношениями Сторон по Договору.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00013D0F" w:rsidRPr="00F0621D" w:rsidRDefault="00013D0F" w:rsidP="00013D0F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F0621D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>1.2. Положения пункта 1.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0045622C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1 настоящего Приложения распространяются </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F0621D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>на отношения, возникшие до его заключения, но связанные с заключением Договора.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00013D0F" w:rsidRPr="00F0621D" w:rsidRDefault="00013D0F" w:rsidP="00013D0F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F0621D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1.3. В случае появления у Стороны сведений о фактическом или возможном нарушении другой Стороной, ее работниками, представителями или посредниками по Договору каких-либо положений пунктов 1.1.1-1.1.3 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0045622C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>настоящего Приложения</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0045622C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0045622C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>(далее – Нарушение коррупционной направленности), такая Сторона обязуется незамедлительно</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F0621D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> письменно уведомить другую Сторону об этом. Такое уведомление должно содержать указание на реквизиты Договора, описание фактических обстоятельств, связанных с Нарушением коррупционной направленности, которые послужили основанием для направления уведомления. К уведомлению должны быть приложены подтверждающие документы и/или материалы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00013D0F" w:rsidRPr="00F0621D" w:rsidRDefault="00013D0F" w:rsidP="00013D0F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F0621D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Сторона, получившая уведомление, обеспечивает его конфиденциальное рассмотрение, а также направляет другой Стороне мотивированный ответ в течение 30 (тридцати) календарных дней с даты получения уведомления. В случае несогласия Стороны, получившей уведомление, c предоставленными в уведомлении обстоятельствами, связанными с Нарушением коррупционной направленности, которые послужили основанием для направления уведомления и/или подтверждающими документами и/или материалами, в своем ответе она должна привести возражения в отношении направленных сведений о Нарушении коррупционной направленности.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00013D0F" w:rsidRPr="00F0621D" w:rsidRDefault="00013D0F" w:rsidP="00013D0F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F0621D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1.4. В случаях (i) получения Стороной от другой Стороны ответа, подтверждающего Нарушение коррупционной направленности, или (ii) отсутствия в полученном Стороной </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F0621D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>ответе от другой Стороны</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F0621D" w:rsidDel="002A25C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F0621D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>возражений в отношении направленных сведений о Нарушении коррупционной направленности, Сторона вправе расторгнуть Договор в одностороннем внесудебном порядке, направив письменное уведомление о расторжении.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00013D0F" w:rsidRPr="00F0621D" w:rsidRDefault="00013D0F" w:rsidP="00013D0F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F0621D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Договор считается расторгнутым по истечении 10 (десяти) календарных дней с даты получения другой Стороной соответствующего письменного уведомления о расторжении Договора. Сторона, по инициативе которой был расторгнут Договор, в соответствии с положениями настоящего пункта, вправе требовать возмещения реального ущерба, возникшего в результате такого расторжения Договора.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00013D0F" w:rsidRPr="001E0678" w:rsidRDefault="00013D0F" w:rsidP="00013D0F">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00013D0F" w:rsidRPr="00140C09" w:rsidRDefault="00013D0F" w:rsidP="00013D0F">
+      <w:pPr>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Подписи</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00140C09">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Сторон</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00013D0F" w:rsidRPr="002A4297" w:rsidRDefault="00013D0F" w:rsidP="00013D0F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLook w:val="00A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="4788"/>
+        <w:gridCol w:w="360"/>
+        <w:gridCol w:w="3960"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00013D0F" w:rsidRPr="002A4297" w:rsidTr="00013D0F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4788" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00013D0F" w:rsidRPr="00F05B6E" w:rsidRDefault="00013D0F" w:rsidP="00013D0F">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="2835"/>
+              </w:tabs>
+              <w:snapToGrid w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="360"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003F1CCF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>От Покупателя:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="360" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00013D0F" w:rsidRPr="00F05B6E" w:rsidRDefault="00013D0F" w:rsidP="00013D0F">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="2835"/>
+              </w:tabs>
+              <w:snapToGrid w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="360"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3960" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00013D0F" w:rsidRPr="00F05B6E" w:rsidRDefault="00013D0F" w:rsidP="00013D0F">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="2835"/>
+              </w:tabs>
+              <w:snapToGrid w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="360"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F05B6E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>От Продавца:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00013D0F" w:rsidRPr="002A4297" w:rsidTr="00013D0F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4788" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00013D0F" w:rsidRPr="002A4297" w:rsidRDefault="00013D0F" w:rsidP="00013D0F">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="2835"/>
+              </w:tabs>
+              <w:snapToGrid w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="360"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A4297">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Должность</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00013D0F" w:rsidRPr="002A4297" w:rsidRDefault="00013D0F" w:rsidP="00013D0F">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="2835"/>
+              </w:tabs>
+              <w:snapToGrid w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="360"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00013D0F" w:rsidRPr="002A4297" w:rsidRDefault="00013D0F" w:rsidP="00013D0F">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="2835"/>
+              </w:tabs>
+              <w:snapToGrid w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="360"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00013D0F" w:rsidRPr="002A4297" w:rsidRDefault="00013D0F" w:rsidP="00013D0F">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="2835"/>
+              </w:tabs>
+              <w:snapToGrid w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="360"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A4297">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>________________ Ф.И.О.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00013D0F" w:rsidRPr="002A4297" w:rsidRDefault="00013D0F" w:rsidP="00013D0F">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="2835"/>
+              </w:tabs>
+              <w:snapToGrid w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="360"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A4297">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>м.п.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="360" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00013D0F" w:rsidRPr="002A4297" w:rsidRDefault="00013D0F" w:rsidP="00013D0F">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="2835"/>
+              </w:tabs>
+              <w:snapToGrid w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="360"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3960" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00013D0F" w:rsidRPr="002A4297" w:rsidRDefault="00013D0F" w:rsidP="00013D0F">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="2835"/>
+              </w:tabs>
+              <w:snapToGrid w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="360"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A4297">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Должность</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00013D0F" w:rsidRPr="002A4297" w:rsidRDefault="00013D0F" w:rsidP="00013D0F">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="2835"/>
+              </w:tabs>
+              <w:snapToGrid w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="360"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00013D0F" w:rsidRPr="002A4297" w:rsidRDefault="00013D0F" w:rsidP="00013D0F">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="2835"/>
+              </w:tabs>
+              <w:snapToGrid w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="360"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00013D0F" w:rsidRPr="002A4297" w:rsidRDefault="00013D0F" w:rsidP="00013D0F">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="2835"/>
+              </w:tabs>
+              <w:snapToGrid w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="360"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A4297">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>________________ Ф.И.О.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00013D0F" w:rsidRPr="002A4297" w:rsidRDefault="00013D0F" w:rsidP="00013D0F">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="2835"/>
+              </w:tabs>
+              <w:snapToGrid w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="360"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A4297">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>м.п.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="00013D0F" w:rsidRPr="00A32147" w:rsidRDefault="00013D0F" w:rsidP="00013D0F">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="00D95CFA" w:rsidRPr="008E45F4" w:rsidSect="007027BF">
+    <w:p w:rsidR="00013D0F" w:rsidRPr="00AA1F09" w:rsidRDefault="00013D0F" w:rsidP="00013D0F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="26" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="26"/>
+    </w:p>
+    <w:sectPr w:rsidR="00013D0F" w:rsidRPr="00AA1F09" w:rsidSect="00013D0F">
       <w:footerReference w:type="default" r:id="rId7"/>
       <w:footerReference w:type="first" r:id="rId8"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="1133" w:bottom="1134" w:left="1134" w:header="708" w:footer="195" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00941B31" w:rsidRDefault="00941B31" w:rsidP="00BC0513">
+    <w:p w:rsidR="003579ED" w:rsidRDefault="003579ED" w:rsidP="00013D0F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00941B31" w:rsidRDefault="00941B31" w:rsidP="00BC0513">
+    <w:p w:rsidR="003579ED" w:rsidRDefault="003579ED" w:rsidP="00013D0F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
@@ -16537,246 +16102,1103 @@
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
-  <w:p w:rsidR="00941B31" w:rsidRDefault="00941B31" w:rsidP="007027BF">
+  <w:p w:rsidR="00013D0F" w:rsidRDefault="00013D0F" w:rsidP="00013D0F">
     <w:pPr>
       <w:pStyle w:val="a7"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:noProof/>
         <w:lang w:eastAsia="ru-RU"/>
       </w:rPr>
       <w:drawing>
-        <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="2EBD81E1" wp14:editId="372C6F7A">
+        <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="6E1EE6B5" wp14:editId="3285B1C7">
           <wp:extent cx="9526" cy="9526"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:docPr id="2" name="Рисунок 2"/>
           <wp:cNvGraphicFramePr/>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="2" name=""/>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:link="rId1"/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="9526" cy="9526"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
   </w:p>
-  <w:p w:rsidR="00941B31" w:rsidRPr="002E0356" w:rsidRDefault="001024E8">
+  <w:p w:rsidR="00013D0F" w:rsidRPr="002E0356" w:rsidRDefault="00013D0F" w:rsidP="00013D0F">
+    <w:pPr>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:r w:rsidRPr="002E0356">
+      <w:t>______________</w:t>
+    </w:r>
+    <w:r>
+      <w:t>_____</w:t>
+    </w:r>
+    <w:r w:rsidRPr="002E0356">
+      <w:t>__/_____________</w:t>
+    </w:r>
+    <w:r>
+      <w:t>_____</w:t>
+    </w:r>
+    <w:r w:rsidRPr="002E0356">
+      <w:t>___/     _____________</w:t>
+    </w:r>
+    <w:r>
+      <w:t>____</w:t>
+    </w:r>
+    <w:r w:rsidRPr="002E0356">
+      <w:t>___/______________</w:t>
+    </w:r>
+    <w:r>
+      <w:t>____</w:t>
+    </w:r>
+    <w:r w:rsidRPr="002E0356">
+      <w:t>__/</w:t>
+    </w:r>
+  </w:p>
+  <w:p w:rsidR="00013D0F" w:rsidRPr="002E0356" w:rsidRDefault="00013D0F">
     <w:pPr>
       <w:pStyle w:val="a7"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       </w:rPr>
     </w:pPr>
     <w:sdt>
       <w:sdtPr>
         <w:id w:val="-1531171477"/>
         <w:docPartObj>
           <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
           <w:docPartUnique/>
         </w:docPartObj>
       </w:sdtPr>
       <w:sdtEndPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:sdtEndPr>
       <w:sdtContent>
-        <w:r w:rsidR="00941B31" w:rsidRPr="002E0356">
+        <w:r w:rsidRPr="002E0356">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00941B31" w:rsidRPr="002E0356">
+        <w:r w:rsidRPr="002E0356">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           </w:rPr>
           <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
         </w:r>
-        <w:r w:rsidR="00941B31" w:rsidRPr="002E0356">
+        <w:r w:rsidRPr="002E0356">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00957089">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:noProof/>
           </w:rPr>
-          <w:t>2</w:t>
+          <w:t>15</w:t>
         </w:r>
-        <w:r w:rsidR="00941B31" w:rsidRPr="002E0356">
+        <w:r w:rsidRPr="002E0356">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:sdtContent>
     </w:sdt>
   </w:p>
-  <w:p w:rsidR="00941B31" w:rsidRPr="00A32147" w:rsidRDefault="00941B31" w:rsidP="007027BF">
+  <w:p w:rsidR="00013D0F" w:rsidRPr="00A32147" w:rsidRDefault="00013D0F" w:rsidP="00013D0F">
     <w:pPr>
       <w:pStyle w:val="a7"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
-  <w:p w:rsidR="00941B31" w:rsidRPr="00684B5A" w:rsidRDefault="00941B31" w:rsidP="007027BF">
+  <w:p w:rsidR="00013D0F" w:rsidRPr="00684B5A" w:rsidRDefault="00013D0F" w:rsidP="00013D0F">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4677"/>
         <w:tab w:val="right" w:pos="9355"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
       </w:rPr>
     </w:pPr>
+    <w:r w:rsidRPr="00684B5A">
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+      <w:t>________________/________________/     ________________/________________/</w:t>
+    </w:r>
   </w:p>
-  <w:p w:rsidR="00941B31" w:rsidRDefault="00941B31">
+  <w:p w:rsidR="00013D0F" w:rsidRDefault="00013D0F">
     <w:pPr>
       <w:pStyle w:val="a7"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00941B31" w:rsidRDefault="00941B31" w:rsidP="00BC0513">
+    <w:p w:rsidR="003579ED" w:rsidRDefault="003579ED" w:rsidP="00013D0F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00941B31" w:rsidRDefault="00941B31" w:rsidP="00BC0513">
+    <w:p w:rsidR="003579ED" w:rsidRDefault="003579ED" w:rsidP="00013D0F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="1">
-    <w:p w:rsidR="00451B2A" w:rsidRPr="001026CE" w:rsidRDefault="00451B2A" w:rsidP="00451B2A">
+    <w:p w:rsidR="00013D0F" w:rsidRPr="001026CE" w:rsidRDefault="00013D0F" w:rsidP="00013D0F">
       <w:pPr>
         <w:pStyle w:val="a9"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:id="2">
+    <w:p w:rsidR="00013D0F" w:rsidRPr="001026CE" w:rsidRDefault="00013D0F" w:rsidP="00013D0F">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001026CE">
+        <w:rPr>
+          <w:rStyle w:val="af5"/>
+        </w:rPr>
+        <w:footnoteRef/>
+      </w:r>
+      <w:r w:rsidRPr="001026CE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t> Указывается наименование и реквизиты документа, на основании которого действует представитель Продавца.</w:t>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:id="3">
+    <w:p w:rsidR="00013D0F" w:rsidRPr="001026CE" w:rsidRDefault="00013D0F" w:rsidP="00013D0F">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001026CE">
+        <w:rPr>
+          <w:rStyle w:val="af5"/>
+        </w:rPr>
+        <w:footnoteRef/>
+      </w:r>
+      <w:r w:rsidRPr="001026CE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t> Указывается полное и сокращённое наименование Покупателя.</w:t>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:id="4">
+    <w:p w:rsidR="00013D0F" w:rsidRPr="001026CE" w:rsidRDefault="00013D0F" w:rsidP="00013D0F">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001026CE">
+        <w:rPr>
+          <w:rStyle w:val="af5"/>
+        </w:rPr>
+        <w:footnoteRef/>
+      </w:r>
+      <w:r w:rsidRPr="001026CE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t> Указывается должность, фамилия, имя, отчество представителя Покупателя.</w:t>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:id="5">
+    <w:p w:rsidR="00013D0F" w:rsidRPr="001026CE" w:rsidRDefault="00013D0F" w:rsidP="00013D0F">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001026CE">
+        <w:rPr>
+          <w:rStyle w:val="af5"/>
+        </w:rPr>
+        <w:footnoteRef/>
+      </w:r>
+      <w:r w:rsidRPr="001026CE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t> Указывается наименование и реквизиты документа, на основании которого действует представитель Покупателя.</w:t>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:id="6">
+    <w:p w:rsidR="00013D0F" w:rsidRPr="001026CE" w:rsidRDefault="00013D0F" w:rsidP="00013D0F">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001026CE">
+        <w:rPr>
+          <w:rStyle w:val="af5"/>
+        </w:rPr>
+        <w:footnoteRef/>
+      </w:r>
+      <w:r w:rsidRPr="001026CE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t> Если Покупателем является физическое лицо, для него указываются: фамилия, имя, отчество (полностью), паспортные данные. Если физическое лицо не имеет представителя, сведения о представителе не приводятся. Для индивидуального предпринимателя после ФИО указывается: «действующий в качестве индивидуального предпринимателя».</w:t>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:id="7">
+    <w:p w:rsidR="00013D0F" w:rsidRPr="001026CE" w:rsidRDefault="00013D0F" w:rsidP="00013D0F">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001026CE">
+        <w:rPr>
+          <w:rStyle w:val="af5"/>
+        </w:rPr>
+        <w:footnoteRef/>
+      </w:r>
+      <w:r w:rsidRPr="001026CE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Содержание пункта </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> REF _Ref140594226 \r \h </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>1.1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001026CE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>Договора подлежит изменению в зависимости от конкретного состава реализуемого Имущества.</w:t>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:id="8">
+    <w:p w:rsidR="00013D0F" w:rsidRPr="001026CE" w:rsidRDefault="00013D0F" w:rsidP="00013D0F">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001026CE">
+        <w:rPr>
+          <w:rStyle w:val="af5"/>
+        </w:rPr>
+        <w:footnoteRef/>
+      </w:r>
+      <w:r w:rsidRPr="001026CE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t> Приводится описание недвижимости и е</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B5F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>е</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001026CE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> характеристики (помещение/здание/сооружение/объект незавершенного строительства и др., количество этажей, площадь и др.) в соответствии с Единым государственным реестром недвижимости.</w:t>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:id="9">
+    <w:p w:rsidR="00013D0F" w:rsidRPr="001026CE" w:rsidRDefault="00013D0F" w:rsidP="00013D0F">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001026CE">
+        <w:rPr>
+          <w:rStyle w:val="af5"/>
+        </w:rPr>
+        <w:footnoteRef/>
+      </w:r>
+      <w:r w:rsidRPr="001026CE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t> Указывается в соответствии с Единым государственным реестром недвижимости.</w:t>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:id="10">
+    <w:p w:rsidR="00013D0F" w:rsidRPr="001026CE" w:rsidRDefault="00013D0F" w:rsidP="00013D0F">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001026CE">
+        <w:rPr>
+          <w:rStyle w:val="af5"/>
+        </w:rPr>
+        <w:footnoteRef/>
+      </w:r>
+      <w:r w:rsidRPr="001026CE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t> Указывается в соответствии с Единым государственным реестром недвижимости.</w:t>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:id="11">
+    <w:p w:rsidR="00013D0F" w:rsidRPr="001026CE" w:rsidRDefault="00013D0F" w:rsidP="00013D0F">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001026CE">
+        <w:rPr>
+          <w:rStyle w:val="af5"/>
+        </w:rPr>
+        <w:footnoteRef/>
+      </w:r>
+      <w:r w:rsidRPr="001026CE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t> Указать наименование и реквизиты правоустанавливающих документов в соответствии со свидетельством о праве собственности или выпиской из Единого государственного реестра недвижимости.</w:t>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:id="12">
+    <w:p w:rsidR="00013D0F" w:rsidRPr="001026CE" w:rsidRDefault="00013D0F" w:rsidP="00013D0F">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001026CE">
+        <w:rPr>
+          <w:rStyle w:val="af5"/>
+        </w:rPr>
+        <w:footnoteRef/>
+      </w:r>
+      <w:r w:rsidRPr="001026CE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t> Указать дату и номер регистрации права собственности в Едином государственном реестре недвижимости.</w:t>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:id="13">
+    <w:p w:rsidR="00013D0F" w:rsidRPr="001026CE" w:rsidRDefault="00013D0F" w:rsidP="00013D0F">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001026CE">
+        <w:rPr>
+          <w:rStyle w:val="af5"/>
+        </w:rPr>
+        <w:footnoteRef/>
+      </w:r>
+      <w:r w:rsidRPr="001026CE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t> Указать наименование органа регистрации прав, а также реквизиты свидетельства о праве собственности / иного правоустанавливающего документа (серия, номер, дата выдачи) или выписки из Единого государственного реестра недвижимости (дата выдачи, номер).</w:t>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:id="14">
+    <w:p w:rsidR="00013D0F" w:rsidRPr="001026CE" w:rsidRDefault="00013D0F" w:rsidP="00013D0F">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001026CE">
+        <w:rPr>
+          <w:rStyle w:val="af5"/>
+        </w:rPr>
+        <w:footnoteRef/>
+      </w:r>
+      <w:r w:rsidRPr="001026CE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t> В случае наличия ограничений и/или обременений пункт следует дополнить следующим текстом: «, за исключением: ___ (указываются имеющиеся ограничения и обременения, а также приводятся названия и реквизиты документов, которыми они установлены/подтверждаются) ___», а также, при наличии, копии документов, которыми установлены/подтверждаются ограничения и обременения, прилагаются к Договору.</w:t>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:id="15">
+    <w:p w:rsidR="00013D0F" w:rsidRPr="001026CE" w:rsidRDefault="00013D0F" w:rsidP="00013D0F">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001026CE">
+        <w:rPr>
+          <w:rStyle w:val="af5"/>
+        </w:rPr>
+        <w:footnoteRef/>
+      </w:r>
+      <w:r w:rsidRPr="001026CE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t> При необходимости, пункт может быть дополнен предложением: «Стороны пришли к соглашению, что условия Договора распространяются (пункт 2 статьи 425 ГК РФ) на правоотношения Сторон, возникшие с _________ (указать дату)». В данном случае дата начала отношений Сторон не должна предшествовать дате принятия решения уполномоченным органом.</w:t>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:id="16">
+    <w:p w:rsidR="00013D0F" w:rsidRPr="001026CE" w:rsidRDefault="00013D0F" w:rsidP="00013D0F">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="001026CE">
         <w:rPr>
           <w:rStyle w:val="af5"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="001026CE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="001026CE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
-        <w:t>К доходам физического лица относятся суммы неустойки, выплачиваемые Продавцом в соответствии с пунктами 6.4 и 6.6 Договора, согласно подпункту 10 пункта 1 статьи 208, статье 217, пункту 1 статьи 226 НК РФ, письма Минфина России от 27.08.2021 № 03-04-05/69276 (пункт 2), письма ФНС России от 17.07.2015 №</w:t>
+        <w:t xml:space="preserve">В случае, если оплата по Договору производится кредитными денежными средствами, пункт </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> REF _Ref486328488 \r \h </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>3.1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidRPr="001026CE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Договора излагается в следующей редакции: «3.1. Продавец не позднее 10 (десяти) рабочих дней со дня подписания Договора передает Покупателю Имущество по акту приема-передачи, составленному по форме Приложения № 1 к Договору.».</w:t>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:id="17">
+    <w:p w:rsidR="00013D0F" w:rsidRPr="001026CE" w:rsidRDefault="00013D0F" w:rsidP="00013D0F">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001026CE">
+        <w:rPr>
+          <w:rStyle w:val="af5"/>
+        </w:rPr>
+        <w:footnoteRef/>
+      </w:r>
+      <w:r w:rsidRPr="001026CE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Срок 10 (десять) рабочих дней указывается при заключении договора купли-продажи недвижимого </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>имущества. В случае заключения Д</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001026CE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>оговора купли-продажи недвижимого имущества с последующей арендой данного имущества (с обратной арендой) указывается иной срок в соответствии с решением уполномоченного органа.</w:t>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:id="18">
+    <w:p w:rsidR="00013D0F" w:rsidRPr="001026CE" w:rsidRDefault="00013D0F" w:rsidP="00013D0F">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001026CE">
+        <w:rPr>
+          <w:rStyle w:val="af5"/>
+        </w:rPr>
+        <w:footnoteRef/>
+      </w:r>
+      <w:r w:rsidRPr="001026CE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t> В случае, если движимое имущество не продается, то вместо слов: «Недвижимое имущество», указывается слово «Имущество».</w:t>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:id="19">
+    <w:p w:rsidR="00013D0F" w:rsidRPr="001026CE" w:rsidRDefault="00013D0F" w:rsidP="00013D0F">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001026CE">
+        <w:rPr>
+          <w:rStyle w:val="af5"/>
+        </w:rPr>
+        <w:footnoteRef/>
+      </w:r>
+      <w:r w:rsidRPr="001026CE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t> Здесь и далее при подобном указании места для заполнения стоимости («_________ (_________) ________») перед скобками приводится значение стоимости в цифрах, а в скобках – прописью, после скобок приводится наименование валюты, в которой выражена стоимость.</w:t>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:id="20">
+    <w:p w:rsidR="00013D0F" w:rsidRPr="001026CE" w:rsidRDefault="00013D0F" w:rsidP="00013D0F">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001026CE">
+        <w:rPr>
+          <w:rStyle w:val="af5"/>
+        </w:rPr>
+        <w:footnoteRef/>
+      </w:r>
+      <w:r w:rsidRPr="001026CE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t> Пункт договора указывается в случае оплаты не кредитными денежными средствами.</w:t>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:id="21">
+    <w:p w:rsidR="00013D0F" w:rsidRPr="001026CE" w:rsidRDefault="00013D0F" w:rsidP="00013D0F">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001026CE">
+        <w:rPr>
+          <w:rStyle w:val="af5"/>
+        </w:rPr>
+        <w:footnoteRef/>
+      </w:r>
+      <w:r w:rsidRPr="001026CE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Пункт </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>Д</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001026CE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">оговора указывается в случае оплаты кредитными денежными средствами. В данном случае пункт </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>4.3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001026CE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Договора необходимо исключить, а пункт </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001026CE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r w:rsidRPr="001026CE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> REF _Ref486328488 \r \h  \* MERGEFORMAT </w:instrText>
+      </w:r>
+      <w:r w:rsidRPr="001026CE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="001026CE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>3.1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001026CE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidRPr="001026CE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Договора изложить в следующей редакции: «Продавец не позднее 10</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="001026CE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
-        <w:t xml:space="preserve">СА-4-7/12693@). </w:t>
+        <w:t>(десяти) рабочих дней со дня подписания Договора передает Покупателю Имущество по акту приема-передачи, составленному по форме Приложения № 1 к Договору.».</w:t>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:id="22">
+    <w:p w:rsidR="00013D0F" w:rsidRPr="001026CE" w:rsidRDefault="00013D0F" w:rsidP="00013D0F">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001026CE">
+        <w:rPr>
+          <w:rStyle w:val="af5"/>
+        </w:rPr>
+        <w:footnoteRef/>
+      </w:r>
+      <w:r w:rsidRPr="001026CE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t> Слова «(оставшейся части в размере ________ (____________) ________, включая НДС (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>22</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001026CE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> %)» указываются в случае заключения Договора по результатам проведения торгов в форме аукциона и внесения Покупателем задатка для участия в данном аукционе, в случае, если указанное предусмотрено документацией на проведение торгов и договором с организатором торгов.</w:t>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:id="23">
+    <w:p w:rsidR="00013D0F" w:rsidRPr="001026CE" w:rsidRDefault="00013D0F" w:rsidP="00013D0F">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001026CE">
+        <w:rPr>
+          <w:rStyle w:val="af5"/>
+        </w:rPr>
+        <w:footnoteRef/>
+      </w:r>
+      <w:r w:rsidRPr="001026CE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t> Указывается полное наименование кредитной организации.</w:t>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:id="24">
+    <w:p w:rsidR="00013D0F" w:rsidRPr="001026CE" w:rsidRDefault="00013D0F" w:rsidP="00013D0F">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001026CE">
+        <w:rPr>
+          <w:rStyle w:val="af5"/>
+        </w:rPr>
+        <w:footnoteRef/>
+      </w:r>
+      <w:r w:rsidRPr="001026CE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t> Указывается территориальное подразделение кредитной организации (при наличии).</w:t>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:id="25">
+    <w:p w:rsidR="00013D0F" w:rsidRPr="001026CE" w:rsidRDefault="00013D0F" w:rsidP="00013D0F">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001026CE">
+        <w:rPr>
+          <w:rStyle w:val="af5"/>
+        </w:rPr>
+        <w:footnoteRef/>
+      </w:r>
+      <w:r w:rsidRPr="001026CE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Пункт Договора указывается в случае оплаты кредитными денежными средствами. В данном случае пункт </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001026CE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r w:rsidRPr="001026CE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> REF _Ref82174936 \r \h </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> \* MERGEFORMAT </w:instrText>
+      </w:r>
+      <w:r w:rsidRPr="001026CE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="001026CE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>4.3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001026CE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidRPr="001026CE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Договора необходимо исключить, а пункт </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001026CE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r w:rsidRPr="001026CE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> REF _Ref486328488 \r \h  \* MERGEFORMAT </w:instrText>
+      </w:r>
+      <w:r w:rsidRPr="001026CE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="001026CE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>3.1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001026CE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidRPr="001026CE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Договора изложить в следующей редакции: «Продавец не позднее 10 (десяти) рабочих дней со дня подписания Договора передает Покупателю Имущество по акту приема-передачи, составленному по форме Приложения № 1 к Договору.».</w:t>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="06BA3A71"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="CC186F2C"/>
     <w:lvl w:ilvl="0" w:tplc="E0049BF0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="3.1.%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1429" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
@@ -22240,132 +22662,141 @@
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="47">
     <w:abstractNumId w:val="24"/>
   </w:num>
   <w:num w:numId="48">
     <w:abstractNumId w:val="22"/>
   </w:num>
+  <w:num w:numId="49">
+    <w:abstractNumId w:val="7"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="1">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="2">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="3">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="4">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="5">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="6">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="7">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="8">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+  </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
-  <w:zoom w:percent="110"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:zoom w:percent="120"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00BC0513"/>
-[...17 lines deleted...]
-    <w:rsid w:val="008E45F4"/>
+    <w:rsidRoot w:val="00013D0F"/>
+    <w:rsid w:val="00013D0F"/>
+    <w:rsid w:val="000853C3"/>
+    <w:rsid w:val="000D2C9F"/>
+    <w:rsid w:val="003579ED"/>
     <w:rsid w:val="00930A8B"/>
-    <w:rsid w:val="00941B31"/>
-[...4 lines deleted...]
-    <w:rsid w:val="00BF5B44"/>
+    <w:rsid w:val="00957089"/>
     <w:rsid w:val="00C631C3"/>
+    <w:rsid w:val="00C6408C"/>
     <w:rsid w:val="00D95CFA"/>
-    <w:rsid w:val="00DE5A81"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00E8130D"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
+  <w14:docId w14:val="3996ED29"/>
   <w15:chartTrackingRefBased/>
-  <w15:docId w15:val="{2F02F078-0139-4CA9-9A10-9FE37E208198}"/>
+  <w15:docId w15:val="{E0A17043-5F05-455F-8EE1-56FCAC71BD94}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -22718,1114 +23149,1114 @@
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a1">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00BC0513"/>
+    <w:rsid w:val="00013D0F"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="10">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="a1"/>
     <w:next w:val="a1"/>
     <w:link w:val="11"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
-    <w:rsid w:val="00BC0513"/>
+    <w:rsid w:val="00013D0F"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="240" w:after="0"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:color w:val="365F91"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="5">
     <w:name w:val="heading 5"/>
     <w:basedOn w:val="a1"/>
     <w:next w:val="a1"/>
     <w:link w:val="50"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00BC0513"/>
+    <w:rsid w:val="00013D0F"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="40" w:after="0"/>
       <w:outlineLvl w:val="4"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Times New Roman"/>
       <w:color w:val="243F60"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="6">
     <w:name w:val="heading 6"/>
     <w:basedOn w:val="a1"/>
     <w:next w:val="a1"/>
     <w:link w:val="60"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00BC0513"/>
+    <w:rsid w:val="00013D0F"/>
     <w:pPr>
       <w:keepNext/>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="680"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="709" w:hanging="142"/>
       <w:jc w:val="both"/>
       <w:outlineLvl w:val="5"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:sz w:val="24"/>
       <w:szCs w:val="20"/>
       <w:lang w:val="x-none" w:eastAsia="x-none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a2">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a3">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a4">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="11">
     <w:name w:val="Заголовок 1 Знак"/>
     <w:basedOn w:val="a2"/>
     <w:link w:val="10"/>
     <w:uiPriority w:val="9"/>
-    <w:rsid w:val="00BC0513"/>
+    <w:rsid w:val="00013D0F"/>
     <w:rPr>
       <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:color w:val="365F91"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="50">
     <w:name w:val="Заголовок 5 Знак"/>
     <w:basedOn w:val="a2"/>
     <w:link w:val="5"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
-    <w:rsid w:val="00BC0513"/>
+    <w:rsid w:val="00013D0F"/>
     <w:rPr>
       <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Times New Roman"/>
       <w:color w:val="243F60"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="60">
     <w:name w:val="Заголовок 6 Знак"/>
     <w:basedOn w:val="a2"/>
     <w:link w:val="6"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="00BC0513"/>
+    <w:rsid w:val="00013D0F"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:sz w:val="24"/>
       <w:szCs w:val="20"/>
       <w:lang w:val="x-none" w:eastAsia="x-none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a5">
     <w:name w:val="header"/>
     <w:basedOn w:val="a1"/>
     <w:link w:val="a6"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00BC0513"/>
+    <w:rsid w:val="00013D0F"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4677"/>
         <w:tab w:val="right" w:pos="9355"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="a6">
     <w:name w:val="Верхний колонтитул Знак"/>
     <w:basedOn w:val="a2"/>
     <w:link w:val="a5"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00BC0513"/>
+    <w:rsid w:val="00013D0F"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a7">
     <w:name w:val="footer"/>
     <w:basedOn w:val="a1"/>
     <w:link w:val="a8"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00BC0513"/>
+    <w:rsid w:val="00013D0F"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4677"/>
         <w:tab w:val="right" w:pos="9355"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="a8">
     <w:name w:val="Нижний колонтитул Знак"/>
     <w:basedOn w:val="a2"/>
     <w:link w:val="a7"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00BC0513"/>
+    <w:rsid w:val="00013D0F"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="51">
     <w:name w:val="Заголовок 51"/>
     <w:basedOn w:val="a1"/>
     <w:next w:val="a1"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00BC0513"/>
+    <w:rsid w:val="00013D0F"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:widowControl w:val="0"/>
       <w:spacing w:before="200" w:after="0" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="4"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Times New Roman"/>
       <w:color w:val="243F60"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="numbering" w:customStyle="1" w:styleId="12">
     <w:name w:val="Нет списка1"/>
     <w:next w:val="a4"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00BC0513"/>
+    <w:rsid w:val="00013D0F"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a9">
     <w:name w:val="footnote text"/>
     <w:aliases w:val="Знак,Текст сноски Знак2,Текст сноски Знак1 Знак,Текст сноски Знак Знак Знак,Текст сноски Знак Знак Знак Знак Знак,Текст сноски Знак Знак1 Знак,Текст сноски Знак1 Знак Знак Знак,Текст сноски Знак Знак Знак Знак Знак Знак Знак,fn,FT,ft"/>
     <w:basedOn w:val="a1"/>
     <w:link w:val="aa"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00BC0513"/>
+    <w:rsid w:val="00013D0F"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="aa">
     <w:name w:val="Текст сноски Знак"/>
     <w:aliases w:val="Знак Знак,Текст сноски Знак2 Знак,Текст сноски Знак1 Знак Знак,Текст сноски Знак Знак Знак Знак,Текст сноски Знак Знак Знак Знак Знак Знак,Текст сноски Знак Знак1 Знак Знак,Текст сноски Знак1 Знак Знак Знак Знак,fn Знак,FT Знак,ft Знак"/>
     <w:basedOn w:val="a2"/>
     <w:link w:val="a9"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00BC0513"/>
+    <w:rsid w:val="00013D0F"/>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ab">
     <w:name w:val="annotation text"/>
     <w:basedOn w:val="a1"/>
     <w:link w:val="ac"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00BC0513"/>
+    <w:rsid w:val="00013D0F"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="ac">
     <w:name w:val="Текст примечания Знак"/>
     <w:basedOn w:val="a2"/>
     <w:link w:val="ab"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00BC0513"/>
+    <w:rsid w:val="00013D0F"/>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ad">
     <w:name w:val="Body Text"/>
     <w:basedOn w:val="a1"/>
     <w:link w:val="ae"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00BC0513"/>
+    <w:rsid w:val="00013D0F"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="20"/>
       <w:lang w:val="x-none" w:eastAsia="x-none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="ae">
     <w:name w:val="Основной текст Знак"/>
     <w:basedOn w:val="a2"/>
     <w:link w:val="ad"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00BC0513"/>
+    <w:rsid w:val="00013D0F"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="20"/>
       <w:lang w:val="x-none" w:eastAsia="x-none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="af">
     <w:name w:val="Body Text Indent"/>
     <w:basedOn w:val="a1"/>
     <w:link w:val="af0"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00BC0513"/>
+    <w:rsid w:val="00013D0F"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind w:firstLine="720"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="20"/>
       <w:lang w:val="x-none" w:eastAsia="x-none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="af0">
     <w:name w:val="Основной текст с отступом Знак"/>
     <w:basedOn w:val="a2"/>
     <w:link w:val="af"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00BC0513"/>
+    <w:rsid w:val="00013D0F"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="20"/>
       <w:lang w:val="x-none" w:eastAsia="x-none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="af1">
     <w:name w:val="Plain Text"/>
     <w:basedOn w:val="a1"/>
     <w:link w:val="af2"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00BC0513"/>
+    <w:rsid w:val="00013D0F"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Times New Roman"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:val="x-none" w:eastAsia="x-none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="af2">
     <w:name w:val="Текст Знак"/>
     <w:basedOn w:val="a2"/>
     <w:link w:val="af1"/>
-    <w:rsid w:val="00BC0513"/>
+    <w:rsid w:val="00013D0F"/>
     <w:rPr>
       <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Times New Roman"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:val="x-none" w:eastAsia="x-none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="af3">
     <w:name w:val="List Paragraph"/>
     <w:aliases w:val="1,UL,Абзац маркированнный,Bullet Number"/>
     <w:basedOn w:val="a1"/>
     <w:link w:val="af4"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
-    <w:rsid w:val="00BC0513"/>
+    <w:rsid w:val="00013D0F"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="13">
     <w:name w:val="Обычный1"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00BC0513"/>
+    <w:rsid w:val="00013D0F"/>
     <w:pPr>
       <w:snapToGrid w:val="0"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Style6">
     <w:name w:val="Style6"/>
     <w:basedOn w:val="a1"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00BC0513"/>
+    <w:rsid w:val="00013D0F"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:after="0" w:line="307" w:lineRule="exact"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="af5">
     <w:name w:val="footnote reference"/>
     <w:aliases w:val="Знак сноски 1,Знак сноски-FN,Iiaienu1 Знак2,Oaeno1 Знак2,Текст1 Знак2,Òåêñò1 Знак2,bt Знак2,OT-EA Знак1,Iiaienu1 Знак Знак1,Oaeno1 Знак Знак1,Текст1 Знак Знак1,Òåêñò1 Знак Знак1,bt Знак Знак1,Основной текст Знак2,OT-ИВ Знак2,OT-ÈÂ Зн,fr,o"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00BC0513"/>
+    <w:rsid w:val="00013D0F"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FontStyle36">
     <w:name w:val="Font Style36"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00BC0513"/>
+    <w:rsid w:val="00013D0F"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="af6">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="a1"/>
     <w:link w:val="af7"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00BC0513"/>
+    <w:rsid w:val="00013D0F"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="af7">
     <w:name w:val="Текст выноски Знак"/>
     <w:basedOn w:val="a2"/>
     <w:link w:val="af6"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="00BC0513"/>
+    <w:rsid w:val="00013D0F"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="af8">
     <w:name w:val="endnote text"/>
     <w:basedOn w:val="a1"/>
     <w:link w:val="af9"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00BC0513"/>
+    <w:rsid w:val="00013D0F"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="af9">
     <w:name w:val="Текст концевой сноски Знак"/>
     <w:basedOn w:val="a2"/>
     <w:link w:val="af8"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="00BC0513"/>
+    <w:rsid w:val="00013D0F"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="afa">
     <w:name w:val="endnote reference"/>
     <w:basedOn w:val="a2"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00BC0513"/>
+    <w:rsid w:val="00013D0F"/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="20">
     <w:name w:val="Body Text Indent 2"/>
     <w:basedOn w:val="a1"/>
     <w:link w:val="21"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00BC0513"/>
+    <w:rsid w:val="00013D0F"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:spacing w:after="120" w:line="480" w:lineRule="auto"/>
       <w:ind w:left="283"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="21">
     <w:name w:val="Основной текст с отступом 2 Знак"/>
     <w:basedOn w:val="a2"/>
     <w:link w:val="20"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="00BC0513"/>
+    <w:rsid w:val="00013D0F"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="22">
     <w:name w:val="Body Text 2"/>
     <w:basedOn w:val="a1"/>
     <w:link w:val="23"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00BC0513"/>
+    <w:rsid w:val="00013D0F"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:spacing w:after="120" w:line="480" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="23">
     <w:name w:val="Основной текст 2 Знак"/>
     <w:basedOn w:val="a2"/>
     <w:link w:val="22"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="00BC0513"/>
+    <w:rsid w:val="00013D0F"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="afb">
     <w:name w:val="annotation reference"/>
     <w:basedOn w:val="a2"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00BC0513"/>
+    <w:rsid w:val="00013D0F"/>
     <w:rPr>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="afc">
     <w:name w:val="annotation subject"/>
     <w:basedOn w:val="ab"/>
     <w:next w:val="ab"/>
     <w:link w:val="afd"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00BC0513"/>
+    <w:rsid w:val="00013D0F"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="afd">
     <w:name w:val="Тема примечания Знак"/>
     <w:basedOn w:val="ac"/>
     <w:link w:val="afc"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="00BC0513"/>
+    <w:rsid w:val="00013D0F"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="afe">
     <w:name w:val="Revision"/>
     <w:hidden/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="00BC0513"/>
+    <w:rsid w:val="00013D0F"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="14">
     <w:name w:val="Абзац списка1"/>
     <w:basedOn w:val="a1"/>
-    <w:rsid w:val="00BC0513"/>
+    <w:rsid w:val="00013D0F"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="blk3">
     <w:name w:val="blk3"/>
     <w:basedOn w:val="a2"/>
-    <w:rsid w:val="00BC0513"/>
+    <w:rsid w:val="00013D0F"/>
     <w:rPr>
       <w:vanish w:val="0"/>
       <w:webHidden w:val="0"/>
       <w:specVanish w:val="0"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="aff">
     <w:name w:val="Hyperlink"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00BC0513"/>
+    <w:rsid w:val="00013D0F"/>
     <w:rPr>
       <w:color w:val="0000FF"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="HTML">
     <w:name w:val="HTML Preformatted"/>
     <w:basedOn w:val="a1"/>
     <w:link w:val="HTML0"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00BC0513"/>
+    <w:rsid w:val="00013D0F"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="916"/>
         <w:tab w:val="left" w:pos="1832"/>
         <w:tab w:val="left" w:pos="2748"/>
         <w:tab w:val="left" w:pos="3664"/>
         <w:tab w:val="left" w:pos="4580"/>
         <w:tab w:val="left" w:pos="5496"/>
         <w:tab w:val="left" w:pos="6412"/>
         <w:tab w:val="left" w:pos="7328"/>
         <w:tab w:val="left" w:pos="8244"/>
         <w:tab w:val="left" w:pos="9160"/>
         <w:tab w:val="left" w:pos="10076"/>
         <w:tab w:val="left" w:pos="10992"/>
         <w:tab w:val="left" w:pos="11908"/>
         <w:tab w:val="left" w:pos="12824"/>
         <w:tab w:val="left" w:pos="13740"/>
         <w:tab w:val="left" w:pos="14656"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="HTML0">
     <w:name w:val="Стандартный HTML Знак"/>
     <w:basedOn w:val="a2"/>
     <w:link w:val="HTML"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00BC0513"/>
+    <w:rsid w:val="00013D0F"/>
     <w:rPr>
       <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="15">
     <w:name w:val="Нумерованный список уровень 1"/>
     <w:basedOn w:val="af3"/>
     <w:link w:val="16"/>
     <w:qFormat/>
-    <w:rsid w:val="00BC0513"/>
+    <w:rsid w:val="00013D0F"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="num" w:pos="432"/>
       </w:tabs>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:before="80" w:after="80"/>
       <w:ind w:left="432" w:hanging="432"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="24">
     <w:name w:val="Нумерованный список уровень 2"/>
     <w:basedOn w:val="af3"/>
     <w:qFormat/>
-    <w:rsid w:val="00BC0513"/>
+    <w:rsid w:val="00013D0F"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="0"/>
         <w:tab w:val="left" w:pos="851"/>
         <w:tab w:val="num" w:pos="1440"/>
       </w:tabs>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:before="120" w:after="80"/>
       <w:ind w:left="1224" w:hanging="504"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:bCs/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="16">
     <w:name w:val="Нумерованный список уровень 1 Знак"/>
     <w:basedOn w:val="a2"/>
     <w:link w:val="15"/>
-    <w:rsid w:val="00BC0513"/>
+    <w:rsid w:val="00013D0F"/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="af4">
     <w:name w:val="Абзац списка Знак"/>
     <w:aliases w:val="1 Знак,UL Знак,Абзац маркированнный Знак,Bullet Number Знак"/>
     <w:link w:val="af3"/>
     <w:uiPriority w:val="34"/>
     <w:locked/>
-    <w:rsid w:val="00BC0513"/>
+    <w:rsid w:val="00013D0F"/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FontStyle16">
     <w:name w:val="Font Style16"/>
-    <w:rsid w:val="00BC0513"/>
+    <w:rsid w:val="00013D0F"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="aff0">
     <w:name w:val="Îáû÷íûé"/>
     <w:basedOn w:val="a1"/>
-    <w:rsid w:val="00BC0513"/>
+    <w:rsid w:val="00013D0F"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="aff1">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="a3"/>
     <w:uiPriority w:val="59"/>
-    <w:rsid w:val="00BC0513"/>
+    <w:rsid w:val="00013D0F"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="aff2">
     <w:name w:val="Block Text"/>
     <w:basedOn w:val="a1"/>
-    <w:rsid w:val="00BC0513"/>
+    <w:rsid w:val="00013D0F"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="-142" w:right="-2" w:firstLine="720"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="20"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="a">
     <w:name w:val="Название документа"/>
     <w:basedOn w:val="a1"/>
-    <w:rsid w:val="00BC0513"/>
+    <w:rsid w:val="00013D0F"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="5"/>
       </w:numPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="0"/>
       </w:tabs>
       <w:spacing w:before="60" w:after="400" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:caps/>
       <w:sz w:val="24"/>
       <w:szCs w:val="20"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="a0">
     <w:name w:val="Раздел"/>
     <w:basedOn w:val="aff3"/>
-    <w:rsid w:val="00BC0513"/>
+    <w:rsid w:val="00013D0F"/>
     <w:pPr>
       <w:keepNext/>
       <w:numPr>
         <w:ilvl w:val="1"/>
         <w:numId w:val="5"/>
       </w:numPr>
       <w:tabs>
         <w:tab w:val="clear" w:pos="720"/>
         <w:tab w:val="num" w:pos="360"/>
         <w:tab w:val="left" w:pos="567"/>
         <w:tab w:val="num" w:pos="1969"/>
       </w:tabs>
       <w:spacing w:before="400" w:after="100" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="283" w:hanging="283"/>
       <w:contextualSpacing w:val="0"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:caps/>
       <w:sz w:val="24"/>
       <w:szCs w:val="20"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="1">
     <w:name w:val="Статья 1"/>
     <w:basedOn w:val="a1"/>
-    <w:rsid w:val="00BC0513"/>
+    <w:rsid w:val="00013D0F"/>
     <w:pPr>
       <w:numPr>
         <w:ilvl w:val="2"/>
         <w:numId w:val="5"/>
       </w:numPr>
       <w:spacing w:before="60" w:after="60" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="20"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="2">
     <w:name w:val="Статья 2"/>
     <w:basedOn w:val="a1"/>
-    <w:rsid w:val="00BC0513"/>
+    <w:rsid w:val="00013D0F"/>
     <w:pPr>
       <w:numPr>
         <w:ilvl w:val="3"/>
         <w:numId w:val="5"/>
       </w:numPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="1418"/>
       </w:tabs>
       <w:spacing w:before="60" w:after="60" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="20"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="17">
     <w:name w:val="Список1"/>
     <w:basedOn w:val="a1"/>
     <w:next w:val="aff3"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00BC0513"/>
+    <w:rsid w:val="00013D0F"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       <w:ind w:left="283" w:hanging="283"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="18">
     <w:name w:val="Сетка таблицы1"/>
     <w:basedOn w:val="a3"/>
     <w:next w:val="aff1"/>
     <w:uiPriority w:val="59"/>
-    <w:rsid w:val="00BC0513"/>
+    <w:rsid w:val="00013D0F"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="110">
     <w:name w:val="Сетка таблицы11"/>
     <w:basedOn w:val="a3"/>
     <w:next w:val="aff1"/>
     <w:uiPriority w:val="59"/>
-    <w:rsid w:val="00BC0513"/>
+    <w:rsid w:val="00013D0F"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="510">
     <w:name w:val="Заголовок 5 Знак1"/>
     <w:basedOn w:val="a2"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
-    <w:rsid w:val="00BC0513"/>
+    <w:rsid w:val="00013D0F"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="aff3">
     <w:name w:val="List"/>
     <w:basedOn w:val="a1"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00BC0513"/>
+    <w:rsid w:val="00013D0F"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       <w:ind w:left="283" w:hanging="283"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:styleId="aff4">
     <w:name w:val="Subtle Emphasis"/>
     <w:basedOn w:val="a2"/>
     <w:uiPriority w:val="19"/>
     <w:qFormat/>
-    <w:rsid w:val="00BC0513"/>
+    <w:rsid w:val="00013D0F"/>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="111">
     <w:name w:val="Заголовок 11"/>
     <w:basedOn w:val="a1"/>
     <w:next w:val="a1"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
-    <w:rsid w:val="00BC0513"/>
+    <w:rsid w:val="00013D0F"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="480" w:after="0" w:line="276" w:lineRule="auto"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:color w:val="365F91"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="112">
     <w:name w:val="Заголовок 1 Знак1"/>
     <w:basedOn w:val="a2"/>
     <w:uiPriority w:val="9"/>
-    <w:rsid w:val="00BC0513"/>
+    <w:rsid w:val="00013D0F"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/footer1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="http://9685E8FB4A11CCA910051771D5EA87D1.dms.sberbank.ru/9685E8FB4A11CCA910051771D5EA87D1-108BE419061DA56769B9BD1062D5CEF7-16BC11B1CCF7B3C4ABCECB7C0D268CB2/1.png" TargetMode="External"/></Relationships>
 </file>
 
@@ -24072,70 +24503,70 @@
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>14</Pages>
-[...1 lines deleted...]
-  <Characters>32915</Characters>
+  <Pages>15</Pages>
+  <Words>5551</Words>
+  <Characters>31647</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>274</Lines>
-  <Paragraphs>77</Paragraphs>
+  <Lines>263</Lines>
+  <Paragraphs>74</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>ПАО Сбербанк России</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>38612</CharactersWithSpaces>
+  <CharactersWithSpaces>37124</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
-  <dc:creator>Бембеева Нюдля Петровна</dc:creator>
+  <dc:creator>Иванова Татьяна Юрьевна</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>