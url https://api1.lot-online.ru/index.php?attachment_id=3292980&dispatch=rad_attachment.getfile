--- v0 (2025-12-11)
+++ v1 (2026-03-04)
@@ -2396,51 +2396,51 @@
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Общая стоимость Имущества по Договору составляет: ________ (____________) ________</w:t>
       </w:r>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:footnoteReference w:id="33"/>
       </w:r>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>, включая НДС (20 %)</w:t>
+        <w:t>, включая НДС</w:t>
       </w:r>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:footnoteReference w:id="34"/>
       </w:r>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:bookmarkEnd w:id="6"/>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
@@ -2463,51 +2463,69 @@
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:footnoteReference w:id="35"/>
       </w:r>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>Стоимость Объекта составляет: ________ (____________) ________, кроме того НДС (20 %) в размере ________ (____________) ________, итого с учетом НДС: ________ (____________) ________;</w:t>
+        <w:t xml:space="preserve">Стоимость Объекта составляет: ________ (____________) ________, </w:t>
+      </w:r>
+      <w:r w:rsidR="009709FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>в том числе</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A4297">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> НДС;</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F7C7A" w:rsidRPr="002A4297" w:rsidRDefault="003F7C7A" w:rsidP="003F7C7A">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:vertAlign w:val="superscript"/>
@@ -2557,113 +2575,136 @@
           <w:rStyle w:val="af5"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:footnoteReference w:id="38"/>
       </w:r>
       <w:r w:rsidRPr="007F6085">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Задаток, уплаченный Покупателем организатору торгов в форме аукциона _______________ на основании договора о задатке от _________ № ____, в размере ________ (____________) ________ засчитывается в счет исполнения Покупателем обязанности по уплате цены Имущества по Договору</w:t>
       </w:r>
       <w:bookmarkEnd w:id="8"/>
       <w:r w:rsidRPr="00AD6126">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="007F6085">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t>в размере __________ (________), в том числе НДС __________ (________).</w:t>
+        <w:t>в размере _______</w:t>
+      </w:r>
+      <w:r w:rsidR="009709FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>___ (________), в том числе НДС</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007F6085">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F7C7A" w:rsidRPr="002A4297" w:rsidRDefault="003F7C7A" w:rsidP="003F7C7A">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="40"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="10" w:name="_Ref82174936"/>
-      <w:bookmarkStart w:id="11" w:name="_Ref16861870"/>
+      <w:bookmarkStart w:id="11" w:name="_Ref82174936"/>
+      <w:bookmarkStart w:id="12" w:name="_Ref16861870"/>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:footnoteReference w:id="39"/>
       </w:r>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>Оплата Имущества (оставшейся части в размере ________ (____________) ________, включая НДС (20 %)</w:t>
+        <w:t>Оплата Имущества (оставшейся части в размере ________ (____</w:t>
+      </w:r>
+      <w:r w:rsidR="009709FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>________) ________, включая НДС</w:t>
       </w:r>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:footnoteReference w:id="40"/>
       </w:r>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> осуществляется Покупателем единовременно, в полном объеме, в течение 10 (десяти) рабочих дней со дня подписания Договора.</w:t>
       </w:r>
       <w:bookmarkEnd w:id="9"/>
-      <w:bookmarkEnd w:id="10"/>
       <w:bookmarkEnd w:id="11"/>
+      <w:bookmarkEnd w:id="12"/>
     </w:p>
     <w:p w:rsidR="003F7C7A" w:rsidRPr="002A4297" w:rsidRDefault="003F7C7A" w:rsidP="003F7C7A">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="40"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="af5"/>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
@@ -2880,52 +2921,52 @@
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>Счет-фактура предоставляется в порядке и в сроки, установленные законодательством Российской Федерации.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F7C7A" w:rsidRDefault="003F7C7A" w:rsidP="003F7C7A">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="40"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="12" w:name="_Ref486333023"/>
-      <w:bookmarkStart w:id="13" w:name="_Ref82174206"/>
+      <w:bookmarkStart w:id="13" w:name="_Ref486333023"/>
+      <w:bookmarkStart w:id="14" w:name="_Ref82174206"/>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>Покупатель обязан возместить Продавцу в полном объёме расходы, включая НДС, связанные с содержанием Имущества</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> (коммунальные, эксплуатационные расходы)</w:t>
       </w:r>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
@@ -3061,52 +3102,52 @@
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>(пяти) рабочих дней со дня получения от Продавца счета и копий подтверждающих документов</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>, в том числе платежных документов, предъявленных соответствующими организациями (счет, счет-фактура и т.д.)</w:t>
       </w:r>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="12"/>
       <w:bookmarkEnd w:id="13"/>
+      <w:bookmarkEnd w:id="14"/>
     </w:p>
     <w:p w:rsidR="003F7C7A" w:rsidRPr="00C26408" w:rsidRDefault="003F7C7A" w:rsidP="003F7C7A">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="40"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:eastAsia="ru-RU"/>
@@ -3239,51 +3280,51 @@
       <w:r w:rsidRPr="007F6085">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>(одного) месяца с даты государственной регистрации перехода права собственности по Договору Продавец вправе прекратить осуществление платежей по коммунальным, эксплуатационным и иным договорам в отношении Имущества.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F7C7A" w:rsidRPr="00CF2869" w:rsidRDefault="003F7C7A" w:rsidP="003F7C7A">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="40"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="14" w:name="_Ref140593281"/>
+      <w:bookmarkStart w:id="15" w:name="_Ref140593281"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="af5"/>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:footnoteReference w:id="43"/>
       </w:r>
       <w:r w:rsidRPr="00CF2869">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>Покупатель обязан возместить Продавцу расходы на уплату налога на имущество</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="af5"/>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -3440,51 +3481,51 @@
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> сумма возмещения указанных расходов</w:t>
       </w:r>
       <w:r w:rsidRPr="00CF2869">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>Продавца рассчитывается следующим образом:</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="14"/>
+      <w:bookmarkEnd w:id="15"/>
       <w:r w:rsidRPr="00CF2869">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F7C7A" w:rsidRPr="00F42450" w:rsidRDefault="003F7C7A" w:rsidP="003F7C7A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -4163,51 +4204,51 @@
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>Стороны обязуются:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F7C7A" w:rsidRPr="002A4297" w:rsidRDefault="003F7C7A" w:rsidP="003F7C7A">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="15" w:name="_Ref527451584"/>
+      <w:bookmarkStart w:id="16" w:name="_Ref527451584"/>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">В течение </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="af5"/>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:footnoteReference w:id="48"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
@@ -4363,51 +4404,51 @@
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>мущество к Покупателю</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> по Договору</w:t>
       </w:r>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="15"/>
+      <w:bookmarkEnd w:id="16"/>
     </w:p>
     <w:p w:rsidR="003F7C7A" w:rsidRPr="002A4297" w:rsidRDefault="003F7C7A" w:rsidP="003F7C7A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F7C7A" w:rsidRPr="002A4297" w:rsidRDefault="003F7C7A" w:rsidP="003F7C7A">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="40"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
@@ -4685,61 +4726,61 @@
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>Покупатель обязуется:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F7C7A" w:rsidRPr="0083595C" w:rsidRDefault="003F7C7A" w:rsidP="003F7C7A">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="16" w:name="_Ref123216236"/>
+      <w:bookmarkStart w:id="17" w:name="_Ref123216236"/>
       <w:r w:rsidRPr="0083595C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>Принять и оплатить Имущество в порядке и на условиях, установленных Договором.</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="16"/>
+      <w:bookmarkEnd w:id="17"/>
     </w:p>
     <w:p w:rsidR="003F7C7A" w:rsidRPr="0083595C" w:rsidRDefault="003F7C7A" w:rsidP="003F7C7A">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0083595C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
@@ -4803,51 +4844,51 @@
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> Договора, нести коммунальные, эксплуатационные, хозяйственные и иные расходы по Имуществу.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F7C7A" w:rsidRPr="00B21233" w:rsidRDefault="003F7C7A" w:rsidP="003F7C7A">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="17" w:name="_Ref121494585"/>
+      <w:bookmarkStart w:id="18" w:name="_Ref121494585"/>
       <w:r w:rsidRPr="0083595C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:footnoteReference w:id="51"/>
       </w:r>
       <w:r w:rsidRPr="0083595C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>В течение 20 (двадцати) рабочих дней со дня регистрации перехода на Покупате</w:t>
       </w:r>
       <w:r w:rsidR="00EA7CCC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
@@ -4868,71 +4909,71 @@
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> коммунальные, эксплуатационные, хозяйственные и иные </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>услуги</w:t>
       </w:r>
       <w:r w:rsidRPr="00B21233">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>, связанные с содержанием Имущества.</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="17"/>
+      <w:bookmarkEnd w:id="18"/>
     </w:p>
     <w:p w:rsidR="003F7C7A" w:rsidRPr="002A4297" w:rsidRDefault="003F7C7A" w:rsidP="003F7C7A">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="18" w:name="_Ref138686036"/>
-      <w:bookmarkStart w:id="19" w:name="_Ref486332634"/>
+      <w:bookmarkStart w:id="19" w:name="_Ref138686036"/>
+      <w:bookmarkStart w:id="20" w:name="_Ref486332634"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>В</w:t>
       </w:r>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>озместить Продавцу в полном объёме расходы, включая НДС</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
@@ -5067,51 +5108,51 @@
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>4.13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> Договора.</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="18"/>
+      <w:bookmarkEnd w:id="19"/>
     </w:p>
     <w:p w:rsidR="003F7C7A" w:rsidRDefault="003F7C7A" w:rsidP="003F7C7A">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:eastAsia="ru-RU"/>
@@ -5138,51 +5179,51 @@
       </w:r>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>емельный участок, на котором расположен Объект.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00681F92" w:rsidRPr="002A4297" w:rsidRDefault="00681F92" w:rsidP="00681F92">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="709"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkEnd w:id="20"/>
     <w:p w:rsidR="003F7C7A" w:rsidRPr="002A4297" w:rsidRDefault="003F7C7A" w:rsidP="003F7C7A">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="40"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:contextualSpacing/>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -7191,51 +7232,51 @@
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">одностороннего отказа от </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">его </w:t>
       </w:r>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">исполнения, не в том состоянии, в котором он его получил, </w:t>
       </w:r>
-      <w:bookmarkStart w:id="20" w:name="_Ref510611957"/>
+      <w:bookmarkStart w:id="21" w:name="_Ref510611957"/>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">Стороны фиксируют данные несоответствия </w:t>
       </w:r>
       <w:r w:rsidRPr="00187077">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>в акте приема-передачи и</w:t>
       </w:r>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
@@ -7291,51 +7332,51 @@
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>(если применимо)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>от общей стоимости Имущества</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="20"/>
+      <w:bookmarkEnd w:id="21"/>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> указанной в пункте </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
@@ -7895,97 +7936,97 @@
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>Договор может быть досрочно расторгнут по соглашению Сторон либо по требованию одной из Сторон в порядке и по основаниям, предусмотренным законодательством Российской Федерации и Договором.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F7C7A" w:rsidRDefault="003F7C7A" w:rsidP="003F7C7A">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="40"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="21" w:name="_Ref3210543"/>
+      <w:bookmarkStart w:id="22" w:name="_Ref3210543"/>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">При расторжении Договора, в том числе </w:t>
       </w:r>
       <w:r w:rsidRPr="00EC1B0F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>в результате одностороннего отказа от его исполнения, Покупатель обязан передать/вернуть Продавцу по актам приема-передачи</w:t>
       </w:r>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> Имущество в том же состоянии, в котором он получил его от Продавца (не в худшем состоянии), в течение 10 (десяти) рабочих дней с даты расторжения Договора, а Продавец обязан возвратить Покупателю денежные средства, полученные от Покупателя в оплату Имущества (без каких-либо иных выплат, процентов и компенсаций, за исключением санкций</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> предусмотренных Договором (при их наличии), в течение 10 (десяти) рабочих дней с даты подписания Сторонами актов приема-передачи Имущества (возврата Имущества Продавцу).</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="21"/>
+      <w:bookmarkEnd w:id="22"/>
     </w:p>
     <w:p w:rsidR="003F7C7A" w:rsidRDefault="003F7C7A" w:rsidP="003F7C7A">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="40"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
@@ -8918,53 +8959,53 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="006B6677">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>(десяти) рабочих дней со дня получения претензии</w:t>
       </w:r>
       <w:r w:rsidRPr="006B6677">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:bookmarkStart w:id="22" w:name="_Ref1393199"/>
-[...1 lines deleted...]
-    <w:bookmarkEnd w:id="22"/>
+      <w:bookmarkStart w:id="23" w:name="_Ref1393199"/>
+    </w:p>
+    <w:bookmarkEnd w:id="23"/>
     <w:p w:rsidR="003F7C7A" w:rsidRPr="002A4297" w:rsidRDefault="003F7C7A" w:rsidP="003F7C7A">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="45"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
@@ -9203,51 +9244,51 @@
       </w:r>
       <w:r w:rsidRPr="00E11832">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F7C7A" w:rsidRPr="007F6085" w:rsidRDefault="003F7C7A" w:rsidP="003F7C7A">
       <w:pPr>
         <w:pStyle w:val="af3"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="45"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="23" w:name="_Ref82077350"/>
+      <w:bookmarkStart w:id="24" w:name="_Ref82077350"/>
       <w:r w:rsidRPr="007F6085">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Все юридически значимые сообщения (заявления, уведомления, требования, претензии и т.п.)</w:t>
       </w:r>
       <w:r w:rsidRPr="00A36E00">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="007F6085">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>должны направлятьс</w:t>
       </w:r>
       <w:r w:rsidRPr="00A36E00">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -9310,51 +9351,51 @@
           <w:sz w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="007F6085">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Договора,</w:t>
       </w:r>
       <w:r w:rsidRPr="00A36E00">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="007F6085">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>и приобретают юридическую силу с момента доставки адресату, за исключением случаев, отдельно оговоренных в Договоре.</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="23"/>
+      <w:bookmarkEnd w:id="24"/>
       <w:r w:rsidRPr="007F6085">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F7C7A" w:rsidRPr="00623348" w:rsidRDefault="003F7C7A" w:rsidP="003F7C7A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00623348">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -10543,89 +10584,89 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F7C7A" w:rsidRDefault="003F7C7A" w:rsidP="003F7C7A">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="45"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:contextualSpacing/>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="24" w:name="_Ref486328623"/>
+      <w:bookmarkStart w:id="25" w:name="_Ref486328623"/>
       <w:r w:rsidRPr="009041CA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>Реквизиты и подписи Сторон</w:t>
       </w:r>
-      <w:bookmarkStart w:id="25" w:name="_Ref126658428"/>
-      <w:bookmarkEnd w:id="24"/>
+      <w:bookmarkStart w:id="26" w:name="_Ref126658428"/>
+      <w:bookmarkEnd w:id="25"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F7C7A" w:rsidRDefault="003F7C7A" w:rsidP="003F7C7A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkEnd w:id="26"/>
     <w:p w:rsidR="003F7C7A" w:rsidRPr="002A4297" w:rsidRDefault="003F7C7A" w:rsidP="003F7C7A">
       <w:pPr>
         <w:snapToGrid w:val="0"/>
         <w:ind w:firstLine="360"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>Покупатель</w:t>
       </w:r>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
@@ -13782,59 +13823,51 @@
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0090334A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Обязанность по передаче Недвижимого имущества, указанного в пункте 1 настоящего Акта, считается исполненной со стороны Продавца. Обязанность по приему Недвижимого имущества, указанного в пункте 1 настоящего Акта, считается исполненной со стороны Покупателя</w:t>
-[...7 lines deleted...]
-        <w:t>.</w:t>
+        <w:t>Обязанность по передаче Недвижимого имущества, указанного в пункте 1 настоящего Акта, считается исполненной со стороны Продавца. Обязанность по приему Недвижимого имущества, указанного в пункте 1 настоящего Акта, считается исполненной со стороны Покупателя.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F7C7A" w:rsidRPr="002A4297" w:rsidRDefault="003F7C7A" w:rsidP="003F7C7A">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002A4297">
@@ -15981,77 +16014,75 @@
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="003F7C7A" w:rsidRPr="00A32147" w:rsidRDefault="003F7C7A" w:rsidP="003F7C7A">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00D95CFA" w:rsidRPr="00BA66A1" w:rsidRDefault="00D95CFA">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="26" w:name="_GoBack"/>
-      <w:bookmarkEnd w:id="26"/>
     </w:p>
     <w:sectPr w:rsidR="00D95CFA" w:rsidRPr="00BA66A1">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00632244" w:rsidRDefault="00632244" w:rsidP="003F7C7A">
+    <w:p w:rsidR="00451CB5" w:rsidRDefault="00451CB5" w:rsidP="003F7C7A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00632244" w:rsidRDefault="00632244" w:rsidP="003F7C7A">
+    <w:p w:rsidR="00451CB5" w:rsidRDefault="00451CB5" w:rsidP="003F7C7A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
@@ -16090,61 +16121,61 @@
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00632244" w:rsidRDefault="00632244" w:rsidP="003F7C7A">
+    <w:p w:rsidR="00451CB5" w:rsidRDefault="00451CB5" w:rsidP="003F7C7A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00632244" w:rsidRDefault="00632244" w:rsidP="003F7C7A">
+    <w:p w:rsidR="00451CB5" w:rsidRDefault="00451CB5" w:rsidP="003F7C7A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="1">
     <w:p w:rsidR="00855566" w:rsidRPr="001026CE" w:rsidRDefault="00855566" w:rsidP="003F7C7A">
       <w:pPr>
         <w:pStyle w:val="a9"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001026CE">
         <w:rPr>
           <w:rStyle w:val="af5"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="001026CE">
         <w:rPr>
@@ -17109,51 +17140,63 @@
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t> Здесь и далее при подобном указании места для заполнения стоимости («_________ (_________) ________») перед скобками приводится значение стоимости в цифрах, а в скобках – прописью, после скобок приводится наименование валюты, в которой выражена стоимость.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="34">
     <w:p w:rsidR="00855566" w:rsidRPr="001026CE" w:rsidRDefault="00855566" w:rsidP="003F7C7A">
       <w:pPr>
         <w:pStyle w:val="a9"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001026CE">
         <w:rPr>
           <w:rStyle w:val="af5"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="001026CE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
-        <w:t> Здесь и далее в случае продажи имущества, не подлежащего обложению НДС, слова «включая НДС (20 %),» исключить.</w:t>
+        <w:t> Здесь и далее в случае продажи имущества, не подлежащего обложению НДС,</w:t>
+      </w:r>
+      <w:r w:rsidR="009709FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> слова «включая НДС</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001026CE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>,» исключить.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="35">
     <w:p w:rsidR="00855566" w:rsidRPr="001026CE" w:rsidRDefault="00855566" w:rsidP="003F7C7A">
       <w:pPr>
         <w:pStyle w:val="a9"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001026CE">
         <w:rPr>
           <w:rStyle w:val="af5"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="001026CE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t> В случае продажи жилых помещений (жилого дома, части жилого дома, квартиры, части квартиры или комнаты) указывается: «4.1.1. Стоимость Объекта составляет: ________ (____________) ________. НДС не облагается на основании подпункта 22 пункта 3 статьи 149 НК РФ.».</w:t>
       </w:r>
     </w:p>
@@ -17215,95 +17258,97 @@
         <w:t> В случае, если продаются несколько объектов имущества, то перечисляются «Объект 1», «Объект 2» и т.д., «Земельный участок 1», «Земельный участок 2» и т.д.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="38">
     <w:p w:rsidR="00855566" w:rsidRPr="001026CE" w:rsidRDefault="00855566" w:rsidP="003F7C7A">
       <w:pPr>
         <w:pStyle w:val="a9"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001026CE">
         <w:rPr>
           <w:rStyle w:val="af5"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="001026CE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> Пункт Договора указывается в случае заключения Договора по результатам проведения торгов в форме аукциона, в случае, если указанное предусмотрено документацией на проведение торгов и договором с организатором торгов. </w:t>
       </w:r>
+      <w:bookmarkStart w:id="10" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="10"/>
     </w:p>
   </w:footnote>
   <w:footnote w:id="39">
     <w:p w:rsidR="00855566" w:rsidRPr="001026CE" w:rsidRDefault="00855566" w:rsidP="003F7C7A">
       <w:pPr>
         <w:pStyle w:val="a9"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001026CE">
         <w:rPr>
           <w:rStyle w:val="af5"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="001026CE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t> Пункт договора указывается в случае оплаты не кредитными денежными средствами.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="40">
     <w:p w:rsidR="00855566" w:rsidRPr="001026CE" w:rsidRDefault="00855566" w:rsidP="003F7C7A">
       <w:pPr>
         <w:pStyle w:val="a9"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001026CE">
         <w:rPr>
           <w:rStyle w:val="af5"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="001026CE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
-        <w:t> Слова «(оставшейся части в размере ________ (____________) ________, включая НДС (20 %)» указываются в случае заключения Договора по результатам проведения торгов в форме аукциона и внесения Покупателем задатка для участия в данном аукционе, в случае, если указанное предусмотрено документацией на проведение торгов и договором с организатором торгов.</w:t>
+        <w:t> Слова «(оставшейся части в размере ________ (____________) ________, включая НДС» указываются в случае заключения Договора по результатам проведения торгов в форме аукциона и внесения Покупателем задатка для участия в данном аукционе, в случае, если указанное предусмотрено документацией на проведение торгов и договором с организатором торгов.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="41">
     <w:p w:rsidR="00855566" w:rsidRPr="001026CE" w:rsidRDefault="00855566" w:rsidP="003F7C7A">
       <w:pPr>
         <w:pStyle w:val="a9"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001026CE">
         <w:rPr>
           <w:rStyle w:val="af5"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="001026CE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> При установлении стоимости Имущества в иностранной валюте или в условных денежных единицах пункт следует изложить в следующей редакции: «Расчеты по Договору производятся в рублях по курсу Банка России, установленному на день оплаты, путем безналичного перечисления денежных средств на счет Продавца, указанный в разделе </w:t>
       </w:r>
       <w:r w:rsidRPr="001026CE">
@@ -24377,93 +24422,95 @@
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00196BED"/>
     <w:rsid w:val="000E5ED3"/>
     <w:rsid w:val="00196BED"/>
     <w:rsid w:val="00230C5C"/>
     <w:rsid w:val="003A52F8"/>
     <w:rsid w:val="003F7C7A"/>
     <w:rsid w:val="00422488"/>
     <w:rsid w:val="00433713"/>
+    <w:rsid w:val="00451CB5"/>
     <w:rsid w:val="005255A4"/>
     <w:rsid w:val="00541621"/>
     <w:rsid w:val="00632244"/>
     <w:rsid w:val="00681F92"/>
     <w:rsid w:val="00855566"/>
     <w:rsid w:val="0090334A"/>
     <w:rsid w:val="00930A8B"/>
+    <w:rsid w:val="009709FE"/>
     <w:rsid w:val="00AE0753"/>
     <w:rsid w:val="00BA66A1"/>
     <w:rsid w:val="00C21B34"/>
     <w:rsid w:val="00C62AC6"/>
     <w:rsid w:val="00C631C3"/>
     <w:rsid w:val="00C65A18"/>
     <w:rsid w:val="00CF45E8"/>
     <w:rsid w:val="00D95CFA"/>
     <w:rsid w:val="00DB5611"/>
     <w:rsid w:val="00DB6C64"/>
     <w:rsid w:val="00EA7CCC"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="71D71D7A"/>
+  <w14:docId w14:val="143E1206"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{05F76627-0C26-40F0-AFDB-C60EB11C200D}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
@@ -26170,69 +26217,69 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>16</Pages>
-  <Words>5096</Words>
-  <Characters>29048</Characters>
+  <Words>5075</Words>
+  <Characters>28930</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>242</Lines>
-  <Paragraphs>68</Paragraphs>
+  <Lines>241</Lines>
+  <Paragraphs>67</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>ПАО Сбербанк России</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>34076</CharactersWithSpaces>
+  <CharactersWithSpaces>33938</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Фисенко Евгения Васильевна</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>