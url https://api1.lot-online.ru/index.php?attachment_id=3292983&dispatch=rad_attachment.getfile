--- v0 (2025-12-11)
+++ v1 (2026-03-04)
@@ -86,75 +86,130 @@
         </w:rPr>
         <w:t>, расположенн</w:t>
       </w:r>
       <w:r w:rsidR="007744DB">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>ого</w:t>
       </w:r>
       <w:r w:rsidRPr="001B7928">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> по адресу:</w:t>
       </w:r>
       <w:r w:rsidR="00BD4E59" w:rsidRPr="00BD4E59">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00BD4E59" w:rsidRPr="00BD4E59">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>Кемеровская область - Кузбасс, г.о. Мысковский, г Мыски,                            ул</w:t>
+        <w:t xml:space="preserve">Кемеровская область - Кузбасс, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00BD4E59" w:rsidRPr="00BD4E59">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>г.о</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00BD4E59" w:rsidRPr="00BD4E59">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00BD4E59" w:rsidRPr="00BD4E59">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Мысковский</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00BD4E59" w:rsidRPr="00BD4E59">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">, г </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00BD4E59" w:rsidRPr="00BD4E59">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Мыски,   </w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00BD4E59" w:rsidRPr="00BD4E59">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">                         ул</w:t>
       </w:r>
       <w:r w:rsidR="00BD4E59">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00BD4E59" w:rsidRPr="00BD4E59">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve"> Советская, Дом 42, пом</w:t>
+        <w:t xml:space="preserve"> Советская, Дом 42, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00BD4E59" w:rsidRPr="00BD4E59">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>пом</w:t>
       </w:r>
       <w:r w:rsidR="00614473">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>ещ</w:t>
       </w:r>
-      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-      <w:bookmarkEnd w:id="0"/>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00BD4E59" w:rsidRPr="00BD4E59">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>. 4</w:t>
       </w:r>
       <w:r w:rsidRPr="001B7928">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>, принадлежащ</w:t>
       </w:r>
       <w:r w:rsidR="005544CB">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>его</w:t>
       </w:r>
       <w:r w:rsidRPr="001B7928">
         <w:rPr>
           <w:b/>
           <w:bCs/>
@@ -351,59 +406,61 @@
         <w:r w:rsidRPr="004E50C7">
           <w:rPr>
             <w:rStyle w:val="af4"/>
             <w:b/>
             <w:bCs/>
           </w:rPr>
           <w:t>-</w:t>
         </w:r>
         <w:r w:rsidRPr="004E50C7">
           <w:rPr>
             <w:rStyle w:val="af4"/>
             <w:b/>
             <w:bCs/>
             <w:lang w:val="en-US"/>
           </w:rPr>
           <w:t>online</w:t>
         </w:r>
         <w:r w:rsidRPr="004E50C7">
           <w:rPr>
             <w:rStyle w:val="af4"/>
             <w:b/>
             <w:bCs/>
           </w:rPr>
           <w:t>.</w:t>
         </w:r>
+        <w:proofErr w:type="spellStart"/>
         <w:r w:rsidRPr="004E50C7">
           <w:rPr>
             <w:rStyle w:val="af4"/>
             <w:b/>
             <w:bCs/>
             <w:lang w:val="en-US"/>
           </w:rPr>
           <w:t>ru</w:t>
         </w:r>
+        <w:proofErr w:type="spellEnd"/>
       </w:hyperlink>
       <w:r w:rsidRPr="00F30D8B">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="36C45A70" w14:textId="77777777" w:rsidR="00573FA0" w:rsidRPr="00F30D8B" w:rsidRDefault="00573FA0" w:rsidP="00573FA0">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
@@ -1153,151 +1210,178 @@
     <w:p w14:paraId="60B8FB8B" w14:textId="77777777" w:rsidR="009275C6" w:rsidRPr="00F30D8B" w:rsidRDefault="009275C6" w:rsidP="00573FA0">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0D84142F" w14:textId="2F160324" w:rsidR="001D366C" w:rsidRDefault="005D4397" w:rsidP="001D366C">
       <w:pPr>
         <w:pStyle w:val="mcntmcntmsonormal"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="24" w:beforeAutospacing="0" w:after="24" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="222222"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Телефоны для справок: </w:t>
       </w:r>
-      <w:bookmarkStart w:id="1" w:name="_Hlk160028471"/>
+      <w:bookmarkStart w:id="0" w:name="_Hlk160028471"/>
       <w:r w:rsidR="00920C94" w:rsidRPr="00920C94">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>+7 (967) 246-44-</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="1"/>
+      <w:bookmarkEnd w:id="0"/>
       <w:r w:rsidR="006419C5">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>28</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:hyperlink r:id="rId9" w:history="1">
         <w:r w:rsidR="006419C5" w:rsidRPr="001E6B3D">
           <w:rPr>
             <w:rStyle w:val="af4"/>
             <w:rFonts w:ascii="Roboto" w:eastAsia="Calibri" w:hAnsi="Roboto"/>
             <w:sz w:val="21"/>
             <w:szCs w:val="21"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:rPr>
           <w:t xml:space="preserve"> </w:t>
         </w:r>
         <w:r w:rsidR="006419C5" w:rsidRPr="001E6B3D">
           <w:rPr>
             <w:rStyle w:val="af4"/>
           </w:rPr>
           <w:t> </w:t>
         </w:r>
-        <w:bookmarkStart w:id="2" w:name="_Hlk109991431"/>
+        <w:bookmarkStart w:id="1" w:name="_Hlk109991431"/>
         <w:r w:rsidR="006419C5" w:rsidRPr="001E6B3D">
           <w:rPr>
             <w:rStyle w:val="af4"/>
             <w:lang w:val="en-US"/>
           </w:rPr>
           <w:t>novosibirsk</w:t>
         </w:r>
         <w:r w:rsidR="006419C5" w:rsidRPr="001E6B3D">
           <w:rPr>
             <w:rStyle w:val="af4"/>
           </w:rPr>
           <w:t>@auction-house.ru</w:t>
         </w:r>
-        <w:bookmarkEnd w:id="2"/>
+        <w:bookmarkEnd w:id="1"/>
       </w:hyperlink>
       <w:r w:rsidR="001D366C">
         <w:rPr>
           <w:color w:val="222222"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="40C99A7B" w14:textId="77777777" w:rsidR="005D50B4" w:rsidRPr="005D50B4" w:rsidRDefault="005D50B4" w:rsidP="00573FA0">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>Телефоны Службы технической поддержки Lot-</w:t>
-      </w:r>
+        <w:t xml:space="preserve">Телефоны Службы технической поддержки </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
+        </w:rPr>
+        <w:t>Lot</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>o</w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>nline.</w:t>
-      </w:r>
+        <w:t>nline</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>ru</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>: 8-800-777-57-57, доб. 235, 231</w:t>
       </w:r>
       <w:r w:rsidR="00884151">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="11382971" w14:textId="77777777" w:rsidR="008E2AE8" w:rsidRDefault="008E2AE8" w:rsidP="00573FA0">
       <w:pPr>
         <w:pStyle w:val="a5"/>
         <w:widowControl w:val="0"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
@@ -1432,72 +1516,72 @@
         <w:t xml:space="preserve"> в следующем составе</w:t>
       </w:r>
       <w:r w:rsidRPr="00FA5F54">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:r w:rsidR="001D366C" w:rsidRPr="00FA5F54">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1D9DF69E" w14:textId="4796413A" w:rsidR="008A37AF" w:rsidRDefault="00A73BB9" w:rsidP="003D309D">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:ind w:right="-57" w:firstLine="709"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:id="3" w:name="_Hlk104197637"/>
+      <w:bookmarkStart w:id="2" w:name="_Hlk104197637"/>
       <w:r w:rsidRPr="00FA5F54">
         <w:t>-</w:t>
       </w:r>
       <w:r w:rsidR="0043102C" w:rsidRPr="00FA5F54">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00243769" w:rsidRPr="00243769">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>недвижимое имущество</w:t>
       </w:r>
       <w:r w:rsidR="008A37AF">
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidR="00D45413">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="3"/>
+    <w:bookmarkEnd w:id="2"/>
     <w:p w14:paraId="7B0EBE79" w14:textId="1EEADF00" w:rsidR="001B2337" w:rsidRDefault="006419C5" w:rsidP="001B2337">
       <w:pPr>
         <w:ind w:left="-57" w:right="-57" w:firstLine="567"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00E52FA1">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">1. </w:t>
       </w:r>
       <w:r w:rsidR="008200C0" w:rsidRPr="001F010D">
         <w:t>Недвижимое имущество</w:t>
       </w:r>
       <w:r w:rsidR="00E76A21">
         <w:t>-</w:t>
       </w:r>
       <w:r w:rsidR="008200C0">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> нежилое помещение</w:t>
       </w:r>
       <w:r w:rsidR="008200C0" w:rsidRPr="007704B0">
@@ -1516,81 +1600,131 @@
       </w:r>
       <w:r w:rsidR="001B2337">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>ое</w:t>
       </w:r>
       <w:r w:rsidR="001B2337" w:rsidRPr="00F34A2C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> по адресу:</w:t>
       </w:r>
       <w:r w:rsidR="001B2337" w:rsidRPr="00F34A2C">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="001B2337" w:rsidRPr="001B2337">
         <w:rPr>
           <w:b/>
         </w:rPr>
-        <w:t>Российская Федерация, Кемеровская область - Кузбасс, г.о. Мысковский, г</w:t>
+        <w:t xml:space="preserve">Российская Федерация, Кемеровская область - Кузбасс, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="001B2337" w:rsidRPr="001B2337">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>г.о</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="001B2337" w:rsidRPr="001B2337">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="001B2337" w:rsidRPr="001B2337">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>Мысковский</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="001B2337" w:rsidRPr="001B2337">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>, г</w:t>
       </w:r>
       <w:r w:rsidR="001B2337">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="00FE3ABB" w:rsidRPr="001B2337">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">Мыски,  </w:t>
       </w:r>
       <w:r w:rsidR="001B2337" w:rsidRPr="001B2337">
         <w:rPr>
           <w:b/>
         </w:rPr>
-        <w:t xml:space="preserve">                                             ул</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="001B2337" w:rsidRPr="001B2337">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                            ул</w:t>
       </w:r>
       <w:r w:rsidR="00FE3ABB">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="001B2337" w:rsidRPr="001B2337">
         <w:rPr>
           <w:b/>
         </w:rPr>
-        <w:t xml:space="preserve"> Советская, Дом 42, помещ. 4,</w:t>
+        <w:t xml:space="preserve"> Советская, Дом 42, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="001B2337" w:rsidRPr="001B2337">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>помещ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="001B2337" w:rsidRPr="001B2337">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>. 4,</w:t>
       </w:r>
       <w:r w:rsidR="001B2337" w:rsidRPr="00F34A2C">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="001B2337" w:rsidRPr="00F34A2C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">площадью </w:t>
       </w:r>
       <w:r w:rsidR="001B2337">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>120,2</w:t>
       </w:r>
       <w:r w:rsidR="001B2337" w:rsidRPr="00F34A2C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
@@ -1810,51 +1944,59 @@
         </w:rPr>
         <w:t>№ КУВИ-001/202</w:t>
       </w:r>
       <w:r w:rsidR="001B2337">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t>5</w:t>
       </w:r>
       <w:r w:rsidR="001B2337" w:rsidRPr="00E306AA">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
       <w:r w:rsidR="001B2337">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t>211387998</w:t>
       </w:r>
       <w:r w:rsidR="001B2337" w:rsidRPr="00E306AA">
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="001B2337" w:rsidRPr="007704B0">
-        <w:t>выдана Филиалом публично-правовой компании «Роскадастр» по Кемеровской области - Кузбассу)</w:t>
+        <w:t>выдана Филиалом публично-правовой компании «</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="001B2337" w:rsidRPr="007704B0">
+        <w:t>Роскадастр</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="001B2337" w:rsidRPr="007704B0">
+        <w:t>» по Кемеровской области - Кузбассу)</w:t>
       </w:r>
       <w:r w:rsidR="001B2337">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7FAE3172" w14:textId="2CBEC22D" w:rsidR="001B2337" w:rsidRDefault="001B2337" w:rsidP="001B2337">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:ind w:left="-57" w:right="-57" w:firstLine="567"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="001F010D">
         <w:t>Недвижимое имущество</w:t>
       </w:r>
       <w:r w:rsidRPr="008C298B">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>р</w:t>
       </w:r>
       <w:r w:rsidRPr="008C298B">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t>асположен</w:t>
@@ -1954,51 +2096,59 @@
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>101001</w:t>
       </w:r>
       <w:r w:rsidRPr="007704B0">
         <w:rPr>
           <w:rFonts w:eastAsia="TimesNewRomanPSMT"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="TimesNewRomanPSMT"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>20</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidRPr="008C298B">
         <w:t xml:space="preserve">категория земель: земли населенных пунктов, разрешенное использование: </w:t>
       </w:r>
       <w:r>
-        <w:t>для среднеэтажной жилой застройки,</w:t>
+        <w:t xml:space="preserve">для </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>среднеэтажной</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> жилой застройки,</w:t>
       </w:r>
       <w:r w:rsidRPr="008A3CC4">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="008A3CC4">
         <w:t xml:space="preserve">принадлежащем </w:t>
       </w:r>
       <w:r w:rsidR="00FE3ABB">
         <w:t>Продавцу</w:t>
       </w:r>
       <w:r w:rsidRPr="008A3CC4">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="008C298B">
         <w:t>по праву общедолевой собственности.</w:t>
       </w:r>
       <w:r w:rsidRPr="009D719C">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> Согласно ст. 552 ГК РФ при переходе права собственности на недвижимое имущество к Покупателю одновременно передаются права на земельный участок, занятый недвижимостью и необходимый для ее использования</w:t>
       </w:r>
@@ -2107,369 +2257,301 @@
         <w:t>11</w:t>
       </w:r>
       <w:r w:rsidRPr="00FA5F54">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">:00 ч. </w:t>
       </w:r>
       <w:r w:rsidRPr="00FA5F54">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">(время московское) </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0800AC2F" w14:textId="77777777" w:rsidR="003D165A" w:rsidRPr="00FA5F54" w:rsidRDefault="003D165A" w:rsidP="0005653B">
       <w:pPr>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5089D18E" w14:textId="2A7AE4E3" w:rsidR="00AE2782" w:rsidRPr="00EA5B7F" w:rsidRDefault="00AE2782" w:rsidP="00EA5B7F">
+    <w:p w14:paraId="5089D18E" w14:textId="549CE098" w:rsidR="00AE2782" w:rsidRPr="00EA5B7F" w:rsidRDefault="00DF7C2F" w:rsidP="00EA5B7F">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:ind w:right="-57" w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AE2782">
+      <w:r w:rsidRPr="007704B0">
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve">Торги проводятся </w:t>
       </w:r>
       <w:r w:rsidRPr="007704B0">
-        <w:t xml:space="preserve">с применением метода повышения начальной цены продажи («английский» аукцион), с установлением начальной цены продажи в размере </w:t>
-[...5 lines deleted...]
-        <w:t>100 %</w:t>
+        <w:t xml:space="preserve">с применением метода повышения начальной цены </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">продажи («английский» аукцион) </w:t>
       </w:r>
       <w:r w:rsidRPr="007704B0">
-        <w:t xml:space="preserve"> от размера рыночной стоимости, определенной в отчете об оценке,</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00AE2782">
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
-        <w:t xml:space="preserve"> на следующих условиях:</w:t>
+        <w:t>на следующих условиях</w:t>
+      </w:r>
+      <w:r w:rsidR="00AE2782" w:rsidRPr="00AE2782">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="523911B9" w14:textId="77777777" w:rsidR="00AE2782" w:rsidRPr="00EA5B7F" w:rsidRDefault="00AE2782" w:rsidP="00EA5B7F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:ind w:right="-57"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:vanish/>
           <w:spacing w:val="-2"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7269B794" w14:textId="50E92AB9" w:rsidR="00AE2782" w:rsidRPr="00EA5B7F" w:rsidRDefault="00EA5B7F" w:rsidP="00EA5B7F">
+    <w:p w14:paraId="7269B794" w14:textId="52AA587D" w:rsidR="00AE2782" w:rsidRPr="00EA5B7F" w:rsidRDefault="00EA5B7F" w:rsidP="00EA5B7F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:spacing w:after="120"/>
         <w:ind w:right="-57"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:tab/>
       </w:r>
+      <w:r w:rsidR="00DF7C2F" w:rsidRPr="00072E8B">
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Начальная цена </w:t>
+      </w:r>
+      <w:r w:rsidR="00DF7C2F" w:rsidRPr="00072E8B">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>продажи Объекта</w:t>
+      </w:r>
+      <w:r w:rsidR="00DF7C2F" w:rsidRPr="007704B0">
+        <w:t xml:space="preserve"> устанавливается в размере </w:t>
+      </w:r>
+      <w:r w:rsidR="00DF7C2F" w:rsidRPr="00072E8B">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>8 605 066,66 (Восемь миллионов шестьсот пять тысяч шестьдесят шесть рублей 66 копеек), в том числе НДС</w:t>
+      </w:r>
       <w:r w:rsidR="00AE2782" w:rsidRPr="00EA5B7F">
         <w:rPr>
           <w:b/>
-          <w:spacing w:val="-2"/>
-[...112 lines deleted...]
-    <w:p w14:paraId="5CB48CA5" w14:textId="0FEC0E39" w:rsidR="00AE2782" w:rsidRPr="00EA5B7F" w:rsidRDefault="00EA5B7F" w:rsidP="00EA5B7F">
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5CB48CA5" w14:textId="5E998ADD" w:rsidR="00AE2782" w:rsidRPr="00DF7C2F" w:rsidRDefault="00EA5B7F" w:rsidP="00EA5B7F">
       <w:pPr>
         <w:pStyle w:val="ad"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:spacing w:after="120"/>
         <w:ind w:left="-57" w:right="-57"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00AE2782" w:rsidRPr="00EA5B7F">
+      <w:r w:rsidR="00DF7C2F" w:rsidRPr="00DF7C2F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Сумма задатка</w:t>
       </w:r>
-      <w:r w:rsidR="00AE2782" w:rsidRPr="00EA5B7F">
+      <w:r w:rsidR="00DF7C2F" w:rsidRPr="00DF7C2F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> устанавливается в размере </w:t>
       </w:r>
-      <w:r w:rsidR="00AE2782" w:rsidRPr="00EA5B7F">
+      <w:r w:rsidR="00DF7C2F" w:rsidRPr="00DF7C2F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">150 000,00 </w:t>
       </w:r>
-      <w:r w:rsidR="00AE2782" w:rsidRPr="00EA5B7F">
+      <w:r w:rsidR="00DF7C2F" w:rsidRPr="00DF7C2F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>(Сто пятьдесят тысяч</w:t>
       </w:r>
-      <w:r w:rsidR="00AE2782" w:rsidRPr="00EA5B7F">
+      <w:r w:rsidR="00DF7C2F" w:rsidRPr="00DF7C2F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00AE2782" w:rsidRPr="00EA5B7F">
+      <w:r w:rsidR="00DF7C2F" w:rsidRPr="00DF7C2F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">рублей 00 копеек), НДС не облагается. </w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="158474BB" w14:textId="413ED4C8" w:rsidR="00AE2782" w:rsidRPr="007704B0" w:rsidRDefault="00EA5B7F" w:rsidP="00EA5B7F">
+        <w:t>рублей 00 копеек), НДС не облагается</w:t>
+      </w:r>
+      <w:r w:rsidR="00AE2782" w:rsidRPr="00DF7C2F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="3" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p w14:paraId="158474BB" w14:textId="78D6DC40" w:rsidR="00AE2782" w:rsidRPr="007704B0" w:rsidRDefault="00EA5B7F" w:rsidP="00EA5B7F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:spacing w:after="120"/>
         <w:ind w:left="-57" w:right="-57"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00AE2782" w:rsidRPr="0017474F">
+      <w:r w:rsidR="00DF7C2F" w:rsidRPr="0017474F">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Шаг аукциона на повышение</w:t>
       </w:r>
+      <w:r w:rsidR="00DF7C2F" w:rsidRPr="007704B0">
+        <w:t xml:space="preserve"> устанавливается в размере </w:t>
+      </w:r>
+      <w:r w:rsidR="00DF7C2F">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>51 630,40</w:t>
+      </w:r>
+      <w:r w:rsidR="00DF7C2F" w:rsidRPr="007704B0">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00DF7C2F" w:rsidRPr="007704B0">
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="00DF7C2F">
+        <w:t>Пятьдесят одна</w:t>
+      </w:r>
+      <w:r w:rsidR="00DF7C2F" w:rsidRPr="007704B0">
+        <w:t xml:space="preserve"> тысяч</w:t>
+      </w:r>
+      <w:r w:rsidR="00DF7C2F">
+        <w:t>а</w:t>
+      </w:r>
+      <w:r w:rsidR="00DF7C2F" w:rsidRPr="007704B0">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00DF7C2F">
+        <w:t xml:space="preserve">шестьсот тридцать </w:t>
+      </w:r>
+      <w:r w:rsidR="00DF7C2F" w:rsidRPr="007704B0">
+        <w:t>рубл</w:t>
+      </w:r>
+      <w:r w:rsidR="00DF7C2F">
+        <w:t>ей</w:t>
+      </w:r>
+      <w:r w:rsidR="00DF7C2F" w:rsidRPr="007704B0">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00DF7C2F">
+        <w:t>40</w:t>
+      </w:r>
+      <w:r w:rsidR="00DF7C2F" w:rsidRPr="007704B0">
+        <w:t xml:space="preserve"> копеек), 0,</w:t>
+      </w:r>
+      <w:r w:rsidR="00DF7C2F">
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidR="00DF7C2F" w:rsidRPr="007704B0">
+        <w:t xml:space="preserve"> % от начальной цены продажи Объекта</w:t>
+      </w:r>
       <w:r w:rsidR="00AE2782" w:rsidRPr="007704B0">
-        <w:t xml:space="preserve"> устанавливается в размере </w:t>
-[...44 lines deleted...]
-        <w:t xml:space="preserve"> % от начальной цены продажи Объекта. </w:t>
+        <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5660816F" w14:textId="6965E2C8" w:rsidR="007D6772" w:rsidRPr="007D6772" w:rsidRDefault="0083321F" w:rsidP="002750F1">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:ind w:right="-57"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007704B0">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5007E57A" w14:textId="7B434FF2" w:rsidR="007322F9" w:rsidRPr="00213D65" w:rsidRDefault="00817B7D" w:rsidP="005005A1">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:spacing w:after="120"/>
         <w:ind w:right="-57"/>
         <w:jc w:val="both"/>
@@ -2819,59 +2901,61 @@
         <w:r w:rsidRPr="00534145">
           <w:rPr>
             <w:rFonts w:eastAsia="Times New Roman"/>
             <w:color w:val="0000FF"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>-</w:t>
         </w:r>
         <w:r w:rsidRPr="00534145">
           <w:rPr>
             <w:rFonts w:eastAsia="Times New Roman"/>
             <w:color w:val="0000FF"/>
             <w:u w:val="single"/>
             <w:lang w:val="en-US"/>
           </w:rPr>
           <w:t>online</w:t>
         </w:r>
         <w:r w:rsidRPr="00534145">
           <w:rPr>
             <w:rFonts w:eastAsia="Times New Roman"/>
             <w:color w:val="0000FF"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>.</w:t>
         </w:r>
+        <w:proofErr w:type="spellStart"/>
         <w:r w:rsidRPr="00534145">
           <w:rPr>
             <w:rFonts w:eastAsia="Times New Roman"/>
             <w:color w:val="0000FF"/>
             <w:u w:val="single"/>
             <w:lang w:val="en-US"/>
           </w:rPr>
           <w:t>ru</w:t>
         </w:r>
+        <w:proofErr w:type="spellEnd"/>
       </w:hyperlink>
       <w:r w:rsidRPr="00534145">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="34F487E2" w14:textId="77777777" w:rsidR="00D610A5" w:rsidRPr="00534145" w:rsidRDefault="00D610A5" w:rsidP="00D610A5">
       <w:pPr>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7B426F45" w14:textId="41D45C9F" w:rsidR="00D610A5" w:rsidRDefault="00D610A5" w:rsidP="0036098D">
       <w:pPr>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
@@ -2961,55 +3045,55 @@
         </w:rPr>
         <w:t>Иностранные юридические и физические лица допускаются к участию в аукционе с соблюдением требований, установленных законодательством Российской Федерации.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="31970F3D" w14:textId="77777777" w:rsidR="00705B53" w:rsidRPr="00FC3573" w:rsidRDefault="0036098D" w:rsidP="0036098D">
       <w:pPr>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00FC3573">
         <w:t>К участию в торгах не допускаются лица, указанные</w:t>
       </w:r>
       <w:r w:rsidR="00705B53" w:rsidRPr="00FC3573">
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="67FB54AB" w14:textId="2D3CE3B7" w:rsidR="0036098D" w:rsidRPr="00FC3573" w:rsidRDefault="00705B53" w:rsidP="0036098D">
       <w:pPr>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00FC3573">
         <w:t>-</w:t>
       </w:r>
       <w:r w:rsidR="0036098D" w:rsidRPr="00FC3573">
-        <w:t xml:space="preserve"> в Указе Президента РФ от 1 марта 2022 г. № 81 «О дополнительных временных мерах экономического характера по обеспечению финансовой стабильности Российской Федерации», в Постановление Правительства РФ от 6 марта 2022 г. № 295 «Об утверждении Правил выдачи Правительственной комиссией по контролю за осуществлением иностранных инвестиций в </w:t>
+        <w:t xml:space="preserve"> в Указе Президента РФ от 1 марта 2022 г. № 81 «О дополнительных временных мерах экономического характера по обеспечению финансовой стабильности Российской Федерации», в Постановление Правительства РФ от 6 марта 2022 г. № 295 «Об утверждении Правил выдачи Правительственной комиссией по контролю за осуществлением иностранных инвестиций в Российской Федерации разрешений на осуществление (исполнение) резидентами сделок (операций) с иностранными лицами в целях реализации дополнительных временных мер экономического характера по обеспечению финансовой стабильности Российской Федерации и внесении изменения в Положение о Правительственной комиссии по контролю за </w:t>
       </w:r>
       <w:r w:rsidR="0036098D" w:rsidRPr="00FC3573">
         <w:lastRenderedPageBreak/>
-        <w:t>Российской Федерации разрешений на осуществление (исполнение) резидентами сделок (операций) с иностранными лицами в целях реализации дополнительных временных мер экономического характера по обеспечению финансовой стабильности Российской Федерации и внесении изменения в Положение о Правительственной комиссии по контролю за осуществлением иностранных инвестиций в Российской Федерации» и в Распоряжение Правительства РФ от 05.03.2022 № 430-р</w:t>
+        <w:t>осуществлением иностранных инвестиций в Российской Федерации» и в Распоряжение Правительства РФ от 05.03.2022 № 430-р</w:t>
       </w:r>
       <w:r w:rsidRPr="00FC3573">
         <w:t>;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2EBC7301" w14:textId="0344C64A" w:rsidR="00705B53" w:rsidRPr="00FC3573" w:rsidRDefault="00705B53" w:rsidP="00705B53">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00FC3573">
         <w:t>-  в Указе Президента РФ от 03.05.2022 № 252 «О применении ответных специальных экономических мер в связи с недружественными действиями некоторых иностранных государств и международных организаций», Перечне</w:t>
       </w:r>
       <w:r w:rsidRPr="00FC3573">
         <w:rPr>
           <w:rStyle w:val="ac"/>
         </w:rPr>
         <w:footnoteReference w:id="1"/>
       </w:r>
       <w:r w:rsidRPr="00FC3573">
         <w:t xml:space="preserve">,  утвержденным Постановлением Правительства РФ от 11.05.2022 № 851 «О мерах по реализации Указа Президента Российской Федерации от 3 мая 2022 г. № 252». </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0C0531CE" w14:textId="77777777" w:rsidR="00077946" w:rsidRPr="00FC3573" w:rsidRDefault="00077946" w:rsidP="00077946">
       <w:pPr>
         <w:ind w:left="-142" w:firstLine="851"/>
@@ -3227,96 +3311,96 @@
     <w:p w14:paraId="339FA275" w14:textId="77777777" w:rsidR="002F1612" w:rsidRPr="002F1612" w:rsidRDefault="002F1612" w:rsidP="002F1612">
       <w:pPr>
         <w:pStyle w:val="ad"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
         <w:spacing w:after="0"/>
         <w:ind w:left="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002F1612">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Платежный документ (копия) с отметкой банка об исполнении, подтверждающий внесение претендентом задатка в счет обеспечения оплаты имущества, реализуемого на торгах, в соответствии с договором о задатке;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0E283B86" w14:textId="77777777" w:rsidR="002F1612" w:rsidRPr="002F1612" w:rsidRDefault="002F1612" w:rsidP="002F1612">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:ind w:left="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002F1612">
         <w:t>Надлежащим образом оформленная доверенность, если от имени заявителя действует представитель;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7FFBAA6C" w14:textId="22C694BD" w:rsidR="00B658DB" w:rsidRPr="00F84C14" w:rsidRDefault="00B658DB" w:rsidP="00B658DB">
       <w:pPr>
         <w:pStyle w:val="ad"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="426" w:hanging="568"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008F3011">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>З</w:t>
       </w:r>
       <w:r w:rsidR="00CF6DFA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>а</w:t>
       </w:r>
       <w:r w:rsidRPr="008F3011">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>в</w:t>
       </w:r>
       <w:r w:rsidR="00CF6DFA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ере</w:t>
@@ -3591,51 +3675,59 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="0E20ADAF" w14:textId="77777777" w:rsidR="002F1612" w:rsidRPr="002F1612" w:rsidRDefault="002F1612" w:rsidP="002F1612">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:ind w:left="142" w:hanging="284"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="002F1612">
         <w:t>Документы, подтверждающие полномочия руководителя юридического лица на осуществление действий от имени юридического лица и в соответствии с которым руководитель юридического лица обладает правом действовать от имени юридического лица без доверенности (Решение/протокол о назначении на должность);</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="16B3C3F4" w14:textId="77777777" w:rsidR="002F1612" w:rsidRPr="002F1612" w:rsidRDefault="002F1612" w:rsidP="002F1612">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:ind w:left="142" w:hanging="284"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="002F1612">
-        <w:t>Решение об одобрении или совершении сделки или письмо об отсутствии необходимости такого одобрения, получения согласия на ее совершение;</w:t>
+        <w:t xml:space="preserve">Решение об одобрении или совершении </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002F1612">
+        <w:t>сделки</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002F1612">
+        <w:t xml:space="preserve"> или письмо об отсутствии необходимости такого одобрения, получения согласия на ее совершение;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="09713605" w14:textId="77777777" w:rsidR="002F1612" w:rsidRPr="00FC3573" w:rsidRDefault="002F1612" w:rsidP="002F1612">
       <w:pPr>
         <w:pStyle w:val="ad"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
         <w:spacing w:after="0"/>
         <w:ind w:left="142" w:hanging="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FC3573">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
@@ -3887,115 +3979,147 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="75B74C66" w14:textId="77777777" w:rsidR="00D610A5" w:rsidRPr="002F1612" w:rsidRDefault="00D610A5" w:rsidP="002F1612">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:ind w:left="567" w:hanging="567"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="002F1612">
         <w:t>Сертификат (свидетельство) о регистрации (инкорпорации);</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="13FAD41A" w14:textId="77777777" w:rsidR="00D610A5" w:rsidRPr="002F1612" w:rsidRDefault="00D610A5" w:rsidP="002F1612">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:ind w:left="567" w:hanging="567"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="002F1612">
-        <w:t>Сертификат (свидетельство) о директорах и решение о назначении директора(-ов);</w:t>
+        <w:t>Сертификат (свидетельство) о директорах и решение о назначении директора(-</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002F1612">
+        <w:t>ов</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002F1612">
+        <w:t>);</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="18A7A46B" w14:textId="77777777" w:rsidR="00D610A5" w:rsidRPr="002F1612" w:rsidRDefault="00D610A5" w:rsidP="002F1612">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:ind w:left="567" w:hanging="567"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="002F1612">
         <w:t>Сертификат на акции (иной аналогичный документ);</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="725B4E79" w14:textId="77777777" w:rsidR="00D610A5" w:rsidRPr="002F1612" w:rsidRDefault="00D610A5" w:rsidP="002F1612">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:ind w:left="567" w:hanging="567"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="002F1612">
-        <w:lastRenderedPageBreak/>
         <w:t>Выписка из торгового реестра или сертификат ИНКАМБЕНСИ (иное эквивалентное доказательство юридического статуса иностранного лица в соответствии с законодательством страны его местонахождения) не старше 30 дней;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="33DE5B3D" w14:textId="77777777" w:rsidR="00D610A5" w:rsidRPr="002F1612" w:rsidRDefault="00D610A5" w:rsidP="002F1612">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:ind w:left="567" w:hanging="567"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="002F1612">
-        <w:t>Сертификат должного состояния (good standing) не старше 30 дней;</w:t>
+        <w:t>Сертификат должного состояния (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002F1612">
+        <w:t>good</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002F1612">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002F1612">
+        <w:t>standing</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002F1612">
+        <w:t>) не старше 30 дней;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="745F008F" w14:textId="0ABAB7CA" w:rsidR="00D610A5" w:rsidRDefault="00D610A5" w:rsidP="002F1612">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:ind w:left="567" w:hanging="567"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="002F1612">
-        <w:t>Решение об одобрении или совершении сделки или письмо об отсутствии необходимости такого одобрения, получения согласия на ее совершение</w:t>
+        <w:t xml:space="preserve">Решение об одобрении или совершении </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002F1612">
+        <w:t>сделки</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002F1612">
+        <w:t xml:space="preserve"> или письмо об отсутствии необходимости такого одобрения, получения согласия на ее совершение</w:t>
       </w:r>
       <w:r w:rsidR="00C56946">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="12661807" w14:textId="77777777" w:rsidR="00D610A5" w:rsidRPr="00E2163C" w:rsidRDefault="00D610A5" w:rsidP="00D610A5">
       <w:pPr>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00E2163C">
+        <w:lastRenderedPageBreak/>
         <w:t>Иные документы, требование к предоставлению которых может быть установлено Организатором торгов в сообщении о проведении торгов или федеральным законом.</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="71B47B03" w14:textId="77777777" w:rsidR="00D610A5" w:rsidRPr="00F30D8B" w:rsidRDefault="00D610A5" w:rsidP="00D610A5">
       <w:pPr>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00F30D8B">
         <w:t xml:space="preserve">Заявки, поступившие после истечения срока приема заявок, указанного в сообщении о проведении аукциона, либо представленные без необходимых документов, либо поданные лицом, не уполномоченным претендентом на осуществление таких действий, Организатором торгов не принимаются. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="33E02451" w14:textId="1A4E83B8" w:rsidR="00D610A5" w:rsidRPr="00F30D8B" w:rsidRDefault="00D610A5" w:rsidP="00D610A5">
       <w:pPr>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00F30D8B">
         <w:t xml:space="preserve">Документооборот между Претендентами, Участниками торгов, Организатором торгов осуществляется через электронную площадку в форме электронных документов либо электронных образов документов, от лица, имеющего право действовать от имени соответственно Претендента, Участника торгов, за исключением договора </w:t>
       </w:r>
       <w:r w:rsidR="00A023D9">
         <w:t>купли-продажи</w:t>
@@ -4176,59 +4300,61 @@
         <w:r w:rsidRPr="00757FE8">
           <w:rPr>
             <w:rFonts w:eastAsia="Times New Roman"/>
             <w:color w:val="0000FF"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>-</w:t>
         </w:r>
         <w:r w:rsidRPr="00757FE8">
           <w:rPr>
             <w:rFonts w:eastAsia="Times New Roman"/>
             <w:color w:val="0000FF"/>
             <w:u w:val="single"/>
             <w:lang w:val="en-US"/>
           </w:rPr>
           <w:t>online</w:t>
         </w:r>
         <w:r w:rsidRPr="00757FE8">
           <w:rPr>
             <w:rFonts w:eastAsia="Times New Roman"/>
             <w:color w:val="0000FF"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>.</w:t>
         </w:r>
+        <w:proofErr w:type="spellStart"/>
         <w:r w:rsidRPr="00757FE8">
           <w:rPr>
             <w:rFonts w:eastAsia="Times New Roman"/>
             <w:color w:val="0000FF"/>
             <w:u w:val="single"/>
             <w:lang w:val="en-US"/>
           </w:rPr>
           <w:t>ru</w:t>
         </w:r>
+        <w:proofErr w:type="spellEnd"/>
       </w:hyperlink>
       <w:r w:rsidRPr="00757FE8">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> в разделе «карточка лота». </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="360EF29B" w14:textId="77777777" w:rsidR="00D610A5" w:rsidRPr="00F30D8B" w:rsidRDefault="00D610A5" w:rsidP="00D610A5">
       <w:pPr>
         <w:ind w:right="72" w:firstLine="567"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00F30D8B">
         <w:t>Указанный договор о задатке считается в любом случае заключенным на условиях формы договора о задатке (договора присоединения) в случае подачи заявки на участие в аукционе</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F30D8B">
         <w:t>и</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
@@ -4344,140 +4470,142 @@
       <w:r w:rsidRPr="00F30D8B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>Изменение заявки допускается только путем подачи Претендентом новой заявки в сроки, установленные в сообщении о проведении аукциона в электронной форме, при этом первоначальная заявка должна быть отозвана.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1D281E34" w14:textId="77777777" w:rsidR="00D610A5" w:rsidRPr="007E5C3F" w:rsidRDefault="00D610A5" w:rsidP="00D610A5">
       <w:pPr>
         <w:ind w:right="72" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007E5C3F">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Ознакомиться, условиями договора о задатке и иными сведениями о Лоте можно с момента приема заявок по адресу Организатора торгов на сайте Организатора торгов в сети Интернет </w:t>
       </w:r>
       <w:hyperlink r:id="rId14" w:history="1">
         <w:r w:rsidRPr="00134F22">
           <w:rPr>
             <w:rStyle w:val="af4"/>
             <w:lang w:val="en-US"/>
           </w:rPr>
           <w:t>www</w:t>
         </w:r>
         <w:r w:rsidRPr="00134F22">
           <w:rPr>
             <w:rStyle w:val="af4"/>
           </w:rPr>
           <w:t>.</w:t>
         </w:r>
         <w:r w:rsidRPr="00134F22">
           <w:rPr>
             <w:rStyle w:val="af4"/>
             <w:lang w:val="en-US"/>
           </w:rPr>
           <w:t>auction</w:t>
         </w:r>
         <w:r w:rsidRPr="00134F22">
           <w:rPr>
             <w:rStyle w:val="af4"/>
           </w:rPr>
           <w:t>-</w:t>
         </w:r>
         <w:r w:rsidRPr="00134F22">
           <w:rPr>
             <w:rStyle w:val="af4"/>
             <w:lang w:val="en-US"/>
           </w:rPr>
           <w:t>house</w:t>
         </w:r>
         <w:r w:rsidRPr="00134F22">
           <w:rPr>
             <w:rStyle w:val="af4"/>
           </w:rPr>
           <w:t>.</w:t>
         </w:r>
+        <w:proofErr w:type="spellStart"/>
         <w:r w:rsidRPr="00134F22">
           <w:rPr>
             <w:rStyle w:val="af4"/>
             <w:lang w:val="en-US"/>
           </w:rPr>
           <w:t>ru</w:t>
         </w:r>
+        <w:proofErr w:type="spellEnd"/>
       </w:hyperlink>
       <w:r w:rsidRPr="007E5C3F">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t>, на официальном интернет-сайте электронной торговой площадки: «</w:t>
       </w:r>
       <w:hyperlink r:id="rId15" w:history="1">
         <w:r w:rsidRPr="00134F22">
           <w:rPr>
             <w:rStyle w:val="af4"/>
           </w:rPr>
           <w:t>www.lot-online.ru</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="007E5C3F">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">». </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="271B6BB6" w14:textId="77777777" w:rsidR="00D610A5" w:rsidRPr="00F30D8B" w:rsidRDefault="00D610A5" w:rsidP="00D610A5">
       <w:pPr>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00F30D8B">
         <w:t>Претендент приобретает статус Участника аукциона с момента подписания протокола об определении участников аукциона в электронной форме.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="61FFEF25" w14:textId="77777777" w:rsidR="00D610A5" w:rsidRDefault="00D610A5" w:rsidP="00D610A5">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00F30D8B">
+        <w:lastRenderedPageBreak/>
         <w:t>К участию в торгах допускаются Претенденты, представившие заявки на участие в электронном аукционе и прилагаемые к ним документы, которые соответствуют требованиям, установленным законодательством и сообщением о проведении торгов и перечислившие</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F30D8B">
         <w:t>задаток</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F30D8B">
         <w:t>в порядке и размере,</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F30D8B">
         <w:t>указанном</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F30D8B">
         <w:t>в договоре о задатке и информационном сообщении.</w:t>
@@ -4950,94 +5078,100 @@
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="66C9C37C" w14:textId="549242A6" w:rsidR="00231A08" w:rsidRPr="00231A08" w:rsidRDefault="00231A08" w:rsidP="00231A08">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:spacing w:after="120"/>
         <w:ind w:right="-57"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00231A08">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Договор купли-продажи Объекта заключается между Продавцом и Покупателем (Побед</w:t>
       </w:r>
       <w:r w:rsidR="0057408D">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>ителем аукциона) в течение 15 (п</w:t>
       </w:r>
       <w:r w:rsidRPr="00231A08">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>ятнадцати) рабочих дней с даты подведения итогов Торгов.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="28BC4835" w14:textId="6D51BE8F" w:rsidR="00231A08" w:rsidRDefault="007D77C8" w:rsidP="00231A08">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:ind w:right="-57" w:firstLine="510"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000A4DEF">
         <w:rPr>
           <w:b/>
         </w:rPr>
-        <w:t xml:space="preserve">В случае признания Торгов несостоявшимися по причине участия/допуска только одного участника, Продавец вправе заключить договор купли-продажи Объекта с единственным участником торгов по цене не ниже начальной цены </w:t>
+        <w:t xml:space="preserve">В случае признания Торгов несостоявшимися по причине участия/допуска только одного участника, Продавец вправе заключить договор купли-продажи Объекта с </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000A4DEF">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">единственным участником торгов по цене не ниже начальной цены </w:t>
       </w:r>
       <w:r w:rsidR="0057408D">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>продажи Объекта, в течение 15 (п</w:t>
       </w:r>
       <w:r w:rsidRPr="000A4DEF">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>ятнадцати) рабочих дней с даты признания аукциона несостоявшимся</w:t>
       </w:r>
       <w:r w:rsidR="00231A08" w:rsidRPr="00231A08">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0B7C3CD1" w14:textId="364843A4" w:rsidR="00E67D55" w:rsidRPr="00E67D55" w:rsidRDefault="007D77C8" w:rsidP="00E67D55">
       <w:pPr>
         <w:spacing w:after="120"/>
@@ -5246,51 +5380,65 @@
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:sectPr w:rsidR="00E63153" w:rsidRPr="00083315" w:rsidSect="000E6E81">
           <w:pgSz w:w="11906" w:h="16838"/>
           <w:pgMar w:top="709" w:right="851" w:bottom="568" w:left="1134" w:header="709" w:footer="709" w:gutter="0"/>
           <w:cols w:space="708"/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
       <w:r w:rsidRPr="007704B0">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Продавец вправе предложить </w:t>
       </w:r>
       <w:r w:rsidRPr="007704B0">
         <w:rPr>
           <w:b/>
         </w:rPr>
-        <w:t xml:space="preserve">Победителю аукциона/ Единственному участнику аукциона одновременно с заключением договора купли-продажи Объекта заключить договор об оказании услуг облачного сервиса с Обществом с ограниченной ответственностью «Транспортные решения» (ООО «Транспортные решения») на предоставление права использования программного обеспечения АС СберТранспорт (комплекс информационно-технологических услуг по организации и анализу процесса транспортного обеспечения предприятия). Стоимость облачных услуг по договору оплачивается Победителем аукциона/ Единственным участником аукциона отдельно и составляет – </w:t>
+        <w:t xml:space="preserve">Победителю аукциона/ Единственному участнику аукциона одновременно с заключением договора купли-продажи Объекта заключить договор об оказании услуг облачного сервиса с Обществом с ограниченной ответственностью «Транспортные решения» (ООО «Транспортные решения») на предоставление права использования программного обеспечения АС </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007704B0">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>СберТранспорт</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007704B0">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (комплекс информационно-технологических услуг по организации и анализу процесса транспортного обеспечения предприятия). Стоимость облачных услуг по договору оплачивается Победителем аукциона/ Единственным участником аукциона отдельно и составляет – </w:t>
       </w:r>
       <w:r w:rsidRPr="007704B0">
         <w:rPr>
           <w:b/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>556 800,00</w:t>
       </w:r>
       <w:r w:rsidRPr="007704B0">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> (Пятьсот пятьдесят шесть тысяч восемьсот рублей 00 копеек</w:t>
       </w:r>
       <w:r w:rsidRPr="00EB25BF">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>).</w:t>
       </w:r>
       <w:r w:rsidRPr="00EB25BF">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
@@ -5753,51 +5901,69 @@
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="020C22"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="020C22"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Перечень лиц, входящих в группу контролирующих лиц </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="020C22"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>- физических лиц, а также Госучастников индивидуально или совместно владеющих прямо или косвенно (через третьих лиц) более чем 50% в капитале Общества</w:t>
+        <w:t xml:space="preserve">- физических лиц, а также </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="020C22"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Госучастников</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="020C22"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> индивидуально или совместно владеющих прямо или косвенно (через третьих лиц) более чем 50% в капитале Общества</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="020C22"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="020C22"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="af6"/>
         <w:tblW w:w="14742" w:type="dxa"/>
         <w:tblInd w:w="-5" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
@@ -5825,52 +5991,63 @@
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="01BB07AA" w14:textId="77777777" w:rsidR="00947FB9" w:rsidRDefault="00947FB9" w:rsidP="005F2D20">
             <w:pPr>
               <w:pStyle w:val="af7"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="020C22"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="020C22"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>ФИО/    наименование Госучастника</w:t>
-            </w:r>
+              <w:t xml:space="preserve">ФИО/    наименование </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="020C22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Госучастника</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="ac"/>
                 <w:b/>
                 <w:color w:val="020C22"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:footnoteReference w:id="3"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="020C22"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>,</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="ac"/>
                 <w:b/>
                 <w:color w:val="020C22"/>
@@ -6125,52 +6302,63 @@
               <w:t>)</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="523FA14B" w14:textId="77777777" w:rsidR="00947FB9" w:rsidRDefault="00947FB9" w:rsidP="005F2D20">
             <w:pPr>
               <w:pStyle w:val="af7"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="020C22"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="020C22"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t>Для Госучастника</w:t>
-            </w:r>
+              <w:t xml:space="preserve">Для </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="020C22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Госучастника</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:color w:val="020C22"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> – страна регистрации</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2065" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="6E1B950F" w14:textId="77777777" w:rsidR="00947FB9" w:rsidRDefault="00947FB9" w:rsidP="005F2D20">
             <w:pPr>
               <w:pStyle w:val="af7"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
@@ -10476,77 +10664,105 @@
           <w:p w14:paraId="4919342E" w14:textId="77777777" w:rsidR="00300953" w:rsidRPr="00582E7F" w:rsidRDefault="00300953" w:rsidP="005F2D20">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00582E7F">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>Лицо считается находящимся под контролем при наличии одного из признаков:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="66F39C7B" w14:textId="77777777" w:rsidR="00300953" w:rsidRPr="00582E7F" w:rsidRDefault="00300953" w:rsidP="005F2D20">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00582E7F">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
-              <w:t>1) контролирующее лицо имеет право прямо или косвенно распоряжаться (в т. ч. на основании договора доверительного управления  имуществом, договора простого товарищества, договора поручения или в результате других сделок либо по иным основаниям) более чем  50% (для организаций, осуществляющих пользование участком недр федерального значения и (или) добычу (вылов) водных  биологических ресурсов – 25%) общего количества голосов, приходящихся на голосующие акции (доли), составляющие уставный   капитал контролируемого лица (в т. ч. в случае, если указанное право временно передано иному лицу (иным лицам) на основании  договора доверительного управления имуществом, договора залога, договора репо, обеспечительного платежа, иного соглашения или  сделки);</w:t>
+              <w:t xml:space="preserve">1) контролирующее лицо имеет право прямо или косвенно распоряжаться (в т. ч. на основании договора доверительного управления  имуществом, договора простого товарищества, договора поручения или в результате других сделок либо по иным основаниям) более чем  50% (для организаций, осуществляющих пользование участком недр федерального значения и (или) добычу (вылов) водных  биологических ресурсов – 25%) общего количества голосов, приходящихся на голосующие акции (доли), составляющие уставный   капитал контролируемого лица (в т. ч. в случае, если указанное право временно передано иному лицу (иным лицам) на основании  договора доверительного управления имуществом, договора залога, договора </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00582E7F">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>репо</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00582E7F">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>, обеспечительного платежа, иного соглашения или  сделки);</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="2AC6F75F" w14:textId="79A39045" w:rsidR="00300953" w:rsidRPr="00582E7F" w:rsidRDefault="00300953" w:rsidP="005F2D20">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00582E7F">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve">2) контролирующее лицо на основании договора или по иным основаниям получило право или полномочие определять </w:t>
             </w:r>
             <w:r w:rsidR="00AE669F" w:rsidRPr="00582E7F">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>решения, принимаемые</w:t>
             </w:r>
             <w:r w:rsidRPr="00582E7F">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
-              <w:t xml:space="preserve"> контролируемым лицом, в т.ч. условия осуществления контролируемым лицом предпринимательской деятельности; </w:t>
+              <w:t xml:space="preserve"> контролируемым лицом, в </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00582E7F">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>т.ч</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00582E7F">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. условия осуществления контролируемым лицом предпринимательской деятельности; </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="2E0CC570" w14:textId="2A952949" w:rsidR="00300953" w:rsidRPr="00582E7F" w:rsidRDefault="00300953" w:rsidP="005F2D20">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00582E7F">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve">3) контролирующее лицо имеет право назначать единоличный исполнительный орган (ЕИО) и (или) более чем 50% </w:t>
             </w:r>
             <w:r w:rsidR="009F20CC" w:rsidRPr="00582E7F">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>состава коллегиального</w:t>
             </w:r>
             <w:r w:rsidRPr="00582E7F">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
@@ -10860,71 +11076,111 @@
           <w:i/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Лицо признается Контролирующим лицом организации при наличии одного из следующих признаков:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="72282A22" w14:textId="77777777" w:rsidR="009F20CC" w:rsidRPr="0064753E" w:rsidRDefault="009F20CC" w:rsidP="009F20CC">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0064753E">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>1) контролирующее лицо имеет право прямо или косвенно распоряжаться (в т. ч. на основании договора доверительного управления  имуществом, договора простого товарищества, договора поручения или в результате других сделок либо по иным основаниям) более чем  50% (для организаций, осуществляющих пользование участком недр федерального значения и (или) добычу (вылов) водных  биологических ресурсов – 25%) общего количества голосов, приходящихся на голосующие акции (доли), составляющие уставный   капитал контролируемого лица (в т. ч. в случае, если указанное право временно передано иному лицу (иным лицам) на основании  договора доверительного управления имуществом, договора залога, договора репо, обеспечительного платежа, иного соглашения или  сделки);</w:t>
-[...4 lines deleted...]
-        <w:jc w:val="both"/>
+        <w:t xml:space="preserve">1) контролирующее лицо имеет право прямо или косвенно распоряжаться (в т. ч. на основании договора доверительного управления  имуществом, договора простого товарищества, договора поручения или в результате других сделок либо по иным основаниям) более чем  50% (для организаций, осуществляющих пользование участком недр федерального значения и (или) добычу (вылов) водных  биологических ресурсов – 25%) общего количества голосов, приходящихся на голосующие акции (доли), составляющие уставный   капитал контролируемого лица (в т. ч. в случае, если указанное право временно передано иному лицу (иным лицам) на основании  договора доверительного управления имуществом, договора залога, договора </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0064753E">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-      </w:pPr>
+        <w:t>репо</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="0064753E">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t xml:space="preserve">2) контролирующее лицо на основании договора или по иным основаниям получило право или полномочие определять решения, принимаемые контролируемым лицом, в т.ч. условия осуществления контролируемым лицом предпринимательской деятельности; </w:t>
+        <w:t>, обеспечительного платежа, иного соглашения или  сделки);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="09E549A0" w14:textId="7A03E858" w:rsidR="009F20CC" w:rsidRPr="0064753E" w:rsidRDefault="009F20CC" w:rsidP="009F20CC">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0064753E">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2) контролирующее лицо на основании договора или по иным основаниям получило право или полномочие определять решения, принимаемые контролируемым лицом, в </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0064753E">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>т.ч</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0064753E">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. условия осуществления контролируемым лицом предпринимательской деятельности; </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3C462890" w14:textId="1FE1ACC8" w:rsidR="009F20CC" w:rsidRPr="0064753E" w:rsidRDefault="009F20CC" w:rsidP="009F20CC">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0064753E">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>3) контролирующее лицо имеет право назначать единоличный исполнительный орган (ЕИО) и (или) более чем 50% состава коллегиального исполнительного органа контролируемого лица и (или) имеет безусловную возможность избирать более чем 50% состава   совета директоров (наблюдательного совета) или иного коллегиального органа управления контролируемого лица;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6A8EE0F2" w14:textId="77777777" w:rsidR="009F20CC" w:rsidRPr="0064753E" w:rsidRDefault="009F20CC" w:rsidP="009F20CC">
       <w:pPr>
         <w:jc w:val="both"/>
@@ -11424,52 +11680,61 @@
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Gazprom Germania GmbH</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3340" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1A1D39D1" w14:textId="77777777" w:rsidR="009F20CC" w:rsidRPr="00F05D6C" w:rsidRDefault="009F20CC" w:rsidP="005F2D20">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F05D6C">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Газпром Германия ГмбХ</w:t>
-            </w:r>
+              <w:t xml:space="preserve">Газпром Германия </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F05D6C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ГмбХ</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1634" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6E3FB59B" w14:textId="77777777" w:rsidR="009F20CC" w:rsidRPr="00F05D6C" w:rsidRDefault="009F20CC" w:rsidP="005F2D20">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F05D6C">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Германия</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1370" w:type="dxa"/>
@@ -11524,52 +11789,77 @@
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Gazprom NGV Europe GmbH</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3340" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="35C7BB97" w14:textId="77777777" w:rsidR="009F20CC" w:rsidRPr="00F05D6C" w:rsidRDefault="009F20CC" w:rsidP="005F2D20">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F05D6C">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Газпром Эн Джи Ви Юроп ГмбХ</w:t>
-            </w:r>
+              <w:t xml:space="preserve">Газпром Эн Джи Ви </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F05D6C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Юроп</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F05D6C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F05D6C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ГмбХ</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1634" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4A746C3E" w14:textId="77777777" w:rsidR="009F20CC" w:rsidRPr="00F05D6C" w:rsidRDefault="009F20CC" w:rsidP="005F2D20">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F05D6C">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Германия</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1370" w:type="dxa"/>
@@ -11598,78 +11888,106 @@
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F05D6C">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3535" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6084B16F" w14:textId="77777777" w:rsidR="009F20CC" w:rsidRPr="00F05D6C" w:rsidRDefault="009F20CC" w:rsidP="005F2D20">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00F05D6C">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Astora GmbH</w:t>
+              <w:t>Astora</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F05D6C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> GmbH</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3340" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5D97D380" w14:textId="77777777" w:rsidR="009F20CC" w:rsidRPr="00F05D6C" w:rsidRDefault="009F20CC" w:rsidP="005F2D20">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00F05D6C">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Астора ГмбХ</w:t>
-            </w:r>
+              <w:t>Астора</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F05D6C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F05D6C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ГмбХ</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1634" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2499D016" w14:textId="77777777" w:rsidR="009F20CC" w:rsidRPr="00F05D6C" w:rsidRDefault="009F20CC" w:rsidP="005F2D20">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F05D6C">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Германия</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1370" w:type="dxa"/>
@@ -11704,72 +12022,131 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3535" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="664819F9" w14:textId="77777777" w:rsidR="009F20CC" w:rsidRPr="00F05D6C" w:rsidRDefault="009F20CC" w:rsidP="005F2D20">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F05D6C">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>ZGG – Zarubezhgazneftehim Trading GmbH</w:t>
+              <w:t xml:space="preserve">ZGG – </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F05D6C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Zarubezhgazneftehim</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F05D6C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Trading GmbH</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3340" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="771962A9" w14:textId="77777777" w:rsidR="009F20CC" w:rsidRPr="00F05D6C" w:rsidRDefault="009F20CC" w:rsidP="005F2D20">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F05D6C">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>ЗГГ – Зарубежгазнефтехим Трейдинг ГмбХ</w:t>
-            </w:r>
+              <w:t xml:space="preserve">ЗГГ – </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F05D6C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Зарубежгазнефтехим</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F05D6C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F05D6C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Трейдинг</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F05D6C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F05D6C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ГмбХ</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1634" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="23EADB3E" w14:textId="77777777" w:rsidR="009F20CC" w:rsidRPr="00F05D6C" w:rsidRDefault="009F20CC" w:rsidP="005F2D20">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F05D6C">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Австрия</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1370" w:type="dxa"/>
@@ -11804,71 +12181,105 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3535" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7F035A9B" w14:textId="77777777" w:rsidR="009F20CC" w:rsidRPr="00F05D6C" w:rsidRDefault="009F20CC" w:rsidP="005F2D20">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F05D6C">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>GAZPROM Schweiz AG</w:t>
+              <w:t xml:space="preserve">GAZPROM </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F05D6C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Schweiz</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F05D6C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> AG</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3340" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3EB7EE4F" w14:textId="77777777" w:rsidR="009F20CC" w:rsidRPr="00F05D6C" w:rsidRDefault="009F20CC" w:rsidP="005F2D20">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F05D6C">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Газпром Швайц АГ</w:t>
+              <w:t xml:space="preserve">Газпром </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F05D6C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Швайц</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F05D6C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> АГ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1634" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="313E2C3C" w14:textId="77777777" w:rsidR="009F20CC" w:rsidRPr="00F05D6C" w:rsidRDefault="009F20CC" w:rsidP="005F2D20">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F05D6C">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Швейцария</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
@@ -11904,71 +12315,105 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3535" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="53933B68" w14:textId="77777777" w:rsidR="009F20CC" w:rsidRPr="00F05D6C" w:rsidRDefault="009F20CC" w:rsidP="005F2D20">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F05D6C">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>WIEE Hungary Kft.</w:t>
+              <w:t xml:space="preserve">WIEE Hungary </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F05D6C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Kft</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F05D6C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3340" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="525AD7A7" w14:textId="77777777" w:rsidR="009F20CC" w:rsidRPr="00F05D6C" w:rsidRDefault="009F20CC" w:rsidP="005F2D20">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F05D6C">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>ВИЕЕ Хунгари Кфт.</w:t>
+              <w:t xml:space="preserve">ВИЕЕ Хунгари </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F05D6C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Кфт</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F05D6C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1634" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="020FF777" w14:textId="77777777" w:rsidR="009F20CC" w:rsidRPr="00F05D6C" w:rsidRDefault="009F20CC" w:rsidP="005F2D20">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F05D6C">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Венгрия</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
@@ -12024,51 +12469,67 @@
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>WIEE Bulgaria EOOD</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3340" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="701623D7" w14:textId="77777777" w:rsidR="009F20CC" w:rsidRPr="00F05D6C" w:rsidRDefault="009F20CC" w:rsidP="005F2D20">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F05D6C">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>ВИЕЕ Булгария ЕООД</w:t>
+              <w:t xml:space="preserve">ВИЕЕ </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F05D6C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Булгария</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F05D6C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ЕООД</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1634" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1C69DDDA" w14:textId="77777777" w:rsidR="009F20CC" w:rsidRPr="00F05D6C" w:rsidRDefault="009F20CC" w:rsidP="005F2D20">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F05D6C">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Болгария</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
@@ -12224,52 +12685,61 @@
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>WIBG GmbH</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3340" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0043C5DD" w14:textId="77777777" w:rsidR="009F20CC" w:rsidRPr="00F05D6C" w:rsidRDefault="009F20CC" w:rsidP="005F2D20">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F05D6C">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>ВИБГ ГмбХ</w:t>
-            </w:r>
+              <w:t xml:space="preserve">ВИБГ </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F05D6C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ГмбХ</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1634" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="430A4F5B" w14:textId="77777777" w:rsidR="009F20CC" w:rsidRPr="00F05D6C" w:rsidRDefault="009F20CC" w:rsidP="005F2D20">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F05D6C">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Германия</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1370" w:type="dxa"/>
@@ -12304,72 +12774,91 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3535" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0B86AB14" w14:textId="77777777" w:rsidR="009F20CC" w:rsidRPr="00F05D6C" w:rsidRDefault="009F20CC" w:rsidP="005F2D20">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F05D6C">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>WIEH GbmH</w:t>
-            </w:r>
+              <w:t xml:space="preserve">WIEH </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F05D6C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>GbmH</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3340" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="485DE1A0" w14:textId="77777777" w:rsidR="009F20CC" w:rsidRPr="00F05D6C" w:rsidRDefault="009F20CC" w:rsidP="005F2D20">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F05D6C">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>ВИЕХ ГмбХ</w:t>
-            </w:r>
+              <w:t xml:space="preserve">ВИЕХ </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F05D6C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ГмбХ</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1634" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="54A59C47" w14:textId="77777777" w:rsidR="009F20CC" w:rsidRPr="00F05D6C" w:rsidRDefault="009F20CC" w:rsidP="005F2D20">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F05D6C">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Германия</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1370" w:type="dxa"/>
@@ -12424,52 +12913,61 @@
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>WINGAS GmbH</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3340" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="444C048C" w14:textId="77777777" w:rsidR="009F20CC" w:rsidRPr="00F05D6C" w:rsidRDefault="009F20CC" w:rsidP="005F2D20">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F05D6C">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>ВИНГАЗ ГмбХ</w:t>
-            </w:r>
+              <w:t xml:space="preserve">ВИНГАЗ </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F05D6C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ГмбХ</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1634" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="335737B1" w14:textId="77777777" w:rsidR="009F20CC" w:rsidRPr="00F05D6C" w:rsidRDefault="009F20CC" w:rsidP="005F2D20">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F05D6C">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Германия</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1370" w:type="dxa"/>
@@ -12519,56 +13017,81 @@
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F05D6C">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>WINGAS UK Ltd.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3340" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="288A62F6" w14:textId="77777777" w:rsidR="009F20CC" w:rsidRPr="00F05D6C" w:rsidRDefault="009F20CC" w:rsidP="005F2D20">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00F05D6C">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Вингаз ЮКэй Лтд.</w:t>
+              <w:t>Вингаз</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F05D6C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F05D6C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ЮКэй</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F05D6C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Лтд.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1634" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="60032EAA" w14:textId="77777777" w:rsidR="009F20CC" w:rsidRPr="00F05D6C" w:rsidRDefault="009F20CC" w:rsidP="005F2D20">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F05D6C">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Великобритания</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
@@ -12624,52 +13147,77 @@
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>WINGAS Sales GmbH</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3340" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="09D68425" w14:textId="77777777" w:rsidR="009F20CC" w:rsidRPr="00F05D6C" w:rsidRDefault="009F20CC" w:rsidP="005F2D20">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F05D6C">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>ВИНГАЗ Сэйлз ГмбХ</w:t>
-            </w:r>
+              <w:t xml:space="preserve">ВИНГАЗ </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F05D6C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Сэйлз</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F05D6C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F05D6C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ГмбХ</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1634" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="059830AC" w14:textId="77777777" w:rsidR="009F20CC" w:rsidRPr="00F05D6C" w:rsidRDefault="009F20CC" w:rsidP="005F2D20">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F05D6C">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Германия</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1370" w:type="dxa"/>
@@ -12724,52 +13272,61 @@
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>WINGAS Holding GmbH</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3340" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1B65D573" w14:textId="77777777" w:rsidR="009F20CC" w:rsidRPr="00F05D6C" w:rsidRDefault="009F20CC" w:rsidP="005F2D20">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F05D6C">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>ВИНГАЗ Холдинг ГмбХ</w:t>
-            </w:r>
+              <w:t xml:space="preserve">ВИНГАЗ Холдинг </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F05D6C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ГмбХ</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1634" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2CBA4C70" w14:textId="77777777" w:rsidR="009F20CC" w:rsidRPr="00F05D6C" w:rsidRDefault="009F20CC" w:rsidP="005F2D20">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F05D6C">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Германия</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1370" w:type="dxa"/>
@@ -12798,78 +13355,158 @@
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F05D6C">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3535" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7DD35832" w14:textId="77777777" w:rsidR="009F20CC" w:rsidRPr="00F05D6C" w:rsidRDefault="009F20CC" w:rsidP="005F2D20">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00F05D6C">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Industriekraftwerk Greifs wald GmbH</w:t>
+              <w:t>Industriekraftwerk</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F05D6C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F05D6C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Greifs</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F05D6C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F05D6C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>wald</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F05D6C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> GmbH</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3340" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2FEB6788" w14:textId="77777777" w:rsidR="009F20CC" w:rsidRPr="00F05D6C" w:rsidRDefault="009F20CC" w:rsidP="005F2D20">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00F05D6C">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Индустрикрафтверк Грайфсвальд ГмбХ</w:t>
-            </w:r>
+              <w:t>Индустрикрафтверк</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F05D6C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F05D6C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Грайфсвальд</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F05D6C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F05D6C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ГмбХ</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1634" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="74EF9F80" w14:textId="77777777" w:rsidR="009F20CC" w:rsidRPr="00F05D6C" w:rsidRDefault="009F20CC" w:rsidP="005F2D20">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F05D6C">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Германия</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1370" w:type="dxa"/>
@@ -12904,71 +13541,105 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>16</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3535" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7EB2A9EB" w14:textId="77777777" w:rsidR="009F20CC" w:rsidRPr="00F05D6C" w:rsidRDefault="009F20CC" w:rsidP="005F2D20">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F05D6C">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>VEMEX ENERGO s.r.o.</w:t>
+              <w:t xml:space="preserve">VEMEX ENERGO </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F05D6C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>s.r.o</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F05D6C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3340" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="272D9BC0" w14:textId="77777777" w:rsidR="009F20CC" w:rsidRPr="00F05D6C" w:rsidRDefault="009F20CC" w:rsidP="005F2D20">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F05D6C">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>ВЕМЕКС ЭНЕРГО с.р.о.</w:t>
+              <w:t xml:space="preserve">ВЕМЕКС ЭНЕРГО </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F05D6C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>с.р.о</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F05D6C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1634" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1BBCE680" w14:textId="77777777" w:rsidR="009F20CC" w:rsidRPr="00F05D6C" w:rsidRDefault="009F20CC" w:rsidP="005F2D20">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F05D6C">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Словакия</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
@@ -13004,71 +13675,105 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>17</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3535" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4416FD20" w14:textId="77777777" w:rsidR="009F20CC" w:rsidRPr="00F05D6C" w:rsidRDefault="009F20CC" w:rsidP="005F2D20">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F05D6C">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>WINGAS Benelux s.r.l.</w:t>
+              <w:t xml:space="preserve">WINGAS Benelux </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F05D6C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>s.r.l</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F05D6C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3340" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="40F980E7" w14:textId="77777777" w:rsidR="009F20CC" w:rsidRPr="00F05D6C" w:rsidRDefault="009F20CC" w:rsidP="005F2D20">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F05D6C">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>ВИНГАЗ Бенилюкс с.р.л.</w:t>
+              <w:t xml:space="preserve">ВИНГАЗ Бенилюкс </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F05D6C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>с.р.л</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F05D6C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1634" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3ED2F450" w14:textId="77777777" w:rsidR="009F20CC" w:rsidRPr="00F05D6C" w:rsidRDefault="009F20CC" w:rsidP="005F2D20">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F05D6C">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Бельгия</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
@@ -13124,51 +13829,67 @@
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Gazprom Marketing &amp; Trading Ltd.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3340" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1A19C5EA" w14:textId="77777777" w:rsidR="009F20CC" w:rsidRPr="00F05D6C" w:rsidRDefault="009F20CC" w:rsidP="005F2D20">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F05D6C">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Газпром Маркетинг энд Трейдинг Лтд.</w:t>
+              <w:t xml:space="preserve">Газпром Маркетинг энд </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F05D6C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Трейдинг</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F05D6C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Лтд.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1634" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="69CA5315" w14:textId="77777777" w:rsidR="009F20CC" w:rsidRPr="00F05D6C" w:rsidRDefault="009F20CC" w:rsidP="005F2D20">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1370" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="11E24BDC" w14:textId="77777777" w:rsidR="009F20CC" w:rsidRPr="00F05D6C" w:rsidRDefault="009F20CC" w:rsidP="005F2D20">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
@@ -13217,51 +13938,67 @@
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Gazprom Global LNG Ltd.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3340" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6DF3CBCB" w14:textId="77777777" w:rsidR="009F20CC" w:rsidRPr="00F05D6C" w:rsidRDefault="009F20CC" w:rsidP="005F2D20">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F05D6C">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Газпром Глобал Эл Эн Джи Лтд.</w:t>
+              <w:t xml:space="preserve">Газпром </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F05D6C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Глобал</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F05D6C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Эл Эн Джи Лтд.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1634" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3CDE1C6A" w14:textId="77777777" w:rsidR="009F20CC" w:rsidRPr="00F05D6C" w:rsidRDefault="009F20CC" w:rsidP="005F2D20">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F05D6C">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Великобритания</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
@@ -13317,51 +14054,67 @@
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Gazprom Marketing &amp; Trading France SAS</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3340" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6BE04F7D" w14:textId="77777777" w:rsidR="009F20CC" w:rsidRPr="00F05D6C" w:rsidRDefault="009F20CC" w:rsidP="005F2D20">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F05D6C">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Газпром Маркетинг энд Трейдинг Франц САС</w:t>
+              <w:t xml:space="preserve">Газпром Маркетинг энд </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F05D6C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Трейдинг</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F05D6C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Франц САС</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1634" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="17564EEC" w14:textId="77777777" w:rsidR="009F20CC" w:rsidRPr="00F05D6C" w:rsidRDefault="009F20CC" w:rsidP="005F2D20">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F05D6C">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Франция</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
@@ -13417,51 +14170,83 @@
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Gazprom Marketing &amp; Trading USA Inc.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3340" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5C591AED" w14:textId="77777777" w:rsidR="009F20CC" w:rsidRPr="00F05D6C" w:rsidRDefault="009F20CC" w:rsidP="005F2D20">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F05D6C">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Газпром Маркетинг энд Трейдинг ЮЭсЭй Инк.</w:t>
+              <w:t xml:space="preserve">Газпром Маркетинг энд </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F05D6C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Трейдинг</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F05D6C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F05D6C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ЮЭсЭй</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F05D6C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Инк.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1634" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="616AE43E" w14:textId="77777777" w:rsidR="009F20CC" w:rsidRPr="00F05D6C" w:rsidRDefault="009F20CC" w:rsidP="005F2D20">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F05D6C">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>США</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
@@ -13517,51 +14302,83 @@
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Gazprom Marketing &amp; Trading Switzerland AG</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3340" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="675389D6" w14:textId="77777777" w:rsidR="009F20CC" w:rsidRPr="00F05D6C" w:rsidRDefault="009F20CC" w:rsidP="005F2D20">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F05D6C">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Газпром Маркетинг энд Трейдинг Свитзерланд АГ</w:t>
+              <w:t xml:space="preserve">Газпром Маркетинг энд </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F05D6C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Трейдинг</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F05D6C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F05D6C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Свитзерланд</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F05D6C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> АГ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1634" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0ADBC08B" w14:textId="77777777" w:rsidR="009F20CC" w:rsidRPr="00F05D6C" w:rsidRDefault="009F20CC" w:rsidP="005F2D20">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F05D6C">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Швейцария</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
@@ -13617,51 +14434,67 @@
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Gazprom Marketing &amp; Trading Singapore PTE. Ltd.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3340" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="57CA65F6" w14:textId="77777777" w:rsidR="009F20CC" w:rsidRPr="00F05D6C" w:rsidRDefault="009F20CC" w:rsidP="005F2D20">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F05D6C">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Газпром Маркетинг энд Трейдинг Сингапур ПТЕ. Лтд.</w:t>
+              <w:t xml:space="preserve">Газпром Маркетинг энд </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F05D6C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Трейдинг</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F05D6C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Сингапур ПТЕ. Лтд.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1634" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0AB68176" w14:textId="77777777" w:rsidR="009F20CC" w:rsidRPr="00F05D6C" w:rsidRDefault="009F20CC" w:rsidP="005F2D20">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F05D6C">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Сингапур</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
@@ -13717,51 +14550,83 @@
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Gazprom Marketing &amp; Trading Retail Ltd.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3340" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="54656D8A" w14:textId="77777777" w:rsidR="009F20CC" w:rsidRPr="00F05D6C" w:rsidRDefault="009F20CC" w:rsidP="005F2D20">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F05D6C">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Газпром Маркетинг энд Трейдинг Ритэйл Лтд.</w:t>
+              <w:t xml:space="preserve">Газпром Маркетинг энд </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F05D6C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Трейдинг</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F05D6C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F05D6C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Ритэйл</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F05D6C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Лтд.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1634" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="52283979" w14:textId="77777777" w:rsidR="009F20CC" w:rsidRPr="00F05D6C" w:rsidRDefault="009F20CC" w:rsidP="005F2D20">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F05D6C">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Великобритания</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
@@ -13817,51 +14682,83 @@
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Gazprom Mex (UK) 1 Ltd.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3340" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0196CDEF" w14:textId="77777777" w:rsidR="009F20CC" w:rsidRPr="00F05D6C" w:rsidRDefault="009F20CC" w:rsidP="005F2D20">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F05D6C">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Газпром Мекс (ЮКей) 1 Лтд.</w:t>
+              <w:t xml:space="preserve">Газпром </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F05D6C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Мекс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F05D6C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F05D6C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ЮКей</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F05D6C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>) 1 Лтд.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1634" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="11670313" w14:textId="77777777" w:rsidR="009F20CC" w:rsidRPr="00F05D6C" w:rsidRDefault="009F20CC" w:rsidP="005F2D20">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F05D6C">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Великобритания</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
@@ -13917,51 +14814,83 @@
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Gazprom Mex (UK) 2 Ltd.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3340" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1CF00344" w14:textId="77777777" w:rsidR="009F20CC" w:rsidRPr="00F05D6C" w:rsidRDefault="009F20CC" w:rsidP="005F2D20">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F05D6C">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Газпром Мекс (ЮКей) 2 Лтд.</w:t>
+              <w:t xml:space="preserve">Газпром </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F05D6C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Мекс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F05D6C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F05D6C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ЮКей</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F05D6C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>) 2 Лтд.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1634" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3EBA1BD9" w14:textId="77777777" w:rsidR="009F20CC" w:rsidRPr="00F05D6C" w:rsidRDefault="009F20CC" w:rsidP="005F2D20">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F05D6C">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Великобритания</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
@@ -13991,77 +14920,112 @@
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F05D6C">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>27</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3535" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="40E8AE23" w14:textId="77777777" w:rsidR="009F20CC" w:rsidRPr="00F05D6C" w:rsidRDefault="009F20CC" w:rsidP="005F2D20">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00F05D6C">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>PremiumGas S.p.A.</w:t>
+              <w:t>PremiumGas</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F05D6C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> S.p.A.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3340" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="396D454D" w14:textId="77777777" w:rsidR="009F20CC" w:rsidRPr="00F05D6C" w:rsidRDefault="009F20CC" w:rsidP="005F2D20">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00F05D6C">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>ПремиумГаз С.п.А.</w:t>
+              <w:t>ПремиумГаз</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F05D6C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F05D6C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>С.п.А</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F05D6C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1634" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="30086F31" w14:textId="77777777" w:rsidR="009F20CC" w:rsidRPr="00F05D6C" w:rsidRDefault="009F20CC" w:rsidP="005F2D20">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F05D6C">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Италия</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
@@ -14097,71 +15061,105 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>28</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3535" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4F1C43D6" w14:textId="77777777" w:rsidR="009F20CC" w:rsidRPr="00F05D6C" w:rsidRDefault="009F20CC" w:rsidP="005F2D20">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F05D6C">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>VEMEX s.r.o.</w:t>
+              <w:t xml:space="preserve">VEMEX </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F05D6C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>s.r.o</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F05D6C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3340" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0A633F96" w14:textId="77777777" w:rsidR="009F20CC" w:rsidRPr="00F05D6C" w:rsidRDefault="009F20CC" w:rsidP="005F2D20">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F05D6C">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>ВЕМЕКС с.р.о.</w:t>
+              <w:t xml:space="preserve">ВЕМЕКС </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F05D6C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>с.р.о</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F05D6C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1634" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1C8B24FA" w14:textId="77777777" w:rsidR="009F20CC" w:rsidRPr="00F05D6C" w:rsidRDefault="009F20CC" w:rsidP="005F2D20">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F05D6C">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Чехия</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
@@ -14197,71 +15195,105 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>29</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3535" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="267190C4" w14:textId="77777777" w:rsidR="009F20CC" w:rsidRPr="00F05D6C" w:rsidRDefault="009F20CC" w:rsidP="005F2D20">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F05D6C">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>VEMEX ENERGIE a.s.</w:t>
+              <w:t xml:space="preserve">VEMEX ENERGIE </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F05D6C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>a.s</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F05D6C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3340" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6DCB727C" w14:textId="77777777" w:rsidR="009F20CC" w:rsidRPr="00F05D6C" w:rsidRDefault="009F20CC" w:rsidP="005F2D20">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F05D6C">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>ВЕМЕКС ЭНЕРГИ а.с.</w:t>
+              <w:t xml:space="preserve">ВЕМЕКС ЭНЕРГИ </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F05D6C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>а.с</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F05D6C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1634" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="30F40399" w14:textId="77777777" w:rsidR="009F20CC" w:rsidRPr="00F05D6C" w:rsidRDefault="009F20CC" w:rsidP="005F2D20">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F05D6C">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Чехия</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
@@ -14488,58 +15520,58 @@
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4D36E3B3" w14:textId="77777777" w:rsidR="009F20CC" w:rsidRPr="009F20CC" w:rsidRDefault="009F20CC" w:rsidP="00300953">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="009F20CC" w:rsidRPr="009F20CC" w:rsidSect="009F20CC">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="567" w:right="1134" w:bottom="709" w:left="851" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="703C42AC" w14:textId="77777777" w:rsidR="00801E64" w:rsidRDefault="00801E64" w:rsidP="008C3E4E">
+    <w:p w14:paraId="359C9388" w14:textId="77777777" w:rsidR="00F3227B" w:rsidRDefault="00F3227B" w:rsidP="008C3E4E">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="1018DAD0" w14:textId="77777777" w:rsidR="00801E64" w:rsidRDefault="00801E64" w:rsidP="008C3E4E">
+    <w:p w14:paraId="43723046" w14:textId="77777777" w:rsidR="00F3227B" w:rsidRDefault="00F3227B" w:rsidP="008C3E4E">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
@@ -14549,51 +15581,51 @@
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Verdana">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
-    <w:altName w:val="ＭＳ 明朝"/>
+    <w:altName w:val="Yu Gothic UI"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="NTTimes/Cyrillic">
     <w:altName w:val="Times New Roman"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="NewsGothic_A.Z_PS">
     <w:altName w:val="Courier New"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
@@ -14639,58 +15671,58 @@
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000203" w:usb1="288F0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings 2">
     <w:panose1 w:val="05020102010507070707"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="26C27043" w14:textId="77777777" w:rsidR="00801E64" w:rsidRDefault="00801E64" w:rsidP="008C3E4E">
+    <w:p w14:paraId="0CDB28E8" w14:textId="77777777" w:rsidR="00F3227B" w:rsidRDefault="00F3227B" w:rsidP="008C3E4E">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="610CD79C" w14:textId="77777777" w:rsidR="00801E64" w:rsidRDefault="00801E64" w:rsidP="008C3E4E">
+    <w:p w14:paraId="41F62ADF" w14:textId="77777777" w:rsidR="00F3227B" w:rsidRDefault="00F3227B" w:rsidP="008C3E4E">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="1">
     <w:p w14:paraId="0E94CCAD" w14:textId="77777777" w:rsidR="007D77C8" w:rsidRPr="00077946" w:rsidRDefault="007D77C8" w:rsidP="00705B53">
       <w:pPr>
         <w:pStyle w:val="aa"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00077946">
         <w:rPr>
           <w:rStyle w:val="ac"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="00077946">
         <w:t xml:space="preserve">   Физические  и юридические  лица,  поименованными непосредственно  в   Перечне, а   также организации,</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7D7CBE1E" w14:textId="77777777" w:rsidR="007D77C8" w:rsidRPr="00077946" w:rsidRDefault="007D77C8" w:rsidP="00705B53">
       <w:pPr>
         <w:pStyle w:val="aa"/>
         <w:jc w:val="both"/>
@@ -14701,60 +15733,76 @@
     </w:p>
     <w:p w14:paraId="35968AB9" w14:textId="77777777" w:rsidR="007D77C8" w:rsidRPr="00077946" w:rsidRDefault="007D77C8" w:rsidP="00705B53">
       <w:pPr>
         <w:pStyle w:val="aa"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00077946">
         <w:t>Лицом    находящимися  в  собственности  признаются    лицо  доля участия (прямого или косвенного) которого  или в совокупности нескольких лиц, из числа поименованных в Перечне, в юридическом лице равна или превышает 50%.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6B549E91" w14:textId="77777777" w:rsidR="007D77C8" w:rsidRPr="00077946" w:rsidRDefault="007D77C8" w:rsidP="00705B53">
       <w:pPr>
         <w:pStyle w:val="aa"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00077946">
         <w:t>Лицо признается Контролирующим лицом организации при наличии одного из следующих признаков:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="285405D5" w14:textId="77777777" w:rsidR="007D77C8" w:rsidRPr="00077946" w:rsidRDefault="007D77C8" w:rsidP="00705B53">
       <w:pPr>
         <w:pStyle w:val="aa"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00077946">
-        <w:t>1) контролирующее лицо имеет право прямо или косвенно распоряжаться (в т. ч. на основании договора доверительного управления  имуществом, договора простого товарищества, договора поручения или в результате других сделок либо по иным основаниям) более чем  50% (для организаций, осуществляющих пользование участком недр федерального значения и (или) добычу (вылов) водных  биологических ресурсов – 25%) общего количества голосов, приходящихся на голосующие акции (доли), составляющие уставный   капитал контролируемого лица (в т. ч. в случае, если указанное право временно передано иному лицу (иным лицам) на основании  договора доверительного управления имуществом, договора залога, договора репо, обеспечительного платежа, иного соглашения или  сделки);</w:t>
+        <w:t xml:space="preserve">1) контролирующее лицо имеет право прямо или косвенно распоряжаться (в т. ч. на основании договора доверительного управления  имуществом, договора простого товарищества, договора поручения или в результате других сделок либо по иным основаниям) более чем  50% (для организаций, осуществляющих пользование участком недр федерального значения и (или) добычу (вылов) водных  биологических ресурсов – 25%) общего количества голосов, приходящихся на голосующие акции (доли), составляющие уставный   капитал контролируемого лица (в т. ч. в случае, если указанное право временно передано иному лицу (иным лицам) на основании  договора доверительного управления имуществом, договора залога, договора </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00077946">
+        <w:t>репо</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00077946">
+        <w:t>, обеспечительного платежа, иного соглашения или  сделки);</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3A70783F" w14:textId="77777777" w:rsidR="007D77C8" w:rsidRPr="00077946" w:rsidRDefault="007D77C8" w:rsidP="00705B53">
       <w:pPr>
         <w:pStyle w:val="aa"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00077946">
-        <w:t xml:space="preserve">2) контролирующее лицо на основании договора или по иным основаниям получило право или полномочие определять решения,   принимаемые контролируемым лицом, в т.ч. условия осуществления контролируемым лицом предпринимательской деятельности; </w:t>
+        <w:t xml:space="preserve">2) контролирующее лицо на основании договора или по иным основаниям получило право или полномочие определять решения,   принимаемые контролируемым лицом, в </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00077946">
+        <w:t>т.ч</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00077946">
+        <w:t xml:space="preserve">. условия осуществления контролируемым лицом предпринимательской деятельности; </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="07C1E7C0" w14:textId="77777777" w:rsidR="007D77C8" w:rsidRPr="00077946" w:rsidRDefault="007D77C8" w:rsidP="00705B53">
       <w:pPr>
         <w:pStyle w:val="aa"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00077946">
         <w:t>3) контролирующее лицо имеет право назначать единоличный исполнительный орган (ЕИО) и (или) более чем 50% состава  коллегиального исполнительного органа контролируемого лица и (или) имеет безусловную возможность избирать более чем 50% состава   совета директоров (наблюдательного совета) или иного коллегиального органа управления контролируемого лица;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="34E46294" w14:textId="77777777" w:rsidR="007D77C8" w:rsidRPr="00077946" w:rsidRDefault="007D77C8" w:rsidP="00705B53">
       <w:pPr>
         <w:pStyle w:val="aa"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00077946">
         <w:t>4) контролирующее лицо осуществляет полномочия управляющей компании контролируемого лица.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="38A69997" w14:textId="77777777" w:rsidR="007D77C8" w:rsidRDefault="007D77C8" w:rsidP="00705B53">
       <w:pPr>
         <w:pStyle w:val="aa"/>
       </w:pPr>
     </w:p>
@@ -14780,100 +15828,131 @@
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Термин изменяется в зависимости от организационно-правовой формы.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2DAA01CB" w14:textId="77777777" w:rsidR="007D77C8" w:rsidRDefault="007D77C8" w:rsidP="00947FB9">
       <w:pPr>
         <w:pStyle w:val="aa"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t xml:space="preserve">  Ненужное зачеркнуть.</w:t>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Ненужное зачеркнуть.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="3">
     <w:p w14:paraId="6E13A14F" w14:textId="77777777" w:rsidR="007D77C8" w:rsidRDefault="007D77C8" w:rsidP="00947FB9">
       <w:pPr>
         <w:pStyle w:val="aa"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="ac"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> Под Госучастником понимаются государственные органы, государственные предприятия/ организации/ учреждения, государственные корпорации/государственные органы иностранного государства.</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">Под </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Госучастником</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> понимаются государственные органы, государственные предприятия/ организации/ учреждения, государственные корпорации/государственные органы иностранного государства.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="4">
     <w:p w14:paraId="0220485E" w14:textId="77777777" w:rsidR="007D77C8" w:rsidRDefault="007D77C8" w:rsidP="00947FB9">
       <w:pPr>
         <w:pStyle w:val="aa"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="ac"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> В отношении Госучастника заполняются 1, 3, 4 столбцы таблицы.</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">В отношении </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Госучастника</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> заполняются 1, 3, 4 столбцы таблицы.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="5">
     <w:p w14:paraId="2B84EA95" w14:textId="77777777" w:rsidR="007D77C8" w:rsidRDefault="007D77C8" w:rsidP="00947FB9">
       <w:pPr>
         <w:pStyle w:val="aa"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="ac"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> Документ, удостоверяющий личность</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>Документ, удостоверяющий личность</w:t>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0A9074BB"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="D7FA2D4A"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="927" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
@@ -16900,50 +17979,51 @@
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:numIdMacAtCleanup w:val="12"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
   <w:zoom w:percent="100"/>
   <w:embedSystemFonts/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="708"/>
   <w:doNotHyphenateCaps/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:doNotValidateAgainstSchema/>
   <w:doNotDemarcateInvalidXml/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00BD6514"/>
     <w:rsid w:val="00000236"/>
     <w:rsid w:val="0000096E"/>
@@ -18777,50 +19857,51 @@
     <w:rsid w:val="00DC54A0"/>
     <w:rsid w:val="00DC567E"/>
     <w:rsid w:val="00DC6032"/>
     <w:rsid w:val="00DC7A9C"/>
     <w:rsid w:val="00DD1A82"/>
     <w:rsid w:val="00DD2049"/>
     <w:rsid w:val="00DD34E5"/>
     <w:rsid w:val="00DD5D14"/>
     <w:rsid w:val="00DD5DE7"/>
     <w:rsid w:val="00DD6132"/>
     <w:rsid w:val="00DD701D"/>
     <w:rsid w:val="00DE01E2"/>
     <w:rsid w:val="00DE5F28"/>
     <w:rsid w:val="00DE7550"/>
     <w:rsid w:val="00DE78D0"/>
     <w:rsid w:val="00DE7ACF"/>
     <w:rsid w:val="00DE7C49"/>
     <w:rsid w:val="00DE7DB7"/>
     <w:rsid w:val="00DF1DB3"/>
     <w:rsid w:val="00DF1F9D"/>
     <w:rsid w:val="00DF2181"/>
     <w:rsid w:val="00DF2F14"/>
     <w:rsid w:val="00DF330D"/>
     <w:rsid w:val="00DF62F4"/>
     <w:rsid w:val="00DF7670"/>
+    <w:rsid w:val="00DF7C2F"/>
     <w:rsid w:val="00E01905"/>
     <w:rsid w:val="00E02579"/>
     <w:rsid w:val="00E02D82"/>
     <w:rsid w:val="00E036D2"/>
     <w:rsid w:val="00E03F34"/>
     <w:rsid w:val="00E04517"/>
     <w:rsid w:val="00E073C6"/>
     <w:rsid w:val="00E07DFB"/>
     <w:rsid w:val="00E117C5"/>
     <w:rsid w:val="00E11A2F"/>
     <w:rsid w:val="00E11E74"/>
     <w:rsid w:val="00E1209F"/>
     <w:rsid w:val="00E127C6"/>
     <w:rsid w:val="00E12C10"/>
     <w:rsid w:val="00E13B44"/>
     <w:rsid w:val="00E14C20"/>
     <w:rsid w:val="00E14E96"/>
     <w:rsid w:val="00E1535F"/>
     <w:rsid w:val="00E153B4"/>
     <w:rsid w:val="00E15616"/>
     <w:rsid w:val="00E171EA"/>
     <w:rsid w:val="00E17556"/>
     <w:rsid w:val="00E17813"/>
     <w:rsid w:val="00E20EED"/>
     <w:rsid w:val="00E21E3F"/>
@@ -18944,50 +20025,51 @@
     <w:rsid w:val="00EF238D"/>
     <w:rsid w:val="00EF3811"/>
     <w:rsid w:val="00EF41D8"/>
     <w:rsid w:val="00EF51BF"/>
     <w:rsid w:val="00F018BF"/>
     <w:rsid w:val="00F02C00"/>
     <w:rsid w:val="00F031D4"/>
     <w:rsid w:val="00F0399B"/>
     <w:rsid w:val="00F04354"/>
     <w:rsid w:val="00F04681"/>
     <w:rsid w:val="00F1155B"/>
     <w:rsid w:val="00F11B64"/>
     <w:rsid w:val="00F13300"/>
     <w:rsid w:val="00F14F2D"/>
     <w:rsid w:val="00F15371"/>
     <w:rsid w:val="00F16E65"/>
     <w:rsid w:val="00F17185"/>
     <w:rsid w:val="00F171A8"/>
     <w:rsid w:val="00F17269"/>
     <w:rsid w:val="00F204AD"/>
     <w:rsid w:val="00F20552"/>
     <w:rsid w:val="00F21BF2"/>
     <w:rsid w:val="00F225D4"/>
     <w:rsid w:val="00F27BF5"/>
     <w:rsid w:val="00F30D8B"/>
+    <w:rsid w:val="00F3227B"/>
     <w:rsid w:val="00F32B49"/>
     <w:rsid w:val="00F3566B"/>
     <w:rsid w:val="00F35735"/>
     <w:rsid w:val="00F35915"/>
     <w:rsid w:val="00F36862"/>
     <w:rsid w:val="00F36867"/>
     <w:rsid w:val="00F368D6"/>
     <w:rsid w:val="00F37C04"/>
     <w:rsid w:val="00F40002"/>
     <w:rsid w:val="00F4030F"/>
     <w:rsid w:val="00F40A09"/>
     <w:rsid w:val="00F40B44"/>
     <w:rsid w:val="00F40ED6"/>
     <w:rsid w:val="00F41102"/>
     <w:rsid w:val="00F4122D"/>
     <w:rsid w:val="00F419E1"/>
     <w:rsid w:val="00F41C39"/>
     <w:rsid w:val="00F442A8"/>
     <w:rsid w:val="00F44B45"/>
     <w:rsid w:val="00F45222"/>
     <w:rsid w:val="00F46E2A"/>
     <w:rsid w:val="00F47C54"/>
     <w:rsid w:val="00F47DFF"/>
     <w:rsid w:val="00F50D6E"/>
     <w:rsid w:val="00F51BB8"/>
@@ -21215,87 +22297,87 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA Fifth Edition"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{AB651DBE-FFFC-4A5A-92B7-A62CD6575883}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{224C4847-7D98-4501-BDD4-CFCE3398534D}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>14</Pages>
-  <Words>5481</Words>
-  <Characters>31248</Characters>
+  <Words>5432</Words>
+  <Characters>30969</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>260</Lines>
-  <Paragraphs>73</Paragraphs>
+  <Lines>258</Lines>
+  <Paragraphs>72</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Открытое акционерное общество «Российский аукционный дом»</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Hewlett-Packard Company</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>36656</CharactersWithSpaces>
+  <CharactersWithSpaces>36329</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="48" baseType="variant">
       <vt:variant>
         <vt:i4>327682</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>21</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>http://www.lot-online.ru/</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
         <vt:i4>720980</vt:i4>
       </vt:variant>
       <vt:variant>