--- v0 (2025-12-10)
+++ v1 (2026-03-04)
@@ -5,166 +5,168 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:body>
-    <w:p w14:paraId="4A22FDB2" w14:textId="77777777" w:rsidR="00E11832" w:rsidRPr="007C0172" w:rsidRDefault="00E11832" w:rsidP="00E11832">
+    <w:p w:rsidR="00E11832" w:rsidRPr="007C0172" w:rsidRDefault="00E11832" w:rsidP="00E11832">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4622"/>
           <w:tab w:val="left" w:pos="9198"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:permStart w:id="285416396" w:edGrp="everyone"/>
-[...2 lines deleted...]
-    <w:p w14:paraId="3B6B78CB" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="00A32147">
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:permStart w:id="1818913044" w:edGrp="everyone"/>
+      <w:permEnd w:id="1818913044"/>
+    </w:p>
+    <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="00A32147">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4622"/>
           <w:tab w:val="left" w:pos="9198"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="4678" w:firstLine="284"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:permStart w:id="1502228988" w:edGrp="everyone"/>
+      <w:permStart w:id="450852922" w:edGrp="everyone"/>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>УТВЕРЖДАЮ</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2505E980" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="006931A5">
+    <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="006931A5">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4622"/>
           <w:tab w:val="left" w:pos="9198"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="4678" w:firstLine="284"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6EDBA099" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
+    <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:suppressAutoHyphens/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="4678" w:firstLine="284"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>Заместитель Председателя Правления</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7AAD0A42" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
+    <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:suppressAutoHyphens/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="4678" w:firstLine="284"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5B6F8FC5" w14:textId="75BE4107" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
+    <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:suppressAutoHyphens/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="4678" w:firstLine="284"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>________________</w:t>
@@ -188,201 +190,201 @@
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>С.К.</w:t>
       </w:r>
       <w:r w:rsidR="00B17056">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>Кузнецов</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="61EB53E7" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="00A32147">
+    <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="00A32147">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4622"/>
           <w:tab w:val="left" w:pos="9198"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="4678" w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1BFEAEDE" w14:textId="53F616A8" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="00E11832" w:rsidP="006931A5">
+    <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="00E11832" w:rsidP="006931A5">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4622"/>
           <w:tab w:val="left" w:pos="9198"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="4678" w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E11832">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>«</w:t>
       </w:r>
-      <w:r w:rsidR="00573862">
+      <w:r w:rsidR="008E3755" w:rsidRPr="00E752A9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>__</w:t>
+        <w:t>03</w:t>
       </w:r>
       <w:r w:rsidRPr="00E11832">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve">» </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00573862">
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidR="008E3755" w:rsidRPr="00E752A9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>________</w:t>
+        <w:t xml:space="preserve"> октября</w:t>
       </w:r>
       <w:r w:rsidRPr="00E11832">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> 20</w:t>
       </w:r>
       <w:r w:rsidR="00995D1B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>23</w:t>
       </w:r>
       <w:r w:rsidR="002A4297" w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> г.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="14874E59" w14:textId="0AE63E83" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
+    <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="right" w:pos="8504"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="25D55BB0" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="00A32147">
+    <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="00A32147">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4962"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="4961"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">Типовая форма договора: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="052B40FD" w14:textId="20E7E36A" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="006931A5">
+    <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="006931A5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="4961"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>Договор купли-продажи недвижимого имущества</w:t>
       </w:r>
       <w:r w:rsidR="00CC3B92">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -405,51 +407,51 @@
                     <pic:cNvPr id="3" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:link="rId8"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="9526" cy="9526"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6768D96A" w14:textId="22D0058C" w:rsidR="002A4297" w:rsidRPr="007F6085" w:rsidRDefault="002A4297" w:rsidP="006931A5">
+    <w:p w:rsidR="002A4297" w:rsidRPr="007F6085" w:rsidRDefault="002A4297" w:rsidP="006931A5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="4961"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">Код </w:t>
       </w:r>
       <w:r w:rsidRPr="00A32147">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">формы: </w:t>
       </w:r>
@@ -463,106 +465,106 @@
       </w:r>
       <w:r w:rsidR="00EC36EF" w:rsidRPr="004440E4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>4</w:t>
       </w:r>
       <w:r w:rsidR="00E11832" w:rsidRPr="00E11832">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>5/</w:t>
       </w:r>
       <w:r w:rsidR="00BC7F86">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>4</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3C69977E" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="0022380E">
+    <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="0022380E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="4961"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">Наименование подразделения-разработчика: </w:t>
       </w:r>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>Департамент недвижимости и эксплуатации</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="39E58A66" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297">
+    <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="4961"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">Сфера применения формы: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="35FB4BCA" w14:textId="7B0C173F" w:rsidR="002B465E" w:rsidRPr="002B465E" w:rsidRDefault="002A4297" w:rsidP="002B465E">
+    <w:p w:rsidR="002B465E" w:rsidRPr="002B465E" w:rsidRDefault="002A4297" w:rsidP="002B465E">
       <w:pPr>
         <w:pStyle w:val="af3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="38"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="4962" w:hanging="1"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002B465E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
@@ -597,51 +599,51 @@
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>Б</w:t>
       </w:r>
       <w:r w:rsidRPr="002B465E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>анку на праве собственности</w:t>
       </w:r>
       <w:r w:rsidR="002B465E" w:rsidRPr="002B465E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="04974AF8" w14:textId="4AC46D09" w:rsidR="002A4297" w:rsidRPr="002B465E" w:rsidRDefault="002B465E" w:rsidP="002B465E">
+    <w:p w:rsidR="002A4297" w:rsidRPr="002B465E" w:rsidRDefault="002B465E" w:rsidP="002B465E">
       <w:pPr>
         <w:pStyle w:val="af3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="38"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="4962" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002B465E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Продажа недвижимого имущества (в том числе здание, сооружение, жилые (нежилые) помещения</w:t>
       </w:r>
@@ -718,51 +720,51 @@
           <w:sz w:val="20"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ой части</w:t>
       </w:r>
       <w:r w:rsidR="00E11832" w:rsidRPr="002B465E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> данного имущества (с обратной арендой)</w:t>
       </w:r>
       <w:r w:rsidR="0002241E" w:rsidRPr="002B465E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3B23C39E" w14:textId="65A7C2F5" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="00433A71">
+    <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="00433A71">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="4961"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00433A71">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -782,135 +784,135 @@
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> Центральный аппарат/Территориальные банки</w:t>
       </w:r>
       <w:r w:rsidR="00E730EE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>/Головные отделения ПАО Сбербанк</w:t>
       </w:r>
       <w:r w:rsidR="0002241E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="66144EBA" w14:textId="6FEF1D0C" w:rsidR="002A4297" w:rsidRPr="00A32147" w:rsidRDefault="00433A71">
+    <w:p w:rsidR="002A4297" w:rsidRPr="00A32147" w:rsidRDefault="00433A71">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="4961"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>4</w:t>
       </w:r>
       <w:r w:rsidR="002A4297" w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>. Договор заключается с юридическим лицом, индивидуальным предпринимателем или физическим лицом.</w:t>
       </w:r>
     </w:p>
-    <w:permEnd w:id="1502228988"/>
-    <w:p w14:paraId="341D169A" w14:textId="77777777" w:rsidR="00BF6A4A" w:rsidRDefault="00BF6A4A">
+    <w:permEnd w:id="450852922"/>
+    <w:p w:rsidR="00BF6A4A" w:rsidRDefault="00BF6A4A">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5AF8F466" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297">
+    <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">ДОГОВОР № </w:t>
       </w:r>
-      <w:permStart w:id="744167486" w:edGrp="everyone"/>
+      <w:permStart w:id="585701858" w:edGrp="everyone"/>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>_____</w:t>
       </w:r>
-      <w:permEnd w:id="744167486"/>
-[...1 lines deleted...]
-    <w:p w14:paraId="1BC4E0D2" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297">
+      <w:permEnd w:id="585701858"/>
+    </w:p>
+    <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>купли-продажи недвижимого имущества</w:t>
       </w:r>
       <w:r w:rsidR="00E11832" w:rsidRPr="00E11832">
         <w:rPr>
@@ -929,74 +931,74 @@
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:br/>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidR="00E11832" w:rsidRPr="00E11832">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>с последующей арендой данного имущества (с обратной арендой)</w:t>
       </w:r>
       <w:r w:rsidR="00E3600D">
         <w:rPr>
           <w:rStyle w:val="af5"/>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:footnoteReference w:id="2"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6AF1A41D" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297">
+    <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5331E5D8" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297">
+    <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:permStart w:id="1338663383" w:edGrp="everyone"/>
+      <w:permStart w:id="37843792" w:edGrp="everyone"/>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>г.__________________</w:t>
       </w:r>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
@@ -1038,65 +1040,65 @@
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">           </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">   «</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>___»_________ 20__г.</w:t>
       </w:r>
     </w:p>
-    <w:permEnd w:id="1338663383"/>
-    <w:p w14:paraId="3C4B6C4E" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297">
+    <w:permEnd w:id="37843792"/>
+    <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3486C833" w14:textId="1EC91455" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297">
+    <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007F6085">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Публичное акционерное общество «Сбербанк России» </w:t>
       </w:r>
       <w:r w:rsidR="0002241E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
@@ -1124,51 +1126,51 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">, именуемое в дальнейшем </w:t>
       </w:r>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>«Продавец»</w:t>
       </w:r>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">, в лице </w:t>
       </w:r>
-      <w:permStart w:id="852444262" w:edGrp="everyone"/>
+      <w:permStart w:id="985931635" w:edGrp="everyone"/>
       <w:r w:rsidR="00BD61A9">
         <w:rPr>
           <w:rStyle w:val="af5"/>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:footnoteReference w:id="3"/>
       </w:r>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>______</w:t>
       </w:r>
       <w:r w:rsidR="00BD61A9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
@@ -1180,171 +1182,171 @@
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>_____</w:t>
       </w:r>
       <w:r w:rsidR="00D950FE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>_____</w:t>
       </w:r>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>___</w:t>
       </w:r>
-      <w:permEnd w:id="852444262"/>
+      <w:permEnd w:id="985931635"/>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">, действующего на основании </w:t>
       </w:r>
-      <w:permStart w:id="2083085040" w:edGrp="everyone"/>
+      <w:permStart w:id="793915552" w:edGrp="everyone"/>
       <w:r w:rsidR="00BD61A9">
         <w:rPr>
           <w:rStyle w:val="af5"/>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:footnoteReference w:id="4"/>
       </w:r>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>_____________________</w:t>
       </w:r>
-      <w:permEnd w:id="2083085040"/>
+      <w:permEnd w:id="793915552"/>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>, с одной стороны, и</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="31BB1A87" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="00BD61A9">
+    <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="00BD61A9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:permStart w:id="185536469" w:edGrp="everyone"/>
+      <w:permStart w:id="678243224" w:edGrp="everyone"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="af5"/>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:footnoteReference w:id="5"/>
       </w:r>
       <w:r w:rsidR="002A4297" w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>__________</w:t>
       </w:r>
-      <w:permEnd w:id="185536469"/>
+      <w:permEnd w:id="678243224"/>
       <w:r w:rsidR="002A4297" w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00E730EE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">именуемый </w:t>
       </w:r>
       <w:r w:rsidR="002A4297" w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>в дальнейшем</w:t>
       </w:r>
       <w:r w:rsidR="002A4297" w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> «Покупатель»</w:t>
       </w:r>
       <w:r w:rsidR="002A4297" w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:permStart w:id="478638428" w:edGrp="everyone"/>
+      <w:permStart w:id="1892296995" w:edGrp="everyone"/>
       <w:r w:rsidR="002A4297" w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">в лице </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="af5"/>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:footnoteReference w:id="6"/>
       </w:r>
       <w:r w:rsidR="002A4297" w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
@@ -1368,51 +1370,51 @@
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>____________________________,</w:t>
       </w:r>
       <w:r w:rsidR="002A4297" w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:footnoteReference w:id="8"/>
       </w:r>
       <w:r w:rsidR="002A4297" w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:permEnd w:id="478638428"/>
+      <w:permEnd w:id="1892296995"/>
       <w:r w:rsidR="002A4297" w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">с </w:t>
       </w:r>
       <w:r w:rsidR="002A4297" w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>другой стороны, совместно именуемые далее «</w:t>
       </w:r>
       <w:r w:rsidR="002A4297" w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -1446,129 +1448,129 @@
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>», заключили настоящий договор (далее – «</w:t>
       </w:r>
       <w:r w:rsidR="002A4297" w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>Договор</w:t>
       </w:r>
       <w:r w:rsidR="002A4297" w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>») о нижеследующем:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="71F58A40" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297">
+    <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="73C5B7F3" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="007F6085">
+    <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="007F6085">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:contextualSpacing/>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>Предмет Договора</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="032EEB7A" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="00A32147">
+    <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="00A32147">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3A0C6716" w14:textId="057023C8" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
+    <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="_Ref140594226"/>
+      <w:bookmarkStart w:id="1" w:name="_Ref140594226"/>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">Продавец обязуется передать в собственность Покупателя, а Покупатель принять и оплатить следующее имущество (далее </w:t>
       </w:r>
       <w:r w:rsidR="00CB4713">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">вместе именованное </w:t>
       </w:r>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
@@ -1590,237 +1592,237 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>»</w:t>
       </w:r>
       <w:r w:rsidR="0088757E">
         <w:rPr>
           <w:rStyle w:val="af5"/>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:footnoteReference w:id="9"/>
       </w:r>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>):</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="0"/>
-[...1 lines deleted...]
-    <w:p w14:paraId="08DB8094" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
+      <w:bookmarkEnd w:id="1"/>
+    </w:p>
+    <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>Недвижимое имущество (далее – «</w:t>
       </w:r>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>Недвижимое имущество</w:t>
       </w:r>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>»):</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="67E0601E" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
+    <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:permStart w:id="239551892" w:edGrp="everyone"/>
+      <w:permStart w:id="643582037" w:edGrp="everyone"/>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>_____________</w:t>
       </w:r>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:footnoteReference w:id="10"/>
       </w:r>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> (далее – «</w:t>
       </w:r>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>Объект</w:t>
       </w:r>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>»).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="25D43B23" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="00A32147">
+    <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="00A32147">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>Кадастровый/условный номер Объекта: _____________.</w:t>
       </w:r>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:footnoteReference w:id="11"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="59ED7831" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="006931A5">
+    <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="006931A5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>Объект расположен по адресу: ___________.</w:t>
       </w:r>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:footnoteReference w:id="12"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0628DEC6" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297">
+    <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>Объект принадлежит Продавцу на праве собственности на основании __________</w:t>
       </w:r>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -1855,51 +1857,51 @@
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>, что подтверждается _______________</w:t>
       </w:r>
       <w:r w:rsidR="00D87ADA">
         <w:rPr>
           <w:rStyle w:val="af5"/>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:footnoteReference w:id="15"/>
       </w:r>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="68F705C7" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="007F6085">
+    <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="007F6085">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:footnoteReference w:id="16"/>
@@ -1930,125 +1932,125 @@
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>») со следующими характеристиками: ___________</w:t>
       </w:r>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:footnoteReference w:id="17"/>
       </w:r>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="67A597CE" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="00CC3B92" w:rsidP="00A32147">
+    <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="00CC3B92" w:rsidP="00A32147">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="af5"/>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:footnoteReference w:id="18"/>
       </w:r>
       <w:r w:rsidR="002A4297" w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>Кадастровый/условный номер Земельного участка: _____________.</w:t>
       </w:r>
       <w:r w:rsidR="002A4297" w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:footnoteReference w:id="19"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="56BDA4FB" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="006931A5">
+    <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="006931A5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>Земельный участок расположен по адресу: ___________.</w:t>
       </w:r>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:footnoteReference w:id="20"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="446F27A5" w14:textId="363F36FE" w:rsidR="002A4297" w:rsidRPr="00E0519C" w:rsidRDefault="002A4297">
+    <w:p w:rsidR="002A4297" w:rsidRPr="00E0519C" w:rsidRDefault="002A4297">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>Земельный участок принадлежит Продавцу на праве собственности на основании __________</w:t>
       </w:r>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -2111,51 +2113,51 @@
           <w:vertAlign w:val="superscript"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:footnoteReference w:id="23"/>
       </w:r>
       <w:r w:rsidR="00E0519C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:footnoteReference w:id="24"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7750C572" w14:textId="74B8F354" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="007F6085">
+    <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="007F6085">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:footnoteReference w:id="25"/>
@@ -2203,51 +2205,51 @@
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> указан в Приложении № 3 к Договору (далее – «</w:t>
       </w:r>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>Движимое имущество</w:t>
       </w:r>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>»).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="70B3A4D1" w14:textId="5F22EB6B" w:rsidR="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
+    <w:p w:rsidR="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:eastAsia="ru-RU"/>
@@ -2409,52 +2411,52 @@
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:footnoteReference w:id="30"/>
       </w:r>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:permEnd w:id="239551892"/>
-    <w:p w14:paraId="36C6D040" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="007F6085">
+    <w:permEnd w:id="643582037"/>
+    <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="007F6085">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>Продавец гарантирует, что на момент заключения Договора Имущество в споре или под арестом не состоит, не явля</w:t>
       </w:r>
@@ -2474,128 +2476,128 @@
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>тся предметом залога и не обременено (не ограничено) никакими другими правами третьих лиц, прямо не указанными в Договоре</w:t>
       </w:r>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:footnoteReference w:id="31"/>
       </w:r>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="042FF781" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="00A32147">
+    <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="00A32147">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">Продавец обязуется сохранить такое положение Имущества до перехода права собственности на </w:t>
       </w:r>
       <w:r w:rsidR="00DA55F7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>него</w:t>
       </w:r>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> к Покупателю.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3F36B195" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="006A5D23" w:rsidRDefault="002A4297" w:rsidP="002A4297">
+    <w:p w:rsidR="002A4297" w:rsidRPr="006A5D23" w:rsidRDefault="002A4297" w:rsidP="002A4297">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:permStart w:id="1112491791" w:edGrp="everyone"/>
+      <w:permStart w:id="1962034760" w:edGrp="everyone"/>
       <w:r w:rsidRPr="006A5D23">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:footnoteReference w:id="32"/>
       </w:r>
       <w:r w:rsidRPr="006A5D23">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>В Объекте проживают следующие лица, сохраняющие в соответствии с законом право пользования этим Объектом после его приобретения Покупателем:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="304770EE" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
+    <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006A5D23">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>__________________________________________________________________</w:t>
@@ -2643,105 +2645,105 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> и т.п.</w:t>
       </w:r>
       <w:r w:rsidR="00830AD4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">) </w:t>
       </w:r>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>от ______ № ___, выданной _______.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3FC41F18" w14:textId="1F1999DE" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="007F6085">
+    <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="007F6085">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:footnoteReference w:id="34"/>
       </w:r>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>Продавец не имеет перед третьими лицами просроченных долгов по оплате коммунальных, эксплуатационных, хозяйственных услуг и по иным платежам по Имуществу.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="61E9C43E" w14:textId="3430A720" w:rsidR="00E11832" w:rsidRPr="00E11832" w:rsidRDefault="00156CB6" w:rsidP="00E11832">
+    <w:p w:rsidR="00E11832" w:rsidRPr="00E11832" w:rsidRDefault="00156CB6" w:rsidP="00E11832">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="1" w:name="_Ref12626055"/>
+      <w:bookmarkStart w:id="2" w:name="_Ref12626055"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="af5"/>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:footnoteReference w:id="35"/>
       </w:r>
       <w:r w:rsidR="00E11832" w:rsidRPr="00E11832">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">Стороны обязуются одновременно с заключением Договора (в день заключения Договора) подписать договор аренды от «____» ______________ 20___ г. № _____ (далее – </w:t>
       </w:r>
       <w:r w:rsidR="00BE2358" w:rsidRPr="007F6085">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -2860,53 +2862,53 @@
       <w:r w:rsidR="00E11832" w:rsidRPr="007F6085">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>часть Объекта</w:t>
       </w:r>
       <w:r w:rsidR="00E11C7D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>»</w:t>
       </w:r>
       <w:r w:rsidR="00E11832" w:rsidRPr="00E11832">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>), на следующих условиях:</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="1"/>
-[...1 lines deleted...]
-    <w:p w14:paraId="601A6746" w14:textId="589D3CAB" w:rsidR="0049695B" w:rsidRDefault="0049695B" w:rsidP="00E11832">
+      <w:bookmarkEnd w:id="2"/>
+    </w:p>
+    <w:p w:rsidR="0049695B" w:rsidRDefault="0049695B" w:rsidP="00E11832">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">Общая площадь части Объекта </w:t>
       </w:r>
@@ -2925,51 +2927,51 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> _____________ кв.</w:t>
       </w:r>
       <w:r w:rsidR="00DB31D4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>м;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6FF8BFB8" w14:textId="77777777" w:rsidR="0049695B" w:rsidRPr="007F6085" w:rsidRDefault="0049695B" w:rsidP="00E11832">
+    <w:p w:rsidR="0049695B" w:rsidRPr="007F6085" w:rsidRDefault="0049695B" w:rsidP="00E11832">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">Срок аренды __________ </w:t>
       </w:r>
@@ -2988,68 +2990,68 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>лет</w:t>
       </w:r>
       <w:r w:rsidR="00DB31D4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>, месяцев)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="34DFE723" w14:textId="66B5C557" w:rsidR="00A17DA0" w:rsidRPr="00A17DA0" w:rsidRDefault="007E042C" w:rsidP="00E11C7D">
+    <w:p w:rsidR="00A17DA0" w:rsidRPr="00A17DA0" w:rsidRDefault="007E042C" w:rsidP="00E11C7D">
       <w:pPr>
         <w:pStyle w:val="af3"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="2" w:name="_Ref138685825"/>
+      <w:bookmarkStart w:id="3" w:name="_Ref138685825"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="af5"/>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:footnoteReference w:id="38"/>
       </w:r>
       <w:r w:rsidR="009C085F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="af5"/>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:sz w:val="24"/>
@@ -3092,239 +3094,304 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>Движимым имуществом состоит из Постоянной и Переменной арендных плат</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="af5"/>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:footnoteReference w:id="41"/>
       </w:r>
       <w:r w:rsidR="00A17DA0" w:rsidRPr="00A17DA0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="2"/>
-[...1 lines deleted...]
-    <w:p w14:paraId="0CB2F5C5" w14:textId="2A6C1794" w:rsidR="007E042C" w:rsidRPr="00E11C7D" w:rsidRDefault="007E042C" w:rsidP="001C4672">
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p w:rsidR="007E042C" w:rsidRPr="00E11C7D" w:rsidRDefault="007E042C" w:rsidP="001C4672">
       <w:pPr>
         <w:pStyle w:val="af3"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E11C7D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>Постоянная арендная плата:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="488B480E" w14:textId="1CA50BBD" w:rsidR="007E042C" w:rsidRPr="007E042C" w:rsidRDefault="007E042C" w:rsidP="00E11C7D">
+    <w:p w:rsidR="007E042C" w:rsidRPr="007E042C" w:rsidRDefault="007E042C" w:rsidP="00E11C7D">
       <w:pPr>
         <w:pStyle w:val="af3"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="3" w:name="_Ref129091710"/>
+      <w:bookmarkStart w:id="4" w:name="_Ref129091710"/>
       <w:r w:rsidRPr="007E042C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>Постоянная арендная плата составляет ________ (_________) рублей за 1</w:t>
       </w:r>
       <w:r w:rsidR="00480D2C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="007E042C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">кв. м. </w:t>
       </w:r>
       <w:r w:rsidR="00480D2C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">части </w:t>
       </w:r>
       <w:r w:rsidRPr="007E042C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve">Объекта в месяц, в том числе НДС (20 %) </w:t>
+        <w:t>Объекта в месяц, в том числе НДС (</w:t>
+      </w:r>
+      <w:r w:rsidR="00F739E0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>22</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007E042C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> %) </w:t>
       </w:r>
       <w:r w:rsidR="00F24AB8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>–</w:t>
       </w:r>
       <w:r w:rsidRPr="007E042C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> ________ (_________) рублей. Постоянная арендная плата за месяц за всю площадь</w:t>
       </w:r>
       <w:r w:rsidR="00480D2C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> части</w:t>
       </w:r>
       <w:r w:rsidRPr="007E042C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Объекта составляет _______ (______) рублей, в том числе НДС (20 %) </w:t>
+        <w:t xml:space="preserve"> Объекта составляет _______ (______) рублей, в том числе НДС (</w:t>
+      </w:r>
+      <w:r w:rsidR="00F739E0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>22</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007E042C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> %) </w:t>
       </w:r>
       <w:r w:rsidR="00F24AB8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>–</w:t>
       </w:r>
       <w:r w:rsidRPr="007E042C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> ________ (_________) рублей.</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="3"/>
-[...1 lines deleted...]
-    <w:p w14:paraId="2258117C" w14:textId="30EC30E9" w:rsidR="007E042C" w:rsidRPr="007E042C" w:rsidRDefault="00480D2C" w:rsidP="007E042C">
+      <w:bookmarkEnd w:id="4"/>
+    </w:p>
+    <w:p w:rsidR="007E042C" w:rsidRPr="007E042C" w:rsidRDefault="00480D2C" w:rsidP="007E042C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>1.6.4.2</w:t>
       </w:r>
       <w:r w:rsidR="007E042C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="007E042C" w:rsidRPr="007E042C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve"> В период с _______ по _________</w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="007E042C">
         <w:rPr>
+          <w:rStyle w:val="af5"/>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:footnoteReference w:id="42"/>
+      </w:r>
+      <w:r w:rsidR="007E042C" w:rsidRPr="007E042C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>В период с _______ по _________</w:t>
+      </w:r>
+      <w:r w:rsidR="00352E0C">
+        <w:rPr>
+          <w:rStyle w:val="af5"/>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:footnoteReference w:id="43"/>
+      </w:r>
+      <w:r w:rsidR="007E042C">
+        <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>Покупатель</w:t>
       </w:r>
       <w:r w:rsidR="007E042C" w:rsidRPr="007E042C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> уплачивает Постоянную арендную плату в размере _____ </w:t>
       </w:r>
       <w:r w:rsidR="00682761" w:rsidRPr="007E042C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">% </w:t>
       </w:r>
@@ -3333,50 +3400,60 @@
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>(_____________</w:t>
       </w:r>
       <w:r w:rsidR="00682761">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> процента</w:t>
       </w:r>
       <w:r w:rsidR="007E042C" w:rsidRPr="007E042C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
+      <w:r w:rsidR="00352E0C">
+        <w:rPr>
+          <w:rStyle w:val="af5"/>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:footnoteReference w:id="44"/>
+      </w:r>
       <w:r w:rsidR="00682761">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="007E042C" w:rsidRPr="007E042C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>от установленного в пункте</w:t>
       </w:r>
       <w:r w:rsidR="00682761">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
@@ -3465,170 +3542,206 @@
       <w:r w:rsidR="007E042C" w:rsidRPr="007E042C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">м </w:t>
       </w:r>
       <w:r w:rsidR="00164D23">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">части </w:t>
       </w:r>
       <w:r w:rsidR="007E042C" w:rsidRPr="007E042C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve">Объекта в месяц, в том числе НДС (20 %) </w:t>
+        <w:t>Объекта в месяц, в том числе НДС (</w:t>
+      </w:r>
+      <w:r w:rsidR="00F739E0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>22</w:t>
+      </w:r>
+      <w:r w:rsidR="007E042C" w:rsidRPr="007E042C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> %) </w:t>
       </w:r>
       <w:r w:rsidR="00F24AB8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>–</w:t>
       </w:r>
       <w:r w:rsidR="007E042C" w:rsidRPr="007E042C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> ________ (_________) рублей, что составляет за всю площадь </w:t>
       </w:r>
       <w:r w:rsidR="00164D23">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">части </w:t>
       </w:r>
       <w:r w:rsidR="007E042C" w:rsidRPr="007E042C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve">Объекта в месяц _______(______) рублей, в том числе НДС (20 %) </w:t>
+        <w:t>Объекта в месяц _______(______) рублей, в том числе НДС (</w:t>
+      </w:r>
+      <w:r w:rsidR="00F739E0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>22</w:t>
+      </w:r>
+      <w:r w:rsidR="007E042C" w:rsidRPr="007E042C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> %) </w:t>
       </w:r>
       <w:r w:rsidR="00F24AB8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>–</w:t>
       </w:r>
       <w:r w:rsidR="007E042C" w:rsidRPr="007E042C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> ________ (_________) рублей.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="27A39811" w14:textId="77777777" w:rsidR="00352E0C" w:rsidRPr="00352E0C" w:rsidRDefault="009B5DDF" w:rsidP="002F6DF1">
+    <w:p w:rsidR="00352E0C" w:rsidRPr="00352E0C" w:rsidRDefault="009B5DDF" w:rsidP="002F6DF1">
       <w:pPr>
         <w:pStyle w:val="af3"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="af5"/>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:footnoteReference w:id="42"/>
+        <w:footnoteReference w:id="45"/>
       </w:r>
       <w:r w:rsidR="00352E0C" w:rsidRPr="00352E0C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>Переменная арендная плата:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4A0D8BBB" w14:textId="5402FC95" w:rsidR="00352E0C" w:rsidRPr="00352E0C" w:rsidRDefault="009B5DDF" w:rsidP="00352E0C">
+    <w:p w:rsidR="00352E0C" w:rsidRPr="00352E0C" w:rsidRDefault="009B5DDF" w:rsidP="00352E0C">
       <w:pPr>
         <w:pStyle w:val="af3"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="af5"/>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:footnoteReference w:id="43"/>
+        <w:footnoteReference w:id="46"/>
       </w:r>
       <w:r w:rsidR="00352E0C" w:rsidRPr="00352E0C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">Переменная арендная плата 1 </w:t>
       </w:r>
       <w:r w:rsidR="00F24AB8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">– </w:t>
       </w:r>
       <w:r w:rsidR="00352E0C" w:rsidRPr="00352E0C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
@@ -3694,124 +3807,171 @@
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="00352E0C" w:rsidRPr="00352E0C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>5 к Договору</w:t>
       </w:r>
       <w:r w:rsidR="00352E0C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> аренды</w:t>
       </w:r>
+      <w:r w:rsidR="00352E0C">
+        <w:rPr>
+          <w:rStyle w:val="af5"/>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:footnoteReference w:id="47"/>
+      </w:r>
       <w:r w:rsidR="00352E0C" w:rsidRPr="00352E0C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="04B670AF" w14:textId="77777777" w:rsidR="00D964E9" w:rsidRPr="00673F9B" w:rsidRDefault="00D964E9" w:rsidP="00673F9B">
+    <w:p w:rsidR="00D964E9" w:rsidRPr="00673F9B" w:rsidRDefault="00D964E9" w:rsidP="00673F9B">
       <w:pPr>
         <w:pStyle w:val="af3"/>
         <w:numPr>
           <w:ilvl w:val="4"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00673F9B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Переменная арендная плата 1 составляет ________ (_________) рублей за 1 кв. м </w:t>
       </w:r>
       <w:r w:rsidR="00164D23" w:rsidRPr="00673F9B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">части </w:t>
       </w:r>
       <w:r w:rsidRPr="00673F9B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve">Объекта в месяц, в том числе НДС (20 %) - ________ (_________) рублей. Переменная арендная плата 1 за месяц за всю площадь </w:t>
+        <w:t>Объекта в месяц, в том числе НДС (</w:t>
+      </w:r>
+      <w:r w:rsidR="00F739E0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>22</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00673F9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> %) - ________ (_________) рублей. Переменная арендная плата 1 за месяц за всю площадь </w:t>
       </w:r>
       <w:r w:rsidR="00164D23" w:rsidRPr="00673F9B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">части </w:t>
       </w:r>
       <w:r w:rsidRPr="00673F9B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>Объекта составляет _______ (______) рублей, в том числе НДС (20 %) - ________ (_________) рублей.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="660DA4B1" w14:textId="77777777" w:rsidR="00D964E9" w:rsidRPr="00673F9B" w:rsidRDefault="00D964E9" w:rsidP="00673F9B">
+        <w:t>Объекта составляет _______ (______) рублей, в том числе НДС (</w:t>
+      </w:r>
+      <w:r w:rsidR="00F739E0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>22</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00673F9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> %) - ________ (_________) рублей.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D964E9" w:rsidRPr="00673F9B" w:rsidRDefault="00D964E9" w:rsidP="00673F9B">
       <w:pPr>
         <w:pStyle w:val="af3"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00673F9B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>Переменная арендная плата 2 – фактически понесенные П</w:t>
       </w:r>
@@ -3827,201 +3987,209 @@
       <w:r w:rsidRPr="00673F9B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> расходы на оплату коммунальных услуг, потребленных П</w:t>
       </w:r>
       <w:r w:rsidR="008624DA" w:rsidRPr="00673F9B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>родавцом</w:t>
       </w:r>
       <w:r w:rsidRPr="00673F9B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (теплоснабжение, </w:t>
-[...9 lines deleted...]
-        <w:t>энергоснабжение, водоснабжение, водоотведение и пр.</w:t>
+        <w:t xml:space="preserve"> (теплоснабжение, энергоснабжение, водоснабжение, водоотведение и пр.</w:t>
       </w:r>
       <w:r w:rsidRPr="00EF29CE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:footnoteReference w:id="44"/>
+        <w:footnoteReference w:id="48"/>
       </w:r>
       <w:r w:rsidRPr="00673F9B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">), без дополнительных начислений со стороны </w:t>
       </w:r>
       <w:r w:rsidR="008624DA" w:rsidRPr="00673F9B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>Покупателя</w:t>
       </w:r>
       <w:r w:rsidRPr="00673F9B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>, увеличенные на сумму НДС (20 %).</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="34740034" w14:textId="77777777" w:rsidR="00D964E9" w:rsidRPr="00673F9B" w:rsidRDefault="00D964E9" w:rsidP="00673F9B">
+        <w:t>, увеличенные на сумму НДС (</w:t>
+      </w:r>
+      <w:r w:rsidR="00F739E0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>22</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00673F9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> %).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D964E9" w:rsidRPr="00673F9B" w:rsidRDefault="00D964E9" w:rsidP="00673F9B">
       <w:pPr>
         <w:pStyle w:val="af3"/>
         <w:numPr>
           <w:ilvl w:val="4"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00673F9B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>Переменная арендная плата 2 определяется ежемесячно исходя из сумм расходов, предъявленных снабжающими и обслуживающими организациями, и рассчитывается следующим способом:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6138A5ED" w14:textId="77777777" w:rsidR="00D964E9" w:rsidRPr="00D964E9" w:rsidRDefault="00D964E9" w:rsidP="00673F9B">
+    <w:p w:rsidR="00D964E9" w:rsidRPr="00D964E9" w:rsidRDefault="00D964E9" w:rsidP="00673F9B">
       <w:pPr>
         <w:pStyle w:val="af3"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D964E9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:footnoteReference w:id="45"/>
+        <w:footnoteReference w:id="49"/>
       </w:r>
       <w:r w:rsidRPr="00D964E9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">Теплоснабжение, энергоснабжение, водоснабжение, водоотведение на основании: _________________ </w:t>
       </w:r>
       <w:r w:rsidRPr="00D964E9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>указать способ расчета</w:t>
       </w:r>
       <w:r w:rsidRPr="008624DA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:footnoteReference w:id="46"/>
+        <w:footnoteReference w:id="50"/>
       </w:r>
       <w:r w:rsidRPr="00D964E9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="55426989" w14:textId="77777777" w:rsidR="00D964E9" w:rsidRPr="00673F9B" w:rsidRDefault="00D964E9" w:rsidP="007F0C60">
+    <w:p w:rsidR="00D964E9" w:rsidRPr="00673F9B" w:rsidRDefault="00D964E9" w:rsidP="007F0C60">
       <w:pPr>
         <w:pStyle w:val="af3"/>
         <w:numPr>
           <w:ilvl w:val="4"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="4" w:name="_Ref100323379"/>
+      <w:bookmarkStart w:id="5" w:name="_Ref100323379"/>
       <w:r w:rsidRPr="00673F9B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>П</w:t>
       </w:r>
       <w:r w:rsidR="008624DA" w:rsidRPr="00673F9B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>окупатель</w:t>
       </w:r>
       <w:r w:rsidRPr="00673F9B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
@@ -4077,53 +4245,53 @@
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> расходы (счет, счет-фактура, платежное требование, акт оказания услуг, показания приборов учета и т.п.), а также копий платежных поручений, подтверждающих осуществление </w:t>
       </w:r>
       <w:r w:rsidR="008624DA" w:rsidRPr="00673F9B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>Покупателем</w:t>
       </w:r>
       <w:r w:rsidRPr="00673F9B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> платежа).</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="4"/>
-[...1 lines deleted...]
-    <w:p w14:paraId="3BE08E7F" w14:textId="3361F963" w:rsidR="009B620A" w:rsidRPr="008624DA" w:rsidRDefault="00143816" w:rsidP="007F6085">
+      <w:bookmarkEnd w:id="5"/>
+    </w:p>
+    <w:p w:rsidR="009B620A" w:rsidRPr="008624DA" w:rsidRDefault="00143816" w:rsidP="007F6085">
       <w:pPr>
         <w:pStyle w:val="af3"/>
         <w:numPr>
           <w:ilvl w:val="4"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003620E7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>П</w:t>
       </w:r>
       <w:r w:rsidR="008624DA" w:rsidRPr="003620E7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -4192,76 +4360,76 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidR="000C7A82" w:rsidRPr="000C7A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00D964E9" w:rsidRPr="003620E7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>Договора.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="30C77E45" w14:textId="030A0F1E" w:rsidR="00143816" w:rsidRPr="009B620A" w:rsidRDefault="00143816" w:rsidP="007F0C60">
+    <w:p w:rsidR="00143816" w:rsidRPr="009B620A" w:rsidRDefault="00143816" w:rsidP="007F0C60">
       <w:pPr>
         <w:pStyle w:val="af3"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="5" w:name="_Ref492286379"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="7" w:name="_Ref127448390"/>
+      <w:bookmarkStart w:id="6" w:name="_Ref492286379"/>
+      <w:bookmarkStart w:id="7" w:name="_Ref524686921"/>
+      <w:bookmarkStart w:id="8" w:name="_Ref127448390"/>
       <w:r w:rsidRPr="008624DA">
         <w:rPr>
           <w:rStyle w:val="af5"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:footnoteReference w:id="47"/>
+        <w:footnoteReference w:id="51"/>
       </w:r>
       <w:r w:rsidRPr="009B620A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Помимо внесения арендной платы, указанной в пункте </w:t>
       </w:r>
       <w:r w:rsidR="00E22E5D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidR="00E22E5D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> REF _Ref138685825 \r \h </w:instrText>
       </w:r>
@@ -4322,89 +4490,89 @@
       </w:r>
       <w:r w:rsidRPr="009B620A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>возмещает П</w:t>
       </w:r>
       <w:r w:rsidR="009B620A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>окупателю</w:t>
       </w:r>
       <w:r w:rsidRPr="009B620A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> фактически понесенные расходы на оплату коммунальных услуг (</w:t>
       </w:r>
-      <w:bookmarkStart w:id="8" w:name="_Ref509907679"/>
-      <w:bookmarkEnd w:id="5"/>
+      <w:bookmarkStart w:id="9" w:name="_Ref509907679"/>
+      <w:bookmarkEnd w:id="6"/>
       <w:r w:rsidRPr="009B620A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>теплоснабжение, энергоснабжение, водоснабжение, водоотведение и пр.</w:t>
       </w:r>
       <w:r w:rsidRPr="009B620A">
         <w:rPr>
           <w:rStyle w:val="af5"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:footnoteReference w:id="48"/>
+        <w:footnoteReference w:id="52"/>
       </w:r>
       <w:r w:rsidRPr="009B620A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">) без дополнительных начислений со стороны </w:t>
       </w:r>
-      <w:bookmarkEnd w:id="6"/>
+      <w:bookmarkEnd w:id="7"/>
+      <w:bookmarkEnd w:id="9"/>
+      <w:r w:rsidRPr="009B620A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Продавца.</w:t>
+      </w:r>
       <w:bookmarkEnd w:id="8"/>
-      <w:r w:rsidRPr="009B620A">
-[...9 lines deleted...]
-    <w:p w14:paraId="7043F8A0" w14:textId="00FFC980" w:rsidR="00143816" w:rsidRDefault="00143816" w:rsidP="008624DA">
+    </w:p>
+    <w:p w:rsidR="00143816" w:rsidRDefault="00143816" w:rsidP="008624DA">
       <w:pPr>
         <w:pStyle w:val="af3"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1418"/>
         </w:tabs>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FA2785">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -4516,146 +4684,147 @@
       <w:r w:rsidR="00673F9B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> и рассчитывается следующим способом:</w:t>
       </w:r>
       <w:r w:rsidRPr="00FA2785">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7AA610FA" w14:textId="77777777" w:rsidR="00143816" w:rsidRPr="008750E8" w:rsidRDefault="00143816" w:rsidP="00143816">
+    <w:p w:rsidR="00143816" w:rsidRPr="008750E8" w:rsidRDefault="00143816" w:rsidP="00143816">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00686F50">
         <w:rPr>
           <w:rStyle w:val="af5"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:footnoteReference w:id="49"/>
+        <w:footnoteReference w:id="53"/>
       </w:r>
       <w:r w:rsidRPr="002271EA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Теплоснабжение, энергоснабжение, водоснабжение, водоотведение на основании: ___</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>_____________</w:t>
       </w:r>
       <w:r w:rsidRPr="002271EA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="002271EA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>указать способ расчета</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="af5"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:footnoteReference w:id="50"/>
+        <w:footnoteReference w:id="54"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4FE63497" w14:textId="45AF35CA" w:rsidR="00143816" w:rsidRPr="00143816" w:rsidRDefault="00143816" w:rsidP="008624DA">
+    <w:p w:rsidR="00143816" w:rsidRPr="00143816" w:rsidRDefault="00143816" w:rsidP="008624DA">
       <w:pPr>
         <w:pStyle w:val="af3"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1418"/>
         </w:tabs>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="9" w:name="_Ref104813000"/>
+      <w:bookmarkStart w:id="10" w:name="_Ref104813000"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>П</w:t>
       </w:r>
       <w:r w:rsidR="007E7D4C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>окупатель</w:t>
       </w:r>
       <w:r w:rsidRPr="00143816">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> направляет </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>П</w:t>
@@ -4771,96 +4940,87 @@
         </w:rPr>
         <w:t xml:space="preserve"> копий документов, подтверждающих расходы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>П</w:t>
       </w:r>
       <w:r w:rsidR="007E7D4C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>окупателя</w:t>
       </w:r>
       <w:r w:rsidRPr="00143816">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> по соответствующему виду коммунальных услуг (копий документов, предъявленных снабжающими и обслуживающими организациями (счет; счет-фактура; </w:t>
+        <w:t xml:space="preserve"> по соответствующему виду коммунальных услуг (копий документов, предъявленных снабжающими и обслуживающими организациями (счет; счет-фактура; платежное требование; акт оказания услуг; показания приборов учета и т.п.), а также копий документов, подтверждающих осуществление </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>П</w:t>
+      </w:r>
+      <w:r w:rsidR="007E7D4C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>окупателя</w:t>
       </w:r>
       <w:r w:rsidRPr="00143816">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
-[...17 lines deleted...]
-      </w:r>
+        <w:t xml:space="preserve"> платежа).</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="10"/>
       <w:r w:rsidRPr="00143816">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> платежа).</w:t>
-[...7 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4D7C62BD" w14:textId="1A4A3022" w:rsidR="00143816" w:rsidRPr="007E7D4C" w:rsidRDefault="00143816" w:rsidP="007F6085">
+    <w:p w:rsidR="00143816" w:rsidRPr="007E7D4C" w:rsidRDefault="00143816" w:rsidP="007F6085">
       <w:pPr>
         <w:pStyle w:val="af3"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1418"/>
         </w:tabs>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007E7D4C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -4996,51 +5156,51 @@
       <w:r w:rsidR="008E06F8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidR="00EF29CE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="007E7D4C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Договора.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1A651007" w14:textId="09699946" w:rsidR="00E4779E" w:rsidRPr="007F6085" w:rsidRDefault="00AD1BBF" w:rsidP="009E3BAA">
+    <w:p w:rsidR="00E4779E" w:rsidRPr="007F6085" w:rsidRDefault="00AD1BBF" w:rsidP="009E3BAA">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="708"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Постоянная а</w:t>
       </w:r>
       <w:r w:rsidRPr="005E27EB">
@@ -5054,277 +5214,297 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> и Переменная арендная плата 1</w:t>
       </w:r>
       <w:r w:rsidRPr="005E27EB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> по Договору может ежегодно </w:t>
       </w:r>
       <w:r w:rsidR="00D21ECC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> начиная с </w:t>
       </w:r>
-      <w:r w:rsidR="00F821CD">
-[...16 lines deleted...]
-      </w:r>
       <w:r w:rsidRPr="00AD1BBF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
+        <w:t>__________</w:t>
       </w:r>
       <w:r>
-        <w:rPr>
-[...133 lines deleted...]
-      <w:r w:rsidR="00E02CEF">
         <w:rPr>
           <w:rStyle w:val="af5"/>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:footnoteReference w:id="51"/>
+        <w:footnoteReference w:id="55"/>
+      </w:r>
+      <w:r w:rsidR="00D21ECC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> года срока аренды</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AD1BBF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>по соглашению С</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AD1BBF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>торон</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> увеличиваться в размере</w:t>
+      </w:r>
+      <w:r w:rsidR="00D21ECC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00D045DC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">не выше </w:t>
+      </w:r>
+      <w:r w:rsidR="00D21ECC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>индекс</w:t>
+      </w:r>
+      <w:r w:rsidR="00D045DC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>а</w:t>
+      </w:r>
+      <w:r w:rsidR="00D21ECC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> потребительских цен, </w:t>
+      </w:r>
+      <w:r w:rsidR="00E02CEF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>сложившегося за 12</w:t>
+      </w:r>
+      <w:r w:rsidR="00801810">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E02CEF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>(двенадцать) предыдущих месяцев, в соответствии с</w:t>
+      </w:r>
+      <w:r w:rsidR="00D21ECC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E02CEF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>данными</w:t>
+      </w:r>
+      <w:r w:rsidR="00D21ECC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Федеральной службы государственной статистики </w:t>
+      </w:r>
+      <w:r w:rsidR="00E02CEF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>по _________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00E02CEF">
+        <w:rPr>
+          <w:rStyle w:val="af5"/>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:footnoteReference w:id="56"/>
       </w:r>
       <w:r w:rsidR="00E02CEF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00F769CA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00F769CA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>по</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00F769CA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> отношению к величине арендной платы, действующей в последний месяц предшествующего года,</w:t>
       </w:r>
       <w:r w:rsidR="00D21ECC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> но не более </w:t>
       </w:r>
-      <w:r w:rsidR="00F821CD">
-[...6 lines deleted...]
-        <w:t>5</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>______</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="af5"/>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:footnoteReference w:id="57"/>
       </w:r>
       <w:r w:rsidR="00451AA7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="004C3DE5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>%</w:t>
       </w:r>
       <w:r w:rsidR="00A934D2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
@@ -5355,51 +5535,51 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidR="00F769CA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> от величины арендной платы</w:t>
       </w:r>
       <w:r w:rsidR="00D21ECC" w:rsidRPr="007F6085">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7B9A9B2C" w14:textId="6604B132" w:rsidR="0056075E" w:rsidRPr="0059645D" w:rsidRDefault="0056075E" w:rsidP="009E3BAA">
+    <w:p w:rsidR="0056075E" w:rsidRPr="0059645D" w:rsidRDefault="0056075E" w:rsidP="009E3BAA">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0059645D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>Арендатор вправе в одностороннем внесудебном порядке отказаться от исполнения части Договора</w:t>
       </w:r>
@@ -5418,51 +5598,51 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>, а именно изменить (уменьшить) площадь Объекта, указанную в пункте 1.1 Договора</w:t>
       </w:r>
       <w:r w:rsidR="004A19D6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> аренды</w:t>
       </w:r>
       <w:r w:rsidRPr="0059645D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>, с пропорциональным уменьшением арендной платы по Договору, без применения штрафных санкций со стороны Арендодателя.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7FB0B01E" w14:textId="7D06C9D0" w:rsidR="0056075E" w:rsidRPr="0056075E" w:rsidRDefault="0056075E" w:rsidP="009E3BAA">
+    <w:p w:rsidR="0056075E" w:rsidRPr="0056075E" w:rsidRDefault="0056075E" w:rsidP="009E3BAA">
       <w:pPr>
         <w:pStyle w:val="af3"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0056075E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>В данном случае Арендатор обязан в срок не позднее чем за 2</w:t>
       </w:r>
       <w:r w:rsidR="00801810">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
@@ -5495,74 +5675,74 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>Договора</w:t>
       </w:r>
       <w:r w:rsidR="004A19D6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> аренды</w:t>
       </w:r>
       <w:r w:rsidRPr="0056075E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>. Данное уведомление также должно содержать информацию о дате и времени передачи части Объекта.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5E3EFDDD" w14:textId="462EB308" w:rsidR="0056075E" w:rsidRDefault="0056075E" w:rsidP="009E3BAA">
+    <w:p w:rsidR="0056075E" w:rsidRDefault="0056075E" w:rsidP="009E3BAA">
       <w:pPr>
         <w:pStyle w:val="af3"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0056075E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>При этом при передаче части Объекта от Арендатора Арендодателю Стороны подписывают соответствующий акт приема-передачи с указанием передаваемых помещений и их площади.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3022D5DC" w14:textId="127AB77E" w:rsidR="000D4A77" w:rsidRPr="000D4A77" w:rsidRDefault="000D4A77" w:rsidP="009E3BAA">
+    <w:p w:rsidR="000D4A77" w:rsidRPr="000D4A77" w:rsidRDefault="000D4A77" w:rsidP="009E3BAA">
       <w:pPr>
         <w:pStyle w:val="af3"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000D4A77">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>Арендатор вправе в любое время без объяснения причин в одностороннем внесудебном порядке отказаться от Договора (исполнения Договора) и досрочно расторгнуть его (статья 450.1 Гражданского кодекса Российской Федерации) путем направления Арендодателю письменного уведомления не позднее, чем за 2</w:t>
       </w:r>
@@ -5635,124 +5815,124 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">. Договор </w:t>
       </w:r>
       <w:r w:rsidR="004A19D6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">аренды </w:t>
       </w:r>
       <w:r w:rsidRPr="000D4A77">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>считается расторгнутым с даты, указанной в уведомлении, но не ранее доставки соответствующего сообщения.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="439874BE" w14:textId="2E1A13BA" w:rsidR="00E11832" w:rsidRPr="00E11832" w:rsidRDefault="00E11832" w:rsidP="009E3BAA">
+    <w:p w:rsidR="00E11832" w:rsidRPr="00E11832" w:rsidRDefault="00E11832" w:rsidP="009E3BAA">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E11832">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:footnoteReference w:id="52"/>
+        <w:footnoteReference w:id="58"/>
       </w:r>
       <w:r w:rsidR="004C3DE5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00E11832">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:footnoteReference w:id="53"/>
+        <w:footnoteReference w:id="59"/>
       </w:r>
       <w:r w:rsidRPr="00E11832">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4AC36FF8" w14:textId="51C7DF68" w:rsidR="00E11832" w:rsidRPr="00E11832" w:rsidRDefault="00E11832" w:rsidP="009E3BAA">
+    <w:p w:rsidR="00E11832" w:rsidRPr="00E11832" w:rsidRDefault="00E11832" w:rsidP="009E3BAA">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="10" w:name="_Ref17968102"/>
+      <w:bookmarkStart w:id="11" w:name="_Ref17968102"/>
       <w:r w:rsidRPr="00E11832">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">Стороны договорились, что заключение Покупателем и Продавцом Договора аренды в порядке и на условиях, предусмотренных пунктом </w:t>
       </w:r>
       <w:r w:rsidR="008F4F07">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidR="008F4F07">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
@@ -5789,70 +5969,70 @@
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidR="008F4F07">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00E11832">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>Договора, является существенным условием Договора.</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="10"/>
-[...1 lines deleted...]
-    <w:p w14:paraId="46AB59DB" w14:textId="006A48D6" w:rsidR="00E11832" w:rsidRPr="00E11832" w:rsidRDefault="007D0304" w:rsidP="008624DA">
+      <w:bookmarkEnd w:id="11"/>
+    </w:p>
+    <w:p w:rsidR="00E11832" w:rsidRPr="00E11832" w:rsidRDefault="007D0304" w:rsidP="008624DA">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="11" w:name="_Ref140595328"/>
+      <w:bookmarkStart w:id="12" w:name="_Ref140595328"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>В</w:t>
       </w:r>
       <w:r w:rsidR="00E11832" w:rsidRPr="00E11832">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> случае не</w:t>
       </w:r>
       <w:r w:rsidR="00E53AA9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
@@ -5932,51 +6112,61 @@
       <w:r w:rsidR="008B4747" w:rsidRPr="008B4747">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> Договора </w:t>
       </w:r>
       <w:r w:rsidR="00E11832" w:rsidRPr="00E11832">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>в результате действий/бездействия Покупателя, Продавец вправе</w:t>
       </w:r>
       <w:r w:rsidR="00F70B20">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve"> в одностороннем внесудебном порядке</w:t>
+        <w:t xml:space="preserve"> в одностороннем </w:t>
+      </w:r>
+      <w:r w:rsidR="00F70B20">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>внесудебном порядке</w:t>
       </w:r>
       <w:r w:rsidR="00E11832" w:rsidRPr="00E11832">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> отказаться от исполнения</w:t>
       </w:r>
       <w:r w:rsidR="00E53AA9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> и расторгнуть</w:t>
       </w:r>
       <w:r w:rsidR="00E11832" w:rsidRPr="00E11832">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
@@ -6149,287 +6339,315 @@
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>, а также потребовать компенсации убытков Продавца в полном объеме</w:t>
       </w:r>
       <w:r w:rsidR="00E53AA9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> в срок, указанный в письменном требовании Продавца</w:t>
       </w:r>
       <w:r w:rsidR="00E11832" w:rsidRPr="00E11832">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="11"/>
-[...2 lines deleted...]
-    <w:p w14:paraId="36A2FB74" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="00A32147">
+      <w:bookmarkEnd w:id="12"/>
+      <w:permEnd w:id="1962034760"/>
+    </w:p>
+    <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="00A32147">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="25956344" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="007F6085">
+    <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="007F6085">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:contextualSpacing/>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>Срок действия Договора</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6F0DDE2C" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="00A32147">
+    <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="00A32147">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="02114037" w14:textId="6944CC44" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="007F6085">
+    <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="007F6085">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="40"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1985"/>
         </w:tabs>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="12" w:name="_Ref485889431"/>
-[...8 lines deleted...]
-        <w:lastRenderedPageBreak/>
+      <w:bookmarkStart w:id="13" w:name="_Ref485889431"/>
+      <w:permStart w:id="139346964" w:edGrp="everyone"/>
+      <w:r w:rsidRPr="002A4297">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
         <w:t xml:space="preserve">Договор </w:t>
       </w:r>
-      <w:bookmarkEnd w:id="12"/>
-[...11 lines deleted...]
-    <w:p w14:paraId="6AD925C4" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="00A32147">
+      <w:bookmarkEnd w:id="13"/>
+      <w:r w:rsidRPr="002A4297">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>признается заключенным в момент подписания его Сторонами и действует до полного исполнения Сторонами своих обязательств по Договору</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A4297">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:footnoteReference w:id="60"/>
+      </w:r>
+      <w:r w:rsidRPr="002A4297">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:permEnd w:id="139346964"/>
+    <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="00A32147">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="278ABB5B" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="007F6085">
+    <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="007F6085">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="40"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:contextualSpacing/>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>Порядок передачи Имущества</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="104252E0" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="00D67E51">
+    <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="00D67E51">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5B72136C" w14:textId="2804FBFB" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="00780340" w:rsidP="007F6085">
+    <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="00780340" w:rsidP="007F6085">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="40"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="13" w:name="_Ref486328488"/>
+      <w:bookmarkStart w:id="14" w:name="_Ref486328488"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="af5"/>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:footnoteReference w:id="54"/>
+        <w:footnoteReference w:id="61"/>
       </w:r>
       <w:r w:rsidR="002A4297" w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">Продавец не позднее </w:t>
       </w:r>
-      <w:permStart w:id="882390367" w:edGrp="everyone"/>
+      <w:permStart w:id="52116857" w:edGrp="everyone"/>
+      <w:r w:rsidR="00F35AF0">
+        <w:rPr>
+          <w:rStyle w:val="af5"/>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:footnoteReference w:id="62"/>
+      </w:r>
       <w:r w:rsidR="007E1821">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">________ </w:t>
       </w:r>
       <w:r w:rsidR="002A4297" w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidR="007E1821">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>________</w:t>
       </w:r>
       <w:r w:rsidR="002A4297" w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">) </w:t>
       </w:r>
-      <w:permEnd w:id="882390367"/>
+      <w:permEnd w:id="52116857"/>
       <w:r w:rsidR="002A4297" w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">рабочих дней со дня поступления на счет Продавца в полном объёме денежных средств в оплату стоимости Имущества (в соответствии с пунктом </w:t>
       </w:r>
       <w:r w:rsidR="00473FE1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidR="00473FE1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
@@ -6457,53 +6675,53 @@
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>4.3</w:t>
       </w:r>
       <w:r w:rsidR="00473FE1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidR="002A4297" w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> Договора) передает Покупателю Имущество по акту приема-передачи, составленному по форме Приложения № 1 к Договору.</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="13"/>
-[...1 lines deleted...]
-    <w:p w14:paraId="425FEAFA" w14:textId="12533A82" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="007F6085">
+      <w:bookmarkEnd w:id="14"/>
+    </w:p>
+    <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="007F6085">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="40"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>Риск случайной гибели и случайного повреждения Имущества (его части) переходит к соответствующей Стороне с момента передачи ей Имущества (его части)</w:t>
@@ -6514,88 +6732,88 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00E53AA9" w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>по акту приема-передачи</w:t>
       </w:r>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="74C6635E" w14:textId="6D030D3F" w:rsidR="002A4297" w:rsidRPr="00700920" w:rsidRDefault="002A4297" w:rsidP="007F6085">
+    <w:p w:rsidR="002A4297" w:rsidRPr="00700920" w:rsidRDefault="002A4297" w:rsidP="007F6085">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="40"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">Право собственности на </w:t>
       </w:r>
-      <w:permStart w:id="1258709290" w:edGrp="everyone"/>
+      <w:permStart w:id="1572556170" w:edGrp="everyone"/>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">Недвижимое имущество </w:t>
       </w:r>
-      <w:permEnd w:id="1258709290"/>
+      <w:permEnd w:id="1572556170"/>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>переходит к Покупателю с момента государственной регистрации перехода права собственности в органе, осуществляющем государственный кадастровый учет и государственную регистрацию прав</w:t>
       </w:r>
       <w:r w:rsidR="00473FE1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> (далее – </w:t>
       </w:r>
       <w:r w:rsidR="002B5028">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
@@ -6606,51 +6824,51 @@
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>орган регистрации прав</w:t>
       </w:r>
       <w:r w:rsidR="002B5028" w:rsidRPr="00E53AA9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>»</w:t>
       </w:r>
       <w:r w:rsidR="00473FE1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
-      <w:permStart w:id="1247110118" w:edGrp="everyone"/>
+      <w:permStart w:id="1346119547" w:edGrp="everyone"/>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>, а на Движимое имущество – с момента его передачи</w:t>
       </w:r>
       <w:r w:rsidR="00E3000A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> Продавцом Покупателю по акту приема-передачи</w:t>
       </w:r>
       <w:r w:rsidR="007F24EC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
@@ -6696,131 +6914,131 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>к Договору</w:t>
       </w:r>
       <w:r w:rsidRPr="00700920">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="00700920">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:footnoteReference w:id="55"/>
-[...3 lines deleted...]
-    <w:p w14:paraId="79DEF239" w14:textId="0F4D4696" w:rsidR="002A4297" w:rsidRPr="00700920" w:rsidRDefault="002A4297" w:rsidP="007F6085">
+        <w:footnoteReference w:id="63"/>
+      </w:r>
+      <w:permEnd w:id="1346119547"/>
+    </w:p>
+    <w:p w:rsidR="002A4297" w:rsidRPr="00700920" w:rsidRDefault="002A4297" w:rsidP="007F6085">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="40"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="14" w:name="_Ref82097368"/>
-      <w:bookmarkStart w:id="15" w:name="_Ref14365683"/>
+      <w:bookmarkStart w:id="15" w:name="_Ref82097368"/>
+      <w:bookmarkStart w:id="16" w:name="_Ref14365683"/>
       <w:r w:rsidRPr="00700920">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>В случае приостановления/отказа</w:t>
       </w:r>
       <w:r w:rsidR="00F75071" w:rsidRPr="00700920">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> по решению органа регистрации прав </w:t>
       </w:r>
       <w:r w:rsidRPr="00700920">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">государственной регистрации перехода права собственности на </w:t>
       </w:r>
-      <w:permStart w:id="873486656" w:edGrp="everyone"/>
+      <w:permStart w:id="1933330129" w:edGrp="everyone"/>
       <w:r w:rsidRPr="00700920">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>Недвижимое имущество</w:t>
       </w:r>
       <w:r w:rsidRPr="00700920">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:footnoteReference w:id="56"/>
+        <w:footnoteReference w:id="64"/>
       </w:r>
       <w:r w:rsidRPr="00700920">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:permEnd w:id="873486656"/>
+      <w:permEnd w:id="1933330129"/>
       <w:r w:rsidRPr="00700920">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>от Продавца к Покупателю, Стороны обязуются предпринять все зависящие от них действия, необходимые для продолжения/возобновления государственной регистрации в соответствии с условиями Договора. При невозможности осуществления перехода права собственности в разумный срок (разумными мерами)</w:t>
       </w:r>
       <w:r w:rsidR="00F75071" w:rsidRPr="00700920">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>, но не более 60 (шестидесяти) календарных дней,</w:t>
       </w:r>
       <w:r w:rsidRPr="00700920">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
@@ -6885,79 +7103,80 @@
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>с указанием даты расторжения</w:t>
       </w:r>
       <w:r w:rsidR="00427DD8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> Договора</w:t>
       </w:r>
       <w:r w:rsidR="004E2FC1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:bookmarkEnd w:id="14"/>
       <w:bookmarkEnd w:id="15"/>
-    </w:p>
-    <w:p w14:paraId="78FF7641" w14:textId="7E88F702" w:rsidR="00F75071" w:rsidRPr="007B1EF4" w:rsidRDefault="00F75071" w:rsidP="0075443E">
+      <w:bookmarkEnd w:id="16"/>
+    </w:p>
+    <w:p w:rsidR="00F75071" w:rsidRPr="007B1EF4" w:rsidRDefault="00F75071" w:rsidP="0075443E">
       <w:pPr>
         <w:pStyle w:val="af3"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="40"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="16" w:name="_Ref127352672"/>
+      <w:bookmarkStart w:id="17" w:name="_Ref127352672"/>
       <w:r w:rsidRPr="007B1EF4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>В случае расторжения Договора по основанию, указанному в пункте</w:t>
       </w:r>
       <w:r w:rsidR="00EB6D99">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="007B1EF4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidR="007B1EF4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -7067,731 +7286,811 @@
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>3.1</w:t>
       </w:r>
       <w:r w:rsidR="005E7F64" w:rsidRPr="007B1EF4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="007B1EF4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> Договора), а Продавец обязуется возвратить Покупателю уплаченные им за Имущество денежные средства в течение 5 (пяти) рабочих дней с даты подписания данного акта приема-передачи (возврата) Имущества.</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="16"/>
-[...1 lines deleted...]
-    <w:p w14:paraId="7B689E0F" w14:textId="74BC3487" w:rsidR="00E11832" w:rsidRPr="00E11832" w:rsidRDefault="00E11832" w:rsidP="00D950FE">
+      <w:bookmarkEnd w:id="17"/>
+    </w:p>
+    <w:p w:rsidR="00E11832" w:rsidRPr="00E11832" w:rsidRDefault="00E11832" w:rsidP="00D950FE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="709"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="383279A3" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="007743BF">
+    <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="007743BF">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="40"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:contextualSpacing/>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>Оплата по Договору</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="03713E9B" w14:textId="77777777" w:rsidR="005F27A3" w:rsidRDefault="005F27A3" w:rsidP="00A32147">
+    <w:p w:rsidR="005F27A3" w:rsidRDefault="005F27A3" w:rsidP="00A32147">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="17" w:name="_Ref486334854"/>
-[...1 lines deleted...]
-    <w:p w14:paraId="2A7B725D" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="007F6085">
+      <w:bookmarkStart w:id="18" w:name="_Ref486334854"/>
+    </w:p>
+    <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="007F6085">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="40"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="18" w:name="_Ref121494603"/>
-[...7 lines deleted...]
-        <w:lastRenderedPageBreak/>
+      <w:bookmarkStart w:id="19" w:name="_Ref121494603"/>
+      <w:r w:rsidRPr="002A4297">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
         <w:t xml:space="preserve">Общая стоимость Имущества по Договору составляет: </w:t>
       </w:r>
-      <w:permStart w:id="1239108634" w:edGrp="everyone"/>
+      <w:permStart w:id="25103697" w:edGrp="everyone"/>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>________ (____________) ________</w:t>
       </w:r>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:footnoteReference w:id="57"/>
-[...8 lines deleted...]
-        <w:t>, включая НДС (20 %)</w:t>
+        <w:footnoteReference w:id="65"/>
+      </w:r>
+      <w:r w:rsidRPr="002A4297">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>, включая НДС (</w:t>
+      </w:r>
+      <w:r w:rsidR="00F739E0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>22</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A4297">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> %)</w:t>
       </w:r>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:footnoteReference w:id="58"/>
+        <w:footnoteReference w:id="66"/>
       </w:r>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="17"/>
+      <w:bookmarkEnd w:id="18"/>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> в том числе:</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="18"/>
-[...1 lines deleted...]
-    <w:p w14:paraId="5CDF1A26" w14:textId="0866E406" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="007F6085">
+      <w:bookmarkEnd w:id="19"/>
+    </w:p>
+    <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="007F6085">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:footnoteReference w:id="59"/>
-[...11 lines deleted...]
-    <w:p w14:paraId="75FAFEC4" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="007F6085">
+        <w:footnoteReference w:id="67"/>
+      </w:r>
+      <w:r w:rsidRPr="002A4297">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Стоимость Объекта составляет: ________ (____________) ________, кроме того НДС (</w:t>
+      </w:r>
+      <w:r w:rsidR="00F739E0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>22</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A4297">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> %) в размере ________ (____________) ________, итого с учетом НДС: ________ (____________) ________;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="007F6085">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:footnoteReference w:id="60"/>
+        <w:footnoteReference w:id="68"/>
       </w:r>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>Стоимость Земельного участка составляет: ________ (____________) ________. НДС не облагается на основании подпункта 6 пункта 2 статьи 146 НК РФ.</w:t>
       </w:r>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:footnoteReference w:id="61"/>
-[...2 lines deleted...]
-    <w:p w14:paraId="390C92AD" w14:textId="31C28225" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="007F6085">
+        <w:footnoteReference w:id="69"/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="007F6085">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:footnoteReference w:id="62"/>
+        <w:footnoteReference w:id="70"/>
       </w:r>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">Стоимость Движимого имущества указана в Приложении № </w:t>
       </w:r>
       <w:r w:rsidR="003E78C8" w:rsidRPr="003E78C8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> к Договору.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3263B8DC" w14:textId="2D5981E9" w:rsidR="00AD6126" w:rsidRPr="007F6085" w:rsidRDefault="000E4F0A" w:rsidP="007F6085">
+    <w:p w:rsidR="00AD6126" w:rsidRPr="007F6085" w:rsidRDefault="000E4F0A" w:rsidP="007F6085">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="40"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="19" w:name="_Ref17967631"/>
-      <w:bookmarkStart w:id="20" w:name="_Ref486334738"/>
+      <w:bookmarkStart w:id="20" w:name="_Ref17967631"/>
+      <w:bookmarkStart w:id="21" w:name="_Ref486334738"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="af5"/>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:footnoteReference w:id="63"/>
+        <w:footnoteReference w:id="71"/>
       </w:r>
       <w:r w:rsidR="00AD6126" w:rsidRPr="007F6085">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Задаток, уплаченный Покупателем организатору торгов в форме аукциона _______________ на основании </w:t>
       </w:r>
       <w:r w:rsidR="00C9184A" w:rsidRPr="007F6085">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>д</w:t>
       </w:r>
       <w:r w:rsidR="00AD6126" w:rsidRPr="007F6085">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">оговора о задатке от _________ № ____, в размере ________ (____________) ________ засчитывается в счет исполнения Покупателем обязанности по уплате </w:t>
       </w:r>
       <w:r w:rsidR="006B23A9" w:rsidRPr="007F6085">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">цены Имущества </w:t>
       </w:r>
       <w:r w:rsidR="00AD6126" w:rsidRPr="007F6085">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>по Договору</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="19"/>
+      <w:bookmarkEnd w:id="20"/>
       <w:r w:rsidR="00AD6126" w:rsidRPr="00AD6126">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00AD6126" w:rsidRPr="007F6085">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>в размере __________ (________), в том числе НДС __________ (________).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="36B7AABC" w14:textId="0E0799E4" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="007F6085">
+    <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="007F6085">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="40"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="21" w:name="_Ref82174936"/>
-      <w:bookmarkStart w:id="22" w:name="_Ref16861870"/>
+      <w:bookmarkStart w:id="22" w:name="_Ref82174936"/>
+      <w:bookmarkStart w:id="23" w:name="_Ref16861870"/>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:footnoteReference w:id="64"/>
-[...8 lines deleted...]
-        <w:t>Оплата Имущества (оставшейся части в размере ________ (____________) ________, включая НДС (20 %)</w:t>
+        <w:footnoteReference w:id="72"/>
+      </w:r>
+      <w:r w:rsidRPr="002A4297">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Оплата Имущества (оставшейся части в размере ________ (____________) ________, включая НДС (</w:t>
+      </w:r>
+      <w:r w:rsidR="00F739E0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>22</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A4297">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> %)</w:t>
       </w:r>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:footnoteReference w:id="65"/>
+        <w:footnoteReference w:id="73"/>
       </w:r>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> осуществляется Покупателем единовременно, в полном объеме, в течение 10 (десяти) рабочих дней со дня подписания Договора.</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="20"/>
       <w:bookmarkEnd w:id="21"/>
       <w:bookmarkEnd w:id="22"/>
-    </w:p>
-    <w:p w14:paraId="3F1DCDD5" w14:textId="4D28CCD1" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="007F6085">
+      <w:bookmarkEnd w:id="23"/>
+    </w:p>
+    <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="007F6085">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="40"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:footnoteReference w:id="66"/>
-[...8 lines deleted...]
-        <w:t>Оплата Имущества (оставшейся части в размере ________ (____________) ________, включая НДС (20 %)</w:t>
+        <w:lastRenderedPageBreak/>
+        <w:footnoteReference w:id="74"/>
+      </w:r>
+      <w:r w:rsidRPr="002A4297">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Оплата Имущества (оставшейся части в размере ________ (____________) ________, включая НДС (</w:t>
+      </w:r>
+      <w:r w:rsidR="00F739E0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>22</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A4297">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> %)</w:t>
       </w:r>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:footnoteReference w:id="67"/>
+        <w:footnoteReference w:id="75"/>
       </w:r>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> осуществляется Покупателем за счет кредитных средств, предоставленных Покупателю _____________________</w:t>
       </w:r>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:footnoteReference w:id="68"/>
+        <w:footnoteReference w:id="76"/>
       </w:r>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> в лице _________</w:t>
       </w:r>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:footnoteReference w:id="69"/>
+        <w:footnoteReference w:id="77"/>
       </w:r>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> (место нахождения: _____, ОГРН ________, ИНН ________, КПП ________, расчетный счет №</w:t>
       </w:r>
       <w:r w:rsidR="001E6F00">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve">________, в ________, корреспондентский счет ________ в Главном управлении Центрального банка Российской Федерации по ________, БИК ________), являющееся кредитной организацией по законодательству Российской Федерации (Генеральная лицензия </w:t>
-[...9 lines deleted...]
-        <w:t>Банка России на осуществление банковских операций от ___________ г. № __________) (далее – «</w:t>
+        <w:t>________, в ________, корреспондентский счет ________ в Главном управлении Центрального банка Российской Федерации по ________, БИК ________), являющееся кредитной организацией по законодательству Российской Федерации (Генеральная лицензия Банка России на осуществление банковских операций от ___________ г. № __________) (далее – «</w:t>
       </w:r>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>Банк</w:t>
       </w:r>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>») в соответствии с кредитным договором от ___________ г. № __________, заключенным между Банком и Покупателем.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="756E2E8E" w14:textId="2F5DDEC1" w:rsidR="002A4297" w:rsidRDefault="002A4297" w:rsidP="007F6085">
+    <w:p w:rsidR="002A4297" w:rsidRDefault="002A4297" w:rsidP="007F6085">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="40"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:footnoteReference w:id="70"/>
+        <w:footnoteReference w:id="78"/>
       </w:r>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">Оплата Имущества </w:t>
       </w:r>
       <w:r w:rsidR="00E075E0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve">(оставшейся части в размере __________ (________) ______________, включая НДС (20%) </w:t>
+        <w:t>(оставшейся части в размере __________ (________) ______________, включая НДС (</w:t>
+      </w:r>
+      <w:r w:rsidR="00F739E0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>22</w:t>
+      </w:r>
+      <w:r w:rsidR="00E075E0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">%) </w:t>
       </w:r>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">осуществляется </w:t>
       </w:r>
       <w:r w:rsidR="00E075E0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>Покупател</w:t>
       </w:r>
       <w:r w:rsidR="005879BD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>ем</w:t>
       </w:r>
       <w:r w:rsidR="00E075E0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>в течение 5 (пяти) рабочих дней с момента государственной регистрации перехода Покупателю права собственности на Недвижимое имущество и ипотеки в пользу Банка.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1EFCF70C" w14:textId="26214A97" w:rsidR="00250BA0" w:rsidRPr="002A4297" w:rsidRDefault="007F1249" w:rsidP="007F6085">
+    <w:p w:rsidR="00250BA0" w:rsidRPr="002A4297" w:rsidRDefault="007F1249" w:rsidP="007F6085">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="40"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="af5"/>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:footnoteReference w:id="71"/>
+        <w:footnoteReference w:id="79"/>
       </w:r>
       <w:r w:rsidR="00250BA0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">Расчеты по Договору производятся в рублях, путем безналичного перечисления денежных средств на счет Продавца, указанный в разделе </w:t>
       </w:r>
       <w:r w:rsidR="00DE044B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidR="00DE044B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
@@ -7821,52 +8120,52 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>13</w:t>
       </w:r>
       <w:r w:rsidR="00DE044B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidR="00250BA0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> Договора.</w:t>
       </w:r>
     </w:p>
-    <w:permEnd w:id="1239108634"/>
-    <w:p w14:paraId="699E4BC4" w14:textId="73119FAC" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="007F6085">
+    <w:permEnd w:id="25103697"/>
+    <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="007F6085">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="40"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">Датой исполнения обязательств Покупателя по оплате Имущества считается дата поступления денежных средств на счет Продавца, указанный в разделе </w:t>
       </w:r>
@@ -7911,123 +8210,123 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>13</w:t>
       </w:r>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> Договора.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="78CD982F" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="007F6085">
+    <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="007F6085">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="40"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>Расходы, связанные с государственной регистрацией перехода права собственности на Недвижимое имущество, несет Покупатель в установленном законодательством Российской Федерации порядке.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="02543831" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="007F6085">
+    <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="007F6085">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="40"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>Счет-фактура предоставляется в порядке и в сроки, установленные законодательством Российской Федерации.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="73FC5FAD" w14:textId="1C4A3C9E" w:rsidR="008B06FF" w:rsidRDefault="002A4297" w:rsidP="007F6085">
+    <w:p w:rsidR="008B06FF" w:rsidRDefault="002A4297" w:rsidP="007F6085">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="40"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="23" w:name="_Ref486333023"/>
-      <w:bookmarkStart w:id="24" w:name="_Ref82174206"/>
+      <w:bookmarkStart w:id="24" w:name="_Ref486333023"/>
+      <w:bookmarkStart w:id="25" w:name="_Ref82174206"/>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>Покупатель обязан возместить Продавцу в полном объёме расходы, включая НДС, связанные с содержанием Имущества</w:t>
       </w:r>
       <w:r w:rsidR="00163338">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> (коммунальные, эксплуатационные расходы)</w:t>
       </w:r>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
@@ -8199,80 +8498,80 @@
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">соответствующими </w:t>
       </w:r>
       <w:r w:rsidR="00E22219">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>организациями (счет, счет-фактура и т.д.)</w:t>
       </w:r>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="23"/>
       <w:bookmarkEnd w:id="24"/>
-    </w:p>
-    <w:p w14:paraId="33EF72AD" w14:textId="2FC25E3B" w:rsidR="001516E5" w:rsidRPr="00C26408" w:rsidRDefault="002A4297" w:rsidP="007F6085">
+      <w:bookmarkEnd w:id="25"/>
+    </w:p>
+    <w:p w:rsidR="001516E5" w:rsidRPr="00C26408" w:rsidRDefault="002A4297" w:rsidP="007F6085">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="40"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:permStart w:id="1739261610" w:edGrp="everyone"/>
+      <w:permStart w:id="420159463" w:edGrp="everyone"/>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:footnoteReference w:id="72"/>
+        <w:footnoteReference w:id="80"/>
       </w:r>
       <w:r w:rsidRPr="00C26408">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">При отсутствии индивидуальных узлов (приборов) учета сумма расходов Продавца, включая НДС, связанных с содержанием </w:t>
       </w:r>
       <w:r w:rsidR="00BE509E" w:rsidRPr="00C26408">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>Объекта</w:t>
       </w:r>
       <w:r w:rsidR="0040470E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
@@ -8335,160 +8634,170 @@
       <w:r w:rsidR="00ED5507">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="0040470E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>Договора</w:t>
       </w:r>
       <w:r w:rsidRPr="00C26408">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>, подлежащая возмещению Покупателем, определяется и рассчитывается на основании показаний узлов (приборов) учета, к которым подключен Объект, с учетом отношения площади Объекта к площади всех помещений, подключенных к данным узлам (приборам) учета.</w:t>
-[...3 lines deleted...]
-    <w:p w14:paraId="040F26F3" w14:textId="6D1F55F1" w:rsidR="001516E5" w:rsidRDefault="002F4C0E" w:rsidP="007F6085">
+        <w:t xml:space="preserve">, подлежащая возмещению Покупателем, определяется и рассчитывается на </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C26408">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>основании показаний узлов (приборов) учета, к которым подключен Объект, с учетом отношения площади Объекта к площади всех помещений, подключенных к данным узлам (приборам) учета.</w:t>
+      </w:r>
+    </w:p>
+    <w:permEnd w:id="420159463"/>
+    <w:p w:rsidR="001516E5" w:rsidRDefault="002F4C0E" w:rsidP="007F6085">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="40"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1418"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007F6085">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>По истечении 1</w:t>
       </w:r>
       <w:r w:rsidR="004F7F1D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="007F6085">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>(одного) месяца с даты государственной регистрации перехода права собственности по Договору Продавец вправе прекратить осуществление платежей по коммунальным, эксплуатационным и иным договорам в отношении Имущества.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="50928EC8" w14:textId="4BFB41B2" w:rsidR="007C0172" w:rsidRPr="00CF2869" w:rsidRDefault="007C0172" w:rsidP="007C0172">
+    <w:p w:rsidR="007C0172" w:rsidRPr="00CF2869" w:rsidRDefault="007C0172" w:rsidP="007C0172">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="40"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="25" w:name="_Ref140593281"/>
-      <w:permStart w:id="1083515043" w:edGrp="everyone"/>
+      <w:bookmarkStart w:id="26" w:name="_Ref140593281"/>
+      <w:permStart w:id="826237559" w:edGrp="everyone"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="af5"/>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:footnoteReference w:id="73"/>
+        <w:footnoteReference w:id="81"/>
       </w:r>
       <w:r w:rsidRPr="00CF2869">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>Покупатель обязан возместить Продавцу расходы на уплату налога на имущество</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="af5"/>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:footnoteReference w:id="74"/>
+        <w:footnoteReference w:id="82"/>
       </w:r>
       <w:r w:rsidRPr="00CF2869">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> и земельного налога</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="af5"/>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:footnoteReference w:id="75"/>
+        <w:footnoteReference w:id="83"/>
       </w:r>
       <w:r w:rsidRPr="00CF2869">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">за период </w:t>
       </w:r>
       <w:r w:rsidRPr="00CF2869">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
@@ -8533,164 +8842,154 @@
       <w:r w:rsidR="00FF2B84">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>3.1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="00CF2869">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Договора, до даты государственной регистрации перехода права </w:t>
+        <w:t xml:space="preserve"> Договора, до даты государственной регистрации перехода права собственности на Имущество, в срок не позднее 5</w:t>
+      </w:r>
+      <w:r w:rsidR="004F7F1D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00CF2869">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
-        <w:t>собственности на Имущество, в срок не позднее 5</w:t>
+        <w:t>(пяти) рабочих дней со дня получения от Продавца счета</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>/расчета</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF2869">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и копий подтверждающих документов, в том числе платежных документов. При этом</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сумма </w:t>
       </w:r>
       <w:r w:rsidR="004F7F1D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t> </w:t>
+        <w:t xml:space="preserve">возмещения указанных </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>расходов</w:t>
       </w:r>
       <w:r w:rsidRPr="00CF2869">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>(пяти) рабочих дней со дня получения от Продавца счета</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00D120A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Продавца </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>/расчета</w:t>
-      </w:r>
+        <w:t>рассчитывается следующим образом:</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="26"/>
       <w:r w:rsidRPr="00CF2869">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve"> и копий подтверждающих документов, в том числе платежных документов. При этом</w:t>
-[...34 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00D120A0">
-[...28 lines deleted...]
-    <w:p w14:paraId="217C6CEB" w14:textId="77777777" w:rsidR="007C0172" w:rsidRPr="00F42450" w:rsidRDefault="007C0172" w:rsidP="007C0172">
+    </w:p>
+    <w:p w:rsidR="007C0172" w:rsidRPr="00F42450" w:rsidRDefault="007C0172" w:rsidP="007C0172">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>а)</w:t>
       </w:r>
       <w:r w:rsidRPr="005C48C2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
@@ -8911,63 +9210,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>7 статьи </w:t>
       </w:r>
       <w:r w:rsidRPr="00421C28">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>396 НК РФ (земельный налог)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="af5"/>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:footnoteReference w:id="76"/>
+        <w:footnoteReference w:id="84"/>
       </w:r>
       <w:r w:rsidRPr="00F42450">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3D6B3A2E" w14:textId="77777777" w:rsidR="007C0172" w:rsidRPr="009E7504" w:rsidRDefault="007C0172" w:rsidP="007C0172">
+    <w:p w:rsidR="007C0172" w:rsidRPr="009E7504" w:rsidRDefault="007C0172" w:rsidP="007C0172">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">б) </w:t>
       </w:r>
       <w:r w:rsidRPr="004035FD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
@@ -9010,51 +9309,51 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">сумма возмещения рассчитывается </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>за количество дней с даты подписания акта приема-передачи Имущества до 1 (первого) числа месяца, в котором зарегистрирован переход права собственности на Имущество</w:t>
       </w:r>
       <w:r w:rsidRPr="009E7504">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="55A3C323" w14:textId="77777777" w:rsidR="007C0172" w:rsidRDefault="007C0172" w:rsidP="007C0172">
+    <w:p w:rsidR="007C0172" w:rsidRDefault="007C0172" w:rsidP="007C0172">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">в) </w:t>
       </w:r>
       <w:r w:rsidRPr="00DD42D2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
@@ -9224,234 +9523,234 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>НК РФ (налог на имущество), пункта 7 статьи</w:t>
       </w:r>
       <w:r w:rsidRPr="004035FD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t> 396 НК РФ (земельный налог)</w:t>
       </w:r>
       <w:r w:rsidRPr="004035FD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:footnoteReference w:id="77"/>
+        <w:footnoteReference w:id="85"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:permEnd w:id="1083515043"/>
-    <w:p w14:paraId="5455F26C" w14:textId="77777777" w:rsidR="002F4C0E" w:rsidRPr="00A32147" w:rsidRDefault="002F4C0E" w:rsidP="00A32147">
+    <w:permEnd w:id="826237559"/>
+    <w:p w:rsidR="002F4C0E" w:rsidRPr="00A32147" w:rsidRDefault="002F4C0E" w:rsidP="00A32147">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0041F148" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="007F6085">
+    <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="007F6085">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="40"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:contextualSpacing/>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">Права и обязанности </w:t>
       </w:r>
       <w:r w:rsidR="004A6E33">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>С</w:t>
       </w:r>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>торон</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7CD1F4AD" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="00A32147">
+    <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="00A32147">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1DA4806B" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="007F6085">
+    <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="007F6085">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="40"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>Стороны обязуются:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4ADF5C91" w14:textId="38ACF69A" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="007F6085">
+    <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="007F6085">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="26" w:name="_Ref527451584"/>
+      <w:bookmarkStart w:id="27" w:name="_Ref527451584"/>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">В течение </w:t>
       </w:r>
-      <w:permStart w:id="2006723075" w:edGrp="everyone"/>
+      <w:permStart w:id="617680136" w:edGrp="everyone"/>
       <w:r w:rsidR="00D7586E">
         <w:rPr>
           <w:rStyle w:val="af5"/>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:footnoteReference w:id="78"/>
+        <w:footnoteReference w:id="86"/>
       </w:r>
       <w:r w:rsidR="00D56086">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>___________</w:t>
       </w:r>
       <w:r w:rsidR="00F561AF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> (__________)</w:t>
       </w:r>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:permEnd w:id="2006723075"/>
+      <w:permEnd w:id="617680136"/>
       <w:r w:rsidR="008B06FF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>календарных</w:t>
       </w:r>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> дней со дня подписания акта приема-передачи, указанного в пункте </w:t>
       </w:r>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
@@ -9488,240 +9787,258 @@
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>3.1</w:t>
       </w:r>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> Договора, </w:t>
       </w:r>
-      <w:bookmarkStart w:id="27" w:name="_GoBack"/>
-[...1 lines deleted...]
-      <w:permStart w:id="1645173534" w:edGrp="everyone"/>
+      <w:permStart w:id="663229685" w:edGrp="everyone"/>
       <w:r w:rsidR="00E11832" w:rsidRPr="00E11832">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...3 lines deleted...]
-      <w:permEnd w:id="1645173534"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:footnoteReference w:id="87"/>
+      </w:r>
+      <w:r w:rsidR="00E11832" w:rsidRPr="00E11832">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">но после осуществления Продавцом реконструкции (перепланировки, переустройства) и (или) капитального ремонта </w:t>
+      </w:r>
+      <w:r w:rsidR="00E11832" w:rsidRPr="00E11832">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">части Объекта в соответствии с Договором аренды, </w:t>
+      </w:r>
+      <w:permEnd w:id="663229685"/>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>совместно представить документы в орган регистраци</w:t>
       </w:r>
       <w:r w:rsidR="000F083E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>и</w:t>
       </w:r>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> прав и осуществить </w:t>
       </w:r>
       <w:r w:rsidR="00F54E9B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">иные </w:t>
       </w:r>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">действия, необходимые для государственной регистрации перехода права собственности на </w:t>
       </w:r>
-      <w:permStart w:id="1960191364" w:edGrp="everyone"/>
+      <w:permStart w:id="1818056408" w:edGrp="everyone"/>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>Недвижимое имущество</w:t>
       </w:r>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:footnoteReference w:id="79"/>
-[...1 lines deleted...]
-      <w:permEnd w:id="1960191364"/>
+        <w:footnoteReference w:id="88"/>
+      </w:r>
+      <w:permEnd w:id="1818056408"/>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> к Покупателю</w:t>
       </w:r>
       <w:r w:rsidR="00F54E9B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> по Договору</w:t>
       </w:r>
       <w:r w:rsidR="00E11832" w:rsidRPr="00E11832">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:permStart w:id="783896458" w:edGrp="everyone"/>
+      <w:permStart w:id="1286736974" w:edGrp="everyone"/>
       <w:r w:rsidR="000F083E">
         <w:rPr>
           <w:rStyle w:val="af5"/>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:footnoteReference w:id="80"/>
+        <w:footnoteReference w:id="89"/>
       </w:r>
       <w:r w:rsidR="000F083E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">вместе </w:t>
       </w:r>
       <w:r w:rsidR="00E11832" w:rsidRPr="00E11832">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">с документами для </w:t>
       </w:r>
       <w:r w:rsidR="000F083E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">государственной </w:t>
       </w:r>
       <w:r w:rsidR="00E11832" w:rsidRPr="00E11832">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>регистрации Договора аренды</w:t>
       </w:r>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="26"/>
-[...1 lines deleted...]
-    <w:p w14:paraId="75EEFC64" w14:textId="7086B144" w:rsidR="00E11832" w:rsidRPr="00E11832" w:rsidRDefault="00E50141" w:rsidP="00E11832">
+      <w:bookmarkEnd w:id="27"/>
+    </w:p>
+    <w:p w:rsidR="00E11832" w:rsidRPr="00E11832" w:rsidRDefault="00E50141" w:rsidP="00E11832">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="af5"/>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:footnoteReference w:id="81"/>
+        <w:footnoteReference w:id="90"/>
       </w:r>
       <w:r w:rsidR="00E11832" w:rsidRPr="00E11832">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">Стороны особо оговорили, что государственная регистрация </w:t>
       </w:r>
       <w:r w:rsidR="000C0336">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">перехода </w:t>
       </w:r>
       <w:r w:rsidR="00E11832" w:rsidRPr="00E11832">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
@@ -9850,104 +10167,104 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidR="00A30D47">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> Договора, и отсутствии каких-либо препятствий для государственной регистрации </w:t>
       </w:r>
       <w:r w:rsidR="00E11832" w:rsidRPr="00E11832">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>Договора аренды.</w:t>
       </w:r>
     </w:p>
-    <w:permEnd w:id="783896458"/>
-    <w:p w14:paraId="6C5580BC" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="00A32147">
+    <w:permEnd w:id="1286736974"/>
+    <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="00A32147">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2738A89B" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="007F6085">
+    <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="007F6085">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="40"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>Продавец обязуется</w:t>
       </w:r>
       <w:r w:rsidR="001269BB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="43A902F9" w14:textId="39500B50" w:rsidR="002A4297" w:rsidRPr="00CF2289" w:rsidRDefault="002A4297" w:rsidP="007F6085">
+    <w:p w:rsidR="002A4297" w:rsidRPr="00CF2289" w:rsidRDefault="002A4297" w:rsidP="007F6085">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>Одновременно с подписанием акта приема-передачи, указанного в пункте</w:t>
       </w:r>
@@ -10016,126 +10333,116 @@
       <w:r w:rsidR="002004DE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">Договора, </w:t>
       </w:r>
       <w:r w:rsidRPr="0083595C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve">осуществить передачу Покупателю всей имеющейся документации, </w:t>
-[...9 lines deleted...]
-        <w:t>относящейся к Имуществу, а также имеющихся документов, необходимых Покупателю для заключения коммунальных, эксплуатационных, хозяйственных и иных договоров</w:t>
+        <w:t>осуществить передачу Покупателю всей имеющейся документации, относящейся к Имуществу, а также имеющихся документов, необходимых Покупателю для заключения коммунальных, эксплуатационных, хозяйственных и иных договоров</w:t>
       </w:r>
       <w:r w:rsidR="00E00295" w:rsidRPr="00CF2289">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>, связанных с содержанием Имущества</w:t>
       </w:r>
       <w:r w:rsidRPr="00CF2289">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="45E3DAEE" w14:textId="3EB0E53E" w:rsidR="0049596E" w:rsidRPr="007F6085" w:rsidRDefault="00DD0CC4" w:rsidP="00990399">
+    <w:p w:rsidR="0049596E" w:rsidRPr="007F6085" w:rsidRDefault="00DD0CC4" w:rsidP="00990399">
       <w:pPr>
         <w:pStyle w:val="af3"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:permStart w:id="1005483540" w:edGrp="everyone"/>
+      <w:permStart w:id="2142573074" w:edGrp="everyone"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="af5"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:footnoteReference w:id="82"/>
+        <w:footnoteReference w:id="91"/>
       </w:r>
       <w:r w:rsidR="0049596E" w:rsidRPr="007F6085">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">При выплате </w:t>
       </w:r>
       <w:r w:rsidR="0049596E" w:rsidRPr="003C0A9F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>дохода</w:t>
       </w:r>
       <w:r w:rsidR="00376F98" w:rsidRPr="00F1159B">
         <w:rPr>
           <w:rStyle w:val="af5"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:footnoteReference w:id="83"/>
+        <w:footnoteReference w:id="92"/>
       </w:r>
       <w:r w:rsidR="0049596E" w:rsidRPr="007F6085">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Покупателю Продавец, исполняя роль налогового агента в соответствии со статьей 226 НК РФ, </w:t>
       </w:r>
       <w:r w:rsidR="001A2958">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">обязан </w:t>
       </w:r>
       <w:r w:rsidR="0049596E" w:rsidRPr="007F6085">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>удерж</w:t>
       </w:r>
       <w:r w:rsidR="001269BB" w:rsidRPr="007F6085">
         <w:rPr>
@@ -10191,124 +10498,124 @@
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="0049596E" w:rsidRPr="007F6085">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>ставке и осуществ</w:t>
       </w:r>
       <w:r w:rsidR="001269BB" w:rsidRPr="007F6085">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>ить</w:t>
       </w:r>
       <w:r w:rsidR="0049596E" w:rsidRPr="007F6085">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> расчеты с бюджетом в порядке и сроки, установленные пунктами 4 и 6 статьи 226 НК РФ.</w:t>
       </w:r>
     </w:p>
-    <w:permEnd w:id="1005483540"/>
-    <w:p w14:paraId="5152B972" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="0083595C" w:rsidRDefault="002A4297" w:rsidP="00990399">
+    <w:permEnd w:id="2142573074"/>
+    <w:p w:rsidR="002A4297" w:rsidRPr="0083595C" w:rsidRDefault="002A4297" w:rsidP="00990399">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6DA13436" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="0083595C" w:rsidRDefault="002A4297" w:rsidP="007F6085">
+    <w:p w:rsidR="002A4297" w:rsidRPr="0083595C" w:rsidRDefault="002A4297" w:rsidP="007F6085">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="40"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0083595C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>Покупатель обязуется:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5C5CE7BD" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="0083595C" w:rsidRDefault="002A4297" w:rsidP="007F6085">
+    <w:p w:rsidR="002A4297" w:rsidRPr="0083595C" w:rsidRDefault="002A4297" w:rsidP="007F6085">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="28" w:name="_Ref123216236"/>
       <w:r w:rsidRPr="0083595C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>Принять и оплатить Имущество в порядке и на условиях, установленных Договором.</w:t>
       </w:r>
       <w:bookmarkEnd w:id="28"/>
     </w:p>
-    <w:p w14:paraId="73331BB1" w14:textId="6EFF5B73" w:rsidR="002A4297" w:rsidRPr="0083595C" w:rsidRDefault="002A4297" w:rsidP="007F6085">
+    <w:p w:rsidR="002A4297" w:rsidRPr="0083595C" w:rsidRDefault="002A4297" w:rsidP="007F6085">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0083595C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">С даты (включая эту дату) подписания акта приема-передачи, указанного в пункте </w:t>
       </w:r>
@@ -10353,165 +10660,165 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>3.1</w:t>
       </w:r>
       <w:r w:rsidRPr="0083595C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="0083595C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> Договора, нести коммунальные, эксплуатационные, хозяйственные и иные расходы по Имуществу.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0ABA53EF" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="00B21233" w:rsidRDefault="002A4297" w:rsidP="007F6085">
+    <w:p w:rsidR="002A4297" w:rsidRPr="00B21233" w:rsidRDefault="002A4297" w:rsidP="007F6085">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="29" w:name="_Ref121494585"/>
-      <w:permStart w:id="1788676412" w:edGrp="everyone"/>
+      <w:permStart w:id="70392096" w:edGrp="everyone"/>
       <w:r w:rsidRPr="0083595C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:footnoteReference w:id="84"/>
+        <w:footnoteReference w:id="93"/>
       </w:r>
       <w:r w:rsidRPr="0083595C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>В течение 20 (двадцати) рабочих дней со дня регистрации перехода на Покупателя права собственности на Недвижимое имущество</w:t>
       </w:r>
       <w:r w:rsidRPr="0083595C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:footnoteReference w:id="85"/>
+        <w:footnoteReference w:id="94"/>
       </w:r>
       <w:r w:rsidRPr="0083595C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> переоформить договоры на</w:t>
       </w:r>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> коммунальные, эксплуатационные, хозяйственные и иные </w:t>
       </w:r>
       <w:r w:rsidR="005A52F4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>услуги</w:t>
       </w:r>
       <w:r w:rsidR="00E00295" w:rsidRPr="00B21233">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>, связанные с содержанием Имущества</w:t>
       </w:r>
       <w:r w:rsidRPr="00B21233">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:bookmarkEnd w:id="29"/>
     </w:p>
-    <w:p w14:paraId="2932AA67" w14:textId="6EA8159B" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="00576993" w:rsidP="007F6085">
+    <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="00576993" w:rsidP="007F6085">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="30" w:name="_Ref138686036"/>
       <w:bookmarkStart w:id="31" w:name="_Ref486332634"/>
-      <w:permEnd w:id="1788676412"/>
+      <w:permEnd w:id="70392096"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>В</w:t>
       </w:r>
       <w:r w:rsidR="002A4297" w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>озместить Продавцу в полном объёме расходы, включая НДС</w:t>
       </w:r>
       <w:r w:rsidR="008D0317">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
@@ -10648,217 +10955,218 @@
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>4.13</w:t>
       </w:r>
       <w:r w:rsidR="0007279D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidR="002A4297" w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> Договора.</w:t>
       </w:r>
       <w:bookmarkEnd w:id="30"/>
     </w:p>
-    <w:p w14:paraId="17BFFC33" w14:textId="4A934325" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="007F6085">
+    <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="007F6085">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:permStart w:id="473909943" w:edGrp="everyone"/>
+      <w:permStart w:id="730272402" w:edGrp="everyone"/>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:footnoteReference w:id="86"/>
+        <w:footnoteReference w:id="95"/>
       </w:r>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">Осуществить все действия, необходимые для оформления прав на </w:t>
       </w:r>
       <w:r w:rsidR="00FD381A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>З</w:t>
       </w:r>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>емельный участок, на котором расположен Объект.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="31"/>
-    <w:permEnd w:id="473909943"/>
-    <w:p w14:paraId="5EE1F9AB" w14:textId="53A1BB67" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="007F6085">
+    <w:permEnd w:id="730272402"/>
+    <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="007F6085">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="40"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:contextualSpacing/>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Ответственность </w:t>
       </w:r>
       <w:r w:rsidR="005879BD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>С</w:t>
       </w:r>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>торон</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1E340B23" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="00A32147">
+    <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="00A32147">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4D9BF469" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="007F6085">
+    <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="007F6085">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="40"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>При неисполнении или ненадлежащем исполнении обязательств по Договору Стороны несут ответственность в соответствии с законодательством Российской Федерации</w:t>
       </w:r>
       <w:r w:rsidR="004A6E33">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> и условиями Договора</w:t>
       </w:r>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="72FC50E9" w14:textId="3E30E9FE" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="007F6085">
+    <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="007F6085">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="40"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>В случае нарушения Покупателем срока оплаты Им</w:t>
       </w:r>
@@ -11011,51 +11319,51 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> от суммы просроченного платежа за каждый </w:t>
       </w:r>
       <w:r w:rsidR="004A6E33">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">календарный </w:t>
       </w:r>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>день просрочки.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="54B8E2A5" w14:textId="00308A97" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="007F6085">
+    <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="007F6085">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="40"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">В случае нарушения Покупателем срока оплаты Имущества, установленного в пункте </w:t>
       </w:r>
@@ -11235,51 +11543,51 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> Договора</w:t>
       </w:r>
       <w:r w:rsidR="00777FD7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="001574BC" w:rsidRPr="001574BC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="53DBB246" w14:textId="46EE28F9" w:rsidR="008D77B6" w:rsidRDefault="002A4297" w:rsidP="007F6085">
+    <w:p w:rsidR="008D77B6" w:rsidRDefault="002A4297" w:rsidP="007F6085">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="40"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E21B86">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">В случае нарушения по вине Продавца срока передачи Имущества, установленного в пункте </w:t>
       </w:r>
@@ -11429,61 +11737,51 @@
       <w:r w:rsidR="00AD745B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00AD745B" w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>общей</w:t>
       </w:r>
       <w:r w:rsidRPr="00E21B86">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve"> стоимости Имущества, указанной в </w:t>
-[...9 lines deleted...]
-        <w:t>пункте</w:t>
+        <w:t xml:space="preserve"> стоимости Имущества, указанной в пункте</w:t>
       </w:r>
       <w:r w:rsidR="00AD745B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="00217E4E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidR="00217E4E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
@@ -11624,51 +11922,51 @@
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidR="00FD381A">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00E21B86">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>от этой стоимости</w:t>
       </w:r>
       <w:r w:rsidR="00C26408">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2E531B92" w14:textId="3AEAD71B" w:rsidR="002A4297" w:rsidRPr="00187077" w:rsidRDefault="002A4297" w:rsidP="007F6085">
+    <w:p w:rsidR="002A4297" w:rsidRPr="00187077" w:rsidRDefault="002A4297" w:rsidP="007F6085">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="40"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000046DE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>В случае, если Покупатель не по вине Продавца не принимает Имущество</w:t>
       </w:r>
@@ -12009,51 +12307,51 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">путем направления Покупателю письменного уведомления </w:t>
       </w:r>
       <w:r w:rsidR="001837E4" w:rsidRPr="001837E4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>с указанием даты расторжения Договора</w:t>
       </w:r>
       <w:r w:rsidR="001837E4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="45557858" w14:textId="01789E92" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="007F6085">
+    <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="007F6085">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="40"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>В случае уклонения от исполнения обязанностей, предусмотренных пункт</w:t>
       </w:r>
@@ -12367,51 +12665,51 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>календарный</w:t>
       </w:r>
       <w:r w:rsidR="00CD3362" w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>день просрочки.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7AF6ACAB" w14:textId="2D7B7D37" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="007F6085">
+    <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="007F6085">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="40"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>В случае уклонения от исполнения обязанностей, предусмотренных пункт</w:t>
       </w:r>
@@ -12627,51 +12925,51 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="001837E4" w:rsidRPr="001837E4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>с указанием даты расторжения Договора</w:t>
       </w:r>
       <w:r w:rsidR="00777FD7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="644B211E" w14:textId="1069DEEF" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="007F6085">
+    <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="007F6085">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="40"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">В случае нарушения сроков возврата Имущества (пункт </w:t>
       </w:r>
@@ -13128,51 +13426,51 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidR="00592B84" w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> Договора</w:t>
       </w:r>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="314265A0" w14:textId="60A2B79F" w:rsidR="002A4297" w:rsidRPr="00EC636C" w:rsidRDefault="002A4297" w:rsidP="007F6085">
+    <w:p w:rsidR="002A4297" w:rsidRPr="00EC636C" w:rsidRDefault="002A4297" w:rsidP="007F6085">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="40"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">В случае возврата Покупателем Имущества при расторжении Договора, в том числе </w:t>
       </w:r>
@@ -13216,51 +13514,61 @@
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">Стороны фиксируют данные несоответствия </w:t>
       </w:r>
       <w:r w:rsidRPr="00187077">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>в акте приема-передачи и</w:t>
       </w:r>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve"> согласовывают сроки и способы устранения недостатков. В случае не устранения (несвоевременного устранения/отказа от устранения) Покупателем выявленных Продавцом недостатков, Продавец вправе устранить их своими силами или с привлечением третьих лиц, а Покупатель обязуется возместить Продавцу все расходы, связанные с устранением данных недостатков, а также уплатить неустойку</w:t>
+        <w:t xml:space="preserve"> согласовывают сроки и способы устранения недостатков. В случае не устранения </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A4297">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>(несвоевременного устранения/отказа от устранения) Покупателем выявленных Продавцом недостатков, Продавец вправе устранить их своими силами или с привлечением третьих лиц, а Покупатель обязуется возместить Продавцу все расходы, связанные с устранением данных недостатков, а также уплатить неустойку</w:t>
       </w:r>
       <w:r w:rsidR="005860EB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> в виде штрафа </w:t>
       </w:r>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>в размере 1/12</w:t>
       </w:r>
       <w:r w:rsidR="004F47C7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
@@ -13471,69 +13779,69 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> удержать сумму документально подтвержденных расходов и неустойки из денежных средств, подлежащих возврату Покупателю</w:t>
       </w:r>
       <w:r w:rsidR="007B395C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>, на что Покупатель выражает свое безусловное согласие</w:t>
       </w:r>
       <w:r w:rsidRPr="00EC636C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5B4169EA" w14:textId="42DE7211" w:rsidR="00E11832" w:rsidRDefault="00E11832" w:rsidP="0075443E">
+    <w:p w:rsidR="00E11832" w:rsidRDefault="00E11832" w:rsidP="0075443E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="40"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="33" w:name="_Ref127448727"/>
-      <w:permStart w:id="465266181" w:edGrp="everyone"/>
+      <w:permStart w:id="196223912" w:edGrp="everyone"/>
       <w:r w:rsidRPr="00E11832">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>В случае нарушения срока заключения Договора аренды, указанного в пункте</w:t>
       </w:r>
       <w:r w:rsidR="002C732D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="00E92C6D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
@@ -13749,52 +14057,52 @@
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> за каждый </w:t>
       </w:r>
       <w:r w:rsidR="00BE2358">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">календарный </w:t>
       </w:r>
       <w:r w:rsidRPr="00E11832">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>день просрочки.</w:t>
       </w:r>
       <w:bookmarkEnd w:id="33"/>
     </w:p>
-    <w:permEnd w:id="465266181"/>
-    <w:p w14:paraId="3B440C4E" w14:textId="0B5860AA" w:rsidR="00F651ED" w:rsidRDefault="000A368E" w:rsidP="007F6085">
+    <w:permEnd w:id="196223912"/>
+    <w:p w:rsidR="00F651ED" w:rsidRDefault="000A368E" w:rsidP="007F6085">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="40"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">За </w:t>
       </w:r>
@@ -13901,51 +14209,51 @@
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>4.10</w:t>
       </w:r>
       <w:r w:rsidR="00E92C6D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidR="00ED1CFE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:permStart w:id="1917014093" w:edGrp="everyone"/>
+      <w:permStart w:id="1987664908" w:edGrp="everyone"/>
       <w:r w:rsidR="00FA624B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidR="00FA624B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> REF _Ref140593281 \r \h </w:instrText>
       </w:r>
       <w:r w:rsidR="00FA624B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
@@ -13982,51 +14290,51 @@
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="001D07A4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>и</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:permEnd w:id="1917014093"/>
+      <w:permEnd w:id="1987664908"/>
       <w:r w:rsidR="00035D9E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidR="00035D9E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> REF _Ref121494585 \r \h </w:instrText>
       </w:r>
       <w:r w:rsidR="00035D9E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
@@ -14325,253 +14633,252 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">а также потребовать возмещения убытков в полном </w:t>
       </w:r>
       <w:r w:rsidR="009247A7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>объеме.</w:t>
       </w:r>
       <w:r w:rsidR="009247A7" w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="616DFB47" w14:textId="2B9CD92B" w:rsidR="002A4297" w:rsidRDefault="009247A7" w:rsidP="007F6085">
+    <w:p w:rsidR="002A4297" w:rsidRDefault="009247A7" w:rsidP="007F6085">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="40"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Уплата</w:t>
       </w:r>
       <w:r w:rsidR="002A4297" w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> неустойки и возмещение убытков</w:t>
       </w:r>
       <w:r w:rsidR="001F2A31">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> производится в течение 10</w:t>
       </w:r>
       <w:r w:rsidR="00734B29">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="001F2A31">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>(десяти) рабочих дней с даты получения соответствующего письменного требования другой Стороны и</w:t>
       </w:r>
       <w:r w:rsidR="002A4297" w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> не освобождает Стороны от исполнения своих обязательств по Договору.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="534DB33A" w14:textId="77777777" w:rsidR="008D77B6" w:rsidRDefault="008D77B6" w:rsidP="00A32147">
+    <w:p w:rsidR="008D77B6" w:rsidRDefault="008D77B6" w:rsidP="00A32147">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="66E18924" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="007F6085">
+    <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="007F6085">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="40"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:contextualSpacing/>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>Изменение и расторжение Договора</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="75571872" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="00A32147">
+    <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="00A32147">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2951BC9C" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="007F6085">
+    <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="007F6085">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="40"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>Все изменения к Договору действительны, если совершены в письменной форме в виде единого документа</w:t>
       </w:r>
       <w:r w:rsidR="000E441C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>, подписанного Сторонами</w:t>
       </w:r>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3FBD756D" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="007F6085">
+    <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="007F6085">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="40"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>Договор может быть досрочно расторгнут по соглашению Сторон либо по требованию одной из Сторон в порядке и по основаниям, предусмотренным законодательством Российской Федерации и Договором.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="624EBEBF" w14:textId="510A95AF" w:rsidR="002A4297" w:rsidRDefault="002A4297" w:rsidP="007F6085">
+    <w:p w:rsidR="002A4297" w:rsidRDefault="002A4297" w:rsidP="007F6085">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="40"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="34" w:name="_Ref3210543"/>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">При расторжении Договора, в том числе </w:t>
@@ -14619,51 +14926,51 @@
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> Имущество в том же состоянии, в котором он получил его от Продавца (не в худшем состоянии), в течение 10 (десяти) рабочих дней с даты расторжения Договора, а Продавец обязан возвратить Покупателю денежные средства, полученные от Покупателя в оплату Имущества (без каких-либо иных выплат, процентов и компенсаций, за исключением санкций</w:t>
       </w:r>
       <w:r w:rsidR="002C732D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> предусмотренных Договором (при их наличии), в течение 10 (десяти) рабочих дней с даты подписания Сторонами актов приема-передачи Имущества (возврата Имущества Продавцу).</w:t>
       </w:r>
       <w:bookmarkEnd w:id="34"/>
     </w:p>
-    <w:p w14:paraId="01F891AA" w14:textId="501FD087" w:rsidR="00B33F0D" w:rsidRDefault="002234B5" w:rsidP="007F6085">
+    <w:p w:rsidR="00B33F0D" w:rsidRDefault="002234B5" w:rsidP="007F6085">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="40"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">До </w:t>
       </w:r>
@@ -14772,75 +15079,75 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">применения к нему каких-либо мер ответственности и </w:t>
       </w:r>
       <w:r w:rsidR="00B33F0D" w:rsidRPr="007C03E0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>компенсации Покупателю каких-либо убытков.</w:t>
       </w:r>
       <w:r w:rsidR="00B33F0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5DCE0484" w14:textId="74FD33F8" w:rsidR="003E2BD2" w:rsidRPr="007F6085" w:rsidRDefault="00734B29" w:rsidP="007F6085">
+    <w:p w:rsidR="003E2BD2" w:rsidRPr="007F6085" w:rsidRDefault="00734B29" w:rsidP="007F6085">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="40"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:permStart w:id="1073443792" w:edGrp="everyone"/>
+      <w:permStart w:id="1771394186" w:edGrp="everyone"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="af5"/>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:footnoteReference w:id="87"/>
+        <w:footnoteReference w:id="96"/>
       </w:r>
       <w:r w:rsidR="00E11832" w:rsidRPr="00E11832">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">В случае </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00E11832" w:rsidRPr="00E11832">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>незаключения</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00E11832" w:rsidRPr="00E11832">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
@@ -15253,185 +15560,186 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> от него действия</w:t>
       </w:r>
       <w:r w:rsidR="00072DD7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> для</w:t>
       </w:r>
       <w:r w:rsidR="00896788">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00DC1A5A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">государственной </w:t>
       </w:r>
       <w:r w:rsidR="00072DD7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>регистрации</w:t>
       </w:r>
       <w:r w:rsidR="00896788">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> перехода права собственности </w:t>
       </w:r>
       <w:r w:rsidR="00C9094C" w:rsidRPr="00C9094C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>на Недвижимое имущество</w:t>
       </w:r>
       <w:r w:rsidR="00072DD7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> к Продавцу.</w:t>
       </w:r>
     </w:p>
-    <w:permEnd w:id="1073443792"/>
-    <w:p w14:paraId="4390309E" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="00220FD4" w:rsidRDefault="002A4297" w:rsidP="00A32147">
+    <w:permEnd w:id="1771394186"/>
+    <w:p w:rsidR="002A4297" w:rsidRPr="00220FD4" w:rsidRDefault="002A4297" w:rsidP="00A32147">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0DA5F01F" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="007F6085">
+    <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="007F6085">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="40"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:contextualSpacing/>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>Обстоятельства непреодолимой силы (форс-мажор)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="31F99D1E" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="00A32147">
+    <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="00A32147">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="500D6928" w14:textId="0C6E8706" w:rsidR="002A4297" w:rsidRPr="00C53201" w:rsidRDefault="002A4297" w:rsidP="00C53201">
+    <w:p w:rsidR="002A4297" w:rsidRPr="00C53201" w:rsidRDefault="002A4297" w:rsidP="00C53201">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="40"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C53201">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>Обстоятельства</w:t>
       </w:r>
       <w:r w:rsidR="00B95A2E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> непреодолимой силы (форс-мажор) – чрезвычайные, непредвиденные и непредотвратимые обстоятельства, возникшие в течение реализации обязательств по Договору, которые Стороны не могли разумно ожидать при заключении Договора, либо избежать или преодолеть, а также находящиеся вне контроля Сторон, которые препятствуют полному или частичному исполнению обязательств по Договору.</w:t>
       </w:r>
       <w:r w:rsidRPr="00C53201">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2D87F488" w14:textId="421B36A1" w:rsidR="002A4297" w:rsidRDefault="001B3F24" w:rsidP="00C53201">
+    <w:p w:rsidR="002A4297" w:rsidRDefault="001B3F24" w:rsidP="00C53201">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="40"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>К о</w:t>
@@ -15604,51 +15912,51 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> на выполнение обязательств Сторон, </w:t>
       </w:r>
       <w:r w:rsidR="003D5C74">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>а также</w:t>
       </w:r>
       <w:r w:rsidR="002A4297" w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> другие аналогичные события и обстоятельства.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="53BCC671" w14:textId="4362DD39" w:rsidR="002A4297" w:rsidRPr="006B73E2" w:rsidRDefault="002A4297" w:rsidP="006B73E2">
+    <w:p w:rsidR="002A4297" w:rsidRPr="006B73E2" w:rsidRDefault="002A4297" w:rsidP="006B73E2">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="40"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">Сторона, </w:t>
       </w:r>
@@ -15682,91 +15990,81 @@
       <w:r w:rsidR="0040470E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>длежащим образом исполнившая</w:t>
       </w:r>
       <w:r w:rsidR="006B73E2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> свои обязательства по Договору из-за обстоятельств непреодолимой силы, обязана незамедлительно в срок не позднее 3 (трех) рабочих дней уведомить другую Сторону </w:t>
       </w:r>
       <w:r w:rsidRPr="006B73E2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve">заказным </w:t>
+        <w:t>заказным письмом или иным доступным ей способом после наступления форс-мажорных обстоятельств</w:t>
+      </w:r>
+      <w:r w:rsidR="006B73E2" w:rsidRPr="006B73E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="006B73E2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
-[...17 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> и разъяснить, какие меры необходимы для их устранения</w:t>
       </w:r>
       <w:r w:rsidR="006B73E2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0C15D05E" w14:textId="7337C86D" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="007F6085">
+    <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="007F6085">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="40"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">Несвоевременное уведомление об обстоятельствах непреодолимой силы лишает соответствующую Сторону права на освобождение от ответственности по причине указанных обстоятельств. Обстоятельства непреодолимой силы должны быть подтверждены документально </w:t>
       </w:r>
@@ -15794,134 +16092,134 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>Ф</w:t>
       </w:r>
       <w:r w:rsidR="00EC1894">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>едерации</w:t>
       </w:r>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2083F56C" w14:textId="14C2FE00" w:rsidR="00484A6E" w:rsidRPr="006B6677" w:rsidRDefault="002A4297" w:rsidP="006B6677">
+    <w:p w:rsidR="00484A6E" w:rsidRPr="006B6677" w:rsidRDefault="002A4297" w:rsidP="006B6677">
       <w:pPr>
         <w:pStyle w:val="af3"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="40"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006B6677">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>Если указанные обстоятельства продолжаются более 6 (шести) месяцев, каждая Сторона имеет право инициировать досрочное расторжение Договора.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="38881CB7" w14:textId="329D6751" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="00A32147">
+    <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="00A32147">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1DA7BE7A" w14:textId="77777777" w:rsidR="00ED3887" w:rsidRPr="00E4511D" w:rsidRDefault="00ED3887" w:rsidP="00ED3887">
+    <w:p w:rsidR="00ED3887" w:rsidRPr="00E4511D" w:rsidRDefault="00ED3887" w:rsidP="00ED3887">
       <w:pPr>
         <w:pStyle w:val="af3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="44"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E4511D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>Конфиденциальность</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="47431221" w14:textId="77777777" w:rsidR="00ED3887" w:rsidRPr="002A4297" w:rsidRDefault="00ED3887" w:rsidP="00ED3887">
+    <w:p w:rsidR="00ED3887" w:rsidRPr="002A4297" w:rsidRDefault="00ED3887" w:rsidP="00ED3887">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="731B6496" w14:textId="087497C4" w:rsidR="00ED3887" w:rsidRPr="000070A4" w:rsidRDefault="00ED3887" w:rsidP="00ED3887">
+    <w:p w:rsidR="00ED3887" w:rsidRPr="000070A4" w:rsidRDefault="00ED3887" w:rsidP="00ED3887">
       <w:pPr>
         <w:pStyle w:val="af3"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="47"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000070A4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">По взаимному согласию Сторон в рамках Договора конфиденциальной </w:t>
       </w:r>
@@ -15940,162 +16238,162 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>призна</w:t>
       </w:r>
       <w:r w:rsidR="002627CE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>ю</w:t>
       </w:r>
       <w:r w:rsidRPr="000070A4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>тся условия настоящего Договора и любая информация Раскрывающей Стороны, имеющая действительную или потенциальную коммерческую ценность в силу неизвестности ее третьим лицам.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7CEEBE35" w14:textId="423CEFEF" w:rsidR="00ED3887" w:rsidRPr="004E7AD9" w:rsidRDefault="002627CE" w:rsidP="00ED3887">
+    <w:p w:rsidR="00ED3887" w:rsidRPr="004E7AD9" w:rsidRDefault="002627CE" w:rsidP="00ED3887">
       <w:pPr>
         <w:pStyle w:val="af3"/>
         <w:keepLines/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="47"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>При предоставлении к</w:t>
       </w:r>
       <w:r w:rsidR="00ED3887" w:rsidRPr="004E7AD9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>онфиденциальной информации в письменной форме (в том числе, электронной форме), на документе, содержащем такую информацию, проставляется ограничительная пометка «Коммерческая тайна» и/или «Конфиденциально».</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6E03F0DC" w14:textId="77777777" w:rsidR="00ED3887" w:rsidRPr="004E7AD9" w:rsidRDefault="00ED3887" w:rsidP="00ED3887">
+    <w:p w:rsidR="00ED3887" w:rsidRPr="004E7AD9" w:rsidRDefault="00ED3887" w:rsidP="00ED3887">
       <w:pPr>
         <w:pStyle w:val="af3"/>
         <w:keepLines/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="48"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004E7AD9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">Каждая из Сторон обеспечивает защиту конфиденциальной информации, ставшей доступной ей в рамках Договора, от несанкционированного использования, распространения или публикации. Такая информация не будет передаваться третьим сторонам без письменного разрешения другой Стороны и использоваться в иных целях, кроме выполнения обязательств по Договору. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="283C20A2" w14:textId="4E238B32" w:rsidR="00ED3887" w:rsidRPr="004E7AD9" w:rsidRDefault="00ED3887" w:rsidP="00ED3887">
+    <w:p w:rsidR="00ED3887" w:rsidRPr="004E7AD9" w:rsidRDefault="00ED3887" w:rsidP="00ED3887">
       <w:pPr>
         <w:pStyle w:val="af3"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="48"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004E7AD9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Обязательства Сторон по защите конфиденциальной информации распространяются на все время действия Договора, а также в течение 5</w:t>
       </w:r>
       <w:r w:rsidR="002627CE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="004E7AD9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>(Пять) лет после прекращения его действия.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="25BCB24E" w14:textId="6FEA664C" w:rsidR="00ED3887" w:rsidRPr="004E7AD9" w:rsidRDefault="00ED3887" w:rsidP="00ED3887">
+    <w:p w:rsidR="00ED3887" w:rsidRPr="004E7AD9" w:rsidRDefault="00ED3887" w:rsidP="00ED3887">
       <w:pPr>
         <w:pStyle w:val="af3"/>
         <w:keepLines/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="48"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="x-none" w:eastAsia="x-none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004E7AD9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
@@ -16116,121 +16414,122 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>Ф</w:t>
       </w:r>
       <w:r w:rsidR="002627CE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>едерации</w:t>
       </w:r>
       <w:r w:rsidRPr="004E7AD9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>. Обо всех случаях предоставления информации Стороны обязаны извещать друг друга.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="531130CD" w14:textId="77777777" w:rsidR="00ED3887" w:rsidRPr="004E7AD9" w:rsidRDefault="00ED3887" w:rsidP="00ED3887">
+    <w:p w:rsidR="00ED3887" w:rsidRPr="004E7AD9" w:rsidRDefault="00ED3887" w:rsidP="00ED3887">
       <w:pPr>
         <w:pStyle w:val="af3"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="48"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004E7AD9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>В случае разглашения конфиденциальной информации какой-либо из Сторон, данная Сторона должна возместить другой Стороне понесенный в результате такого разглашения и документально подтвержденный ущерб в соответствии с законодательством Российской Федерации.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="11B7F072" w14:textId="3E997662" w:rsidR="002A4297" w:rsidRPr="00EC1894" w:rsidRDefault="002A4297" w:rsidP="00E30008">
+    <w:p w:rsidR="002A4297" w:rsidRPr="00EC1894" w:rsidRDefault="002A4297" w:rsidP="00E30008">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="45"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:contextualSpacing/>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EC1894">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Порядок разрешения споров</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="588FEE2D" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="00A32147">
+    <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="00A32147">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="24B106FF" w14:textId="12577588" w:rsidR="002A4297" w:rsidRPr="006B6677" w:rsidRDefault="002A4297" w:rsidP="006B6677">
+    <w:p w:rsidR="002A4297" w:rsidRPr="006B6677" w:rsidRDefault="002A4297" w:rsidP="006B6677">
       <w:pPr>
         <w:pStyle w:val="af3"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="45"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006B6677">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>Все споры, связанные с заключением, толкованием, исполнением и расторжением Договора, будут разрешаться Сторонами путем переговоров. В случае недостижения соглашения в ходе переговоров, заинтересованная Сторона направляет другой Стороне письменную претензию, подписанную уполномоченным лицом. К претензии должны быть приложены документы, обосновывающие предъявленные заинтересованной Стороной требования, и документы, подтверждающие полномочия лица, подписавшего претензию. Сторона, получившая претензию, обязана рассмотреть её и о результатах уведомить в письменной форме заинтересованную Сторону в течение 10</w:t>
@@ -16265,51 +16564,51 @@
         </w:rPr>
         <w:t>д</w:t>
       </w:r>
       <w:r w:rsidRPr="006B6677">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>есяти) рабочих дней со дня получения претензии</w:t>
       </w:r>
       <w:r w:rsidRPr="006B6677">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:bookmarkStart w:id="35" w:name="_Ref1393199"/>
     </w:p>
     <w:bookmarkEnd w:id="35"/>
-    <w:p w14:paraId="36662587" w14:textId="1B5E57DC" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="006B6677">
+    <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="006B6677">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="45"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">В случае неурегулирования спора в претензионном порядке, а также в случае неполучения ответа на претензию в течение срока, указанного в пункте </w:t>
@@ -16361,201 +16660,201 @@
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>10.1</w:t>
       </w:r>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> Договора, спор передается в </w:t>
       </w:r>
-      <w:permStart w:id="151867010" w:edGrp="everyone"/>
+      <w:permStart w:id="597055320" w:edGrp="everyone"/>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>____________________</w:t>
       </w:r>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:footnoteReference w:id="88"/>
+        <w:footnoteReference w:id="97"/>
       </w:r>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:permEnd w:id="151867010"/>
-[...1 lines deleted...]
-    <w:p w14:paraId="07BA6B10" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="00A32147">
+      <w:permEnd w:id="597055320"/>
+    </w:p>
+    <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="00A32147">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="15A9EF13" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="006B6677">
+    <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="006B6677">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="45"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:contextualSpacing/>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>Прочие условия</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="33457076" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="00A32147">
+    <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="00A32147">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="09F8406D" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="006B6677">
+    <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="006B6677">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="45"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>Ни одна из Сторон не вправе передавать свои права и обязанности по Договору третьим лицам без предварительного получения письменного согласия на это от другой Стороны.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="13CC5C1C" w14:textId="77777777" w:rsidR="002A4297" w:rsidRDefault="002A4297" w:rsidP="006B6677">
+    <w:p w:rsidR="002A4297" w:rsidRDefault="002A4297" w:rsidP="006B6677">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="45"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>Стороны принимают меры к тому, чтобы между Сторонами постоянно существовала возможность оперативного взаимодействия посредством телефонной, электронной или иной связи (оперативная связь).</w:t>
       </w:r>
       <w:r w:rsidR="00E11832" w:rsidRPr="00E11832">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="21F64EBA" w14:textId="4E2BEB2F" w:rsidR="00A36E00" w:rsidRPr="007F6085" w:rsidRDefault="00A36E00" w:rsidP="006B6677">
+    <w:p w:rsidR="00A36E00" w:rsidRPr="007F6085" w:rsidRDefault="00A36E00" w:rsidP="006B6677">
       <w:pPr>
         <w:pStyle w:val="af3"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="45"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="36" w:name="_Ref82077350"/>
       <w:r w:rsidRPr="007F6085">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Все юридически значимые сообщения (заявления, уведомления, требования, претензии и т.п.)</w:t>
       </w:r>
       <w:r w:rsidRPr="00A36E00">
         <w:rPr>
           <w:sz w:val="24"/>
@@ -16642,200 +16941,200 @@
         <w:t xml:space="preserve"> Договора,</w:t>
       </w:r>
       <w:r w:rsidRPr="00A36E00">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="007F6085">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>и приобретают юридическую силу с момента доставки адресату, за исключением случаев, отдельно оговоренных в Договоре.</w:t>
       </w:r>
       <w:bookmarkEnd w:id="36"/>
       <w:r w:rsidRPr="007F6085">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="01370406" w14:textId="77777777" w:rsidR="00A36E00" w:rsidRPr="00623348" w:rsidRDefault="00A36E00" w:rsidP="00F91E30">
+    <w:p w:rsidR="00A36E00" w:rsidRPr="00623348" w:rsidRDefault="00A36E00" w:rsidP="00F91E30">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00623348">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>При изменении адресов или иных сведений, имеющих значение для надлежащего исполнения обязательств по Договору, соответствующая Сторона заблаговременно, не позднее 1 (одного) рабочего дня до вступления в силу соответствующих изменений, обязана обеспечить доставку другой Стороне соответствующего уведомления. На Сторону, нарушившую данную обязанность, возлагаются все неблагоприятные последствия и риски отсутствия у другой Стороны актуальной информации, в частности, все юридически значимые сообщения считаются доставленными, а их юридические последствия – возникшими, при условии доставки по предыдущему доведенному до отправителя адресу получателя.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="36A2147A" w14:textId="77777777" w:rsidR="00A36E00" w:rsidRPr="00623348" w:rsidRDefault="00A36E00" w:rsidP="00623348">
+    <w:p w:rsidR="00A36E00" w:rsidRPr="00623348" w:rsidRDefault="00A36E00" w:rsidP="00623348">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00623348">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Допустимые способы направления юридически значимых сообщений:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="02F84BF1" w14:textId="77777777" w:rsidR="00A36E00" w:rsidRPr="00623348" w:rsidRDefault="00A36E00" w:rsidP="00623348">
+    <w:p w:rsidR="00A36E00" w:rsidRPr="00623348" w:rsidRDefault="00A36E00" w:rsidP="00623348">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00623348">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>а) через собственного курьера под расписку на копии;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0A85FD4C" w14:textId="77777777" w:rsidR="00A36E00" w:rsidRPr="00623348" w:rsidRDefault="00A36E00" w:rsidP="00623348">
+    <w:p w:rsidR="00A36E00" w:rsidRPr="00623348" w:rsidRDefault="00A36E00" w:rsidP="00623348">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00623348">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>б) через курьерскую службу с описью вложения;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="51530E8C" w14:textId="77777777" w:rsidR="00A36E00" w:rsidRPr="00623348" w:rsidRDefault="00A36E00" w:rsidP="00623348">
+    <w:p w:rsidR="00A36E00" w:rsidRPr="00623348" w:rsidRDefault="00A36E00" w:rsidP="00623348">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00623348">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>в) по почте с уведомлением о вручении и описью вложения;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7A61FBB2" w14:textId="0F43F49F" w:rsidR="00A36E00" w:rsidRPr="00623348" w:rsidRDefault="00A36E00" w:rsidP="00623348">
+    <w:p w:rsidR="00A36E00" w:rsidRPr="00623348" w:rsidRDefault="00A36E00" w:rsidP="00623348">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00623348">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>г) телеграммой с уведомлением о вручении</w:t>
       </w:r>
       <w:r w:rsidR="007F77D5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1C01CD55" w14:textId="77777777" w:rsidR="00A36E00" w:rsidRDefault="00A36E00" w:rsidP="00A32147">
+    <w:p w:rsidR="00A36E00" w:rsidRDefault="00A36E00" w:rsidP="00A32147">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00623348">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Подтверждение содержания отправления обязательно. Иные способы направления извещений (в том числе по электронной почте или по факсу) допускаются, но не признаются имеющими юридическую силу, за исключением случаев, специально оговоренных в Договоре.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0C2EFE7D" w14:textId="5854CC03" w:rsidR="00122F11" w:rsidRPr="007F6085" w:rsidRDefault="00122F11" w:rsidP="006B6677">
+    <w:p w:rsidR="00122F11" w:rsidRPr="007F6085" w:rsidRDefault="00122F11" w:rsidP="006B6677">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="45"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007F6085">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">При отправке юридически значимого сообщения </w:t>
       </w:r>
       <w:r w:rsidR="00D403D7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
@@ -16884,54 +17183,62 @@
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidR="00D403D7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Договора,</w:t>
       </w:r>
       <w:r w:rsidRPr="007F6085">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> оно считается доставленным независимо от наличия у лица, фактически принявшего корреспонденцию </w:t>
       </w:r>
       <w:r w:rsidR="0083597D" w:rsidRPr="007F6085">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t>от имени адресата, соответствующих полномочий. Такое лицо считается имеющим полномочия на принятие корреспонденции в силу обстановки.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="01E5B544" w14:textId="309CB30A" w:rsidR="00A36E00" w:rsidRPr="007F6085" w:rsidRDefault="00ED5507" w:rsidP="006B6677">
+        <w:t xml:space="preserve">от имени адресата, </w:t>
+      </w:r>
+      <w:r w:rsidR="0083597D" w:rsidRPr="007F6085">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>соответствующих полномочий. Такое лицо считается имеющим полномочия на принятие корреспонденции в силу обстановки.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A36E00" w:rsidRPr="007F6085" w:rsidRDefault="00ED5507" w:rsidP="006B6677">
       <w:pPr>
         <w:pStyle w:val="af3"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="45"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>О</w:t>
       </w:r>
       <w:r w:rsidR="00A36E00" w:rsidRPr="007F6085">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
@@ -17009,80 +17316,80 @@
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> В письме необходимо указ</w:t>
       </w:r>
       <w:r w:rsidR="00452E39">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>ать</w:t>
       </w:r>
       <w:r w:rsidR="003C3004">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00A36E00" w:rsidRPr="007F6085">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">реквизиты Договора (дата, номер) и адрес (местоположение) </w:t>
       </w:r>
-      <w:permStart w:id="1948844114" w:edGrp="everyone"/>
+      <w:permStart w:id="915302287" w:edGrp="everyone"/>
       <w:r w:rsidR="00811208">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Недвижимого и</w:t>
       </w:r>
       <w:r w:rsidR="004D405F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>му</w:t>
       </w:r>
       <w:r w:rsidR="00E32F22">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>щ</w:t>
       </w:r>
       <w:r w:rsidR="004D405F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>ества</w:t>
       </w:r>
-      <w:permEnd w:id="1948844114"/>
+      <w:permEnd w:id="915302287"/>
       <w:r w:rsidR="00A36E00" w:rsidRPr="007F6085">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="006B6677">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Информация, направленная на указанный почтовый адрес, не является </w:t>
       </w:r>
       <w:r w:rsidR="00A36E00" w:rsidRPr="007F6085">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>юридически значимы</w:t>
       </w:r>
       <w:r w:rsidR="006B6677">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
@@ -17131,51 +17438,51 @@
         </w:rPr>
         <w:t>ГК</w:t>
       </w:r>
       <w:r w:rsidR="00CC00AD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="003E5FBE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>РФ</w:t>
       </w:r>
       <w:r w:rsidR="00A36E00" w:rsidRPr="007F6085">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6467997D" w14:textId="57843E01" w:rsidR="002A4297" w:rsidRPr="00A32147" w:rsidRDefault="002A4297" w:rsidP="006B6677">
+    <w:p w:rsidR="002A4297" w:rsidRPr="00A32147" w:rsidRDefault="002A4297" w:rsidP="006B6677">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="45"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>Об изменении адресов, реквизитов и уполномоченных (ответственных) лиц</w:t>
       </w:r>
       <w:r w:rsidR="001C265A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -17200,171 +17507,170 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">тороны </w:t>
       </w:r>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">незамедлительно информируют друг друга письменно (без оформления единого документа), с предварительным направлением копии письменного сообщения </w:t>
       </w:r>
       <w:r w:rsidRPr="00B26485">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>по одному из способов оперативной связи.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="75783B8F" w14:textId="41CAC5B9" w:rsidR="002A4297" w:rsidRPr="00A32147" w:rsidRDefault="002A4297" w:rsidP="006B6677">
+    <w:p w:rsidR="002A4297" w:rsidRPr="00A32147" w:rsidRDefault="002A4297" w:rsidP="006B6677">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="45"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>В ходе исполнения</w:t>
       </w:r>
       <w:r w:rsidR="00A317F4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>Договора запрещается подключение</w:t>
       </w:r>
       <w:r w:rsidR="00606687">
         <w:rPr>
           <w:rStyle w:val="af5"/>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:footnoteReference w:id="89"/>
+        <w:footnoteReference w:id="98"/>
       </w:r>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> любого оборудования</w:t>
       </w:r>
       <w:r w:rsidR="00606687">
         <w:rPr>
           <w:rStyle w:val="af5"/>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:footnoteReference w:id="90"/>
+        <w:footnoteReference w:id="99"/>
       </w:r>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> Покупателя к ИТ-инфраструктуре Продавца, а также допуск </w:t>
       </w:r>
-      <w:permStart w:id="535106311" w:edGrp="everyone"/>
+      <w:permStart w:id="597698399" w:edGrp="everyone"/>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>работников</w:t>
       </w:r>
       <w:r w:rsidR="00850295">
         <w:rPr>
           <w:rStyle w:val="af5"/>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:footnoteReference w:id="91"/>
+        <w:footnoteReference w:id="100"/>
       </w:r>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:permEnd w:id="535106311"/>
+      <w:permEnd w:id="597698399"/>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>Покупателя к работе на средствах вычислительной техники и в автоматизированных системах Продавца.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2091C40E" w14:textId="2070D588" w:rsidR="004F7105" w:rsidRPr="004F7105" w:rsidRDefault="004F7105" w:rsidP="004F7105">
+    <w:p w:rsidR="004F7105" w:rsidRPr="004F7105" w:rsidRDefault="004F7105" w:rsidP="004F7105">
       <w:pPr>
         <w:pStyle w:val="af3"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004F7105">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>В каждом случае нарушения требований, указанных в настоящем пункте</w:t>
       </w:r>
       <w:r w:rsidR="000A6350">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
@@ -17568,51 +17874,51 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> вследствие нарушения требований, указанных в настоящем пункте. Взыскание убытков не лишает </w:t>
       </w:r>
       <w:r w:rsidR="00DB60D0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>Продавца</w:t>
       </w:r>
       <w:r w:rsidRPr="004F7105">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> возможности прибегать к любым иным мерам защиты своих прав и интересов, предусмотренных действующим законодательством и соглашением Сторон, в том числе взысканию неустойки в полном размере сверх убытков.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="131AFE2B" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="006B6677">
+    <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="006B6677">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="45"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>В целях недопущения действий коррупционного характера, Стороны обязуются выполнять требования, изложенные в</w:t>
       </w:r>
@@ -17664,51 +17970,51 @@
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>Приложении № 2 к Договору</w:t>
       </w:r>
       <w:r w:rsidR="00483222">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0D956A20" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="006B6677">
+    <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="006B6677">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="45"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>Договор составлен на русском языке в 3 экземплярах, имеющих одинаковую юридическую силу: 1 экземпляр – для Покупателя, 1 экземпляр – для Продавца, 1 экземпляр – для органа</w:t>
       </w:r>
@@ -17726,235 +18032,235 @@
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>регистраци</w:t>
       </w:r>
       <w:r w:rsidR="00C65993">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>и</w:t>
       </w:r>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> прав: </w:t>
       </w:r>
-      <w:permStart w:id="750991998" w:edGrp="everyone"/>
+      <w:permStart w:id="842422001" w:edGrp="everyone"/>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>______________________</w:t>
       </w:r>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:footnoteReference w:id="92"/>
+        <w:footnoteReference w:id="101"/>
       </w:r>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:permEnd w:id="750991998"/>
-[...1 lines deleted...]
-    <w:p w14:paraId="38151170" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="006B6677">
+      <w:permEnd w:id="842422001"/>
+    </w:p>
+    <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="006B6677">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="45"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>По вопросам, не урегулированным в Договоре, Стороны руководствуются законодательством Российской Федерации.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1B4AB7ED" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="00A32147">
+    <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="00A32147">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1C7EC874" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="006B6677">
+    <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="006B6677">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="45"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:contextualSpacing/>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>Приложения к Договору</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="46DCDD50" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="00A32147">
+    <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="00A32147">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2223115E" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="006B6677">
+    <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="006B6677">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="45"/>
         </w:numPr>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">Приложение № 1 – Форма </w:t>
       </w:r>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">Акта приема-передачи Имущества – </w:t>
       </w:r>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">на </w:t>
       </w:r>
-      <w:permStart w:id="1861320378" w:edGrp="everyone"/>
+      <w:permStart w:id="370278810" w:edGrp="everyone"/>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">__ </w:t>
       </w:r>
-      <w:permEnd w:id="1861320378"/>
+      <w:permEnd w:id="370278810"/>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>листах.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="365E0BAE" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="006B6677">
+    <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="006B6677">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="45"/>
         </w:numPr>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">Приложение № 2 – </w:t>
@@ -17985,149 +18291,149 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">на </w:t>
       </w:r>
       <w:r w:rsidR="00BB3386" w:rsidRPr="00BB3386">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>2 листах</w:t>
       </w:r>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="50F2E575" w14:textId="77777777" w:rsidR="00E11832" w:rsidRPr="00E11832" w:rsidRDefault="002A4297" w:rsidP="006B6677">
+    <w:p w:rsidR="00E11832" w:rsidRPr="00E11832" w:rsidRDefault="002A4297" w:rsidP="006B6677">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="45"/>
         </w:numPr>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:permStart w:id="1971219526" w:edGrp="everyone"/>
+      <w:permStart w:id="650206905" w:edGrp="everyone"/>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:footnoteReference w:id="93"/>
+        <w:footnoteReference w:id="102"/>
       </w:r>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">Приложение № 3 </w:t>
       </w:r>
       <w:r w:rsidR="00E11832" w:rsidRPr="00E11832">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">– </w:t>
       </w:r>
       <w:r w:rsidR="004D7A18" w:rsidRPr="004D7A18">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Перечень движимого имущества – </w:t>
       </w:r>
       <w:r w:rsidR="004D7A18" w:rsidRPr="004D7A18">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">на </w:t>
       </w:r>
       <w:r w:rsidR="004D7A18" w:rsidRPr="004D7A18">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>__ листах.</w:t>
       </w:r>
       <w:bookmarkStart w:id="37" w:name="_Ref17968329"/>
     </w:p>
     <w:bookmarkEnd w:id="37"/>
-    <w:p w14:paraId="11598BC7" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="00E11832" w:rsidP="006B6677">
+    <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="00E11832" w:rsidP="006B6677">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="45"/>
         </w:numPr>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E11832">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
-        <w:footnoteReference w:id="94"/>
+        <w:footnoteReference w:id="103"/>
       </w:r>
       <w:r w:rsidRPr="00E11832">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Приложение № 4 </w:t>
       </w:r>
       <w:r w:rsidR="00B62BFD" w:rsidRPr="00B62BFD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>–</w:t>
       </w:r>
       <w:r w:rsidR="002A4297" w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
@@ -18167,1306 +18473,1307 @@
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> – </w:t>
       </w:r>
       <w:r w:rsidR="002A4297" w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">на </w:t>
       </w:r>
       <w:r w:rsidR="002A4297" w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>__ листах.</w:t>
       </w:r>
     </w:p>
-    <w:permEnd w:id="1971219526"/>
-    <w:p w14:paraId="335415B4" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="00A32147">
+    <w:permEnd w:id="650206905"/>
+    <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="00A32147">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6C7637D6" w14:textId="35BA0285" w:rsidR="003C1A4C" w:rsidRDefault="002A4297" w:rsidP="006B6677">
+    <w:p w:rsidR="003C1A4C" w:rsidRDefault="002A4297" w:rsidP="006B6677">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="45"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:contextualSpacing/>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="38" w:name="_Ref486328623"/>
       <w:r w:rsidRPr="009041CA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Реквизиты и подписи Сторон</w:t>
       </w:r>
       <w:bookmarkStart w:id="39" w:name="_Ref126658428"/>
       <w:bookmarkEnd w:id="38"/>
       <w:r w:rsidR="00D75003">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3BC9BFDC" w14:textId="77777777" w:rsidR="00C30690" w:rsidRDefault="00C30690" w:rsidP="00C30690">
+    <w:p w:rsidR="00C30690" w:rsidRDefault="00C30690" w:rsidP="00C30690">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:bookmarkEnd w:id="39"/>
-    <w:p w14:paraId="22F59813" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="00A32147">
+    <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="00A32147">
       <w:pPr>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="360"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:permStart w:id="1019553932" w:edGrp="everyone"/>
+      <w:permStart w:id="114851731" w:edGrp="everyone"/>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>Покупатель</w:t>
       </w:r>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:footnoteReference w:id="95"/>
+        <w:footnoteReference w:id="104"/>
       </w:r>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="42D7DBFB" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297">
+    <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297">
       <w:pPr>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="360"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:snapToGrid w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>__________ (сокращенное наименование)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6E1F062C" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297">
+    <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297">
       <w:pPr>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="360"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>Местонахождение __________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="373CA598" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297">
+    <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297">
       <w:pPr>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="360"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>Почтовый адрес ____________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2CA9895E" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297">
+    <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297">
       <w:pPr>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="360"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>ИНН: ___________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7F07AA1F" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297">
+    <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297">
       <w:pPr>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="360"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>Расчетный счет ___________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="64165255" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297">
+    <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297">
       <w:pPr>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="360"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>Корр. счет ___________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="47617672" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297">
+    <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297">
       <w:pPr>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="360"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>БИК ___________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0109DF04" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297">
+    <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297">
       <w:pPr>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="360"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>ОКВЭД ___________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="72BD49A2" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297">
+    <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297">
       <w:pPr>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="360"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>ОКПО ___________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="62BEB9FF" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297">
+    <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297">
       <w:pPr>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="360"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>КПП ___________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="49F25177" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297">
+    <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297">
       <w:pPr>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="360"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>ОГРН ___________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="702C164C" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297">
+    <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297">
       <w:pPr>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="360"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>Контактный телефон: ___________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="66605A2B" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297">
+    <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297">
       <w:pPr>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="360"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>e</w:t>
       </w:r>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>mail</w:t>
       </w:r>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>: ___________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="19700781" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297">
+    <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297">
       <w:pPr>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="360"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="79DC9835" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297">
+    <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297">
       <w:pPr>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="360"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>Продавец:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1EC819E0" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297">
+    <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297">
       <w:pPr>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="360"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>ПАО Сбербанк</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7D955A26" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297">
+    <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297">
       <w:pPr>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="360"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>Местонахождение __________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="65B05159" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297">
+    <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297">
       <w:pPr>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="360"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>Почтовый адрес _____________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="382DB2C0" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297">
+    <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297">
       <w:pPr>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="360"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>ИНН ___________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4C2F4D69" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297">
+    <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297">
       <w:pPr>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="360"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>Расчетный счет ___________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4DB990EE" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297">
+    <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297">
       <w:pPr>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="360"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>Корр. счет ___________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="62F9E7DB" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297">
+    <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297">
       <w:pPr>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="360"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>БИК ___________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="28409DE4" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297">
+    <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297">
       <w:pPr>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="360"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>ОКВЭД ___________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="51F60BCB" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297">
+    <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297">
       <w:pPr>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="360"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>ОКПО ___________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="672F4E06" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297">
+    <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297">
       <w:pPr>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="360"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>КПП ___________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1CD12FDF" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297">
+    <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297">
       <w:pPr>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="360"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>ОГРН ___________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="202642E0" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297">
+    <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297">
       <w:pPr>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="360"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>Контактный телефон: ___________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="76E03C13" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297">
+    <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297">
       <w:pPr>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="360"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>e</w:t>
       </w:r>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>mail</w:t>
       </w:r>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>: ___________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="136DA7A8" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297">
+    <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297">
       <w:pPr>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="360"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="00A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4788"/>
         <w:gridCol w:w="360"/>
         <w:gridCol w:w="3960"/>
       </w:tblGrid>
-      <w:tr w:rsidR="002A4297" w:rsidRPr="002A4297" w14:paraId="37CEE17D" w14:textId="77777777" w:rsidTr="002A4297">
+      <w:tr w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidTr="002A4297">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4788" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="70C58A28" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297">
+          <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="2835"/>
               </w:tabs>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:ind w:firstLine="360"/>
               <w:contextualSpacing/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002A4297">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>От Покупателя:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="360" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="65520E39" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297">
+          <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="2835"/>
               </w:tabs>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:ind w:firstLine="360"/>
               <w:contextualSpacing/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3960" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="17F89DEA" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297">
+          <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="2835"/>
               </w:tabs>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:ind w:firstLine="360"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002A4297">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>От Продавца:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002A4297" w:rsidRPr="002A4297" w14:paraId="755B56EB" w14:textId="77777777" w:rsidTr="002A4297">
+      <w:tr w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidTr="002A4297">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4788" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="16AD5D31" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="00A32147">
+          <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="00A32147">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="2835"/>
               </w:tabs>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:ind w:firstLine="360"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002A4297">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:vertAlign w:val="superscript"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:footnoteReference w:id="96"/>
+              <w:footnoteReference w:id="105"/>
             </w:r>
             <w:r w:rsidRPr="002A4297">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Должность</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="13DCE00B" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297">
+          <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="2835"/>
               </w:tabs>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:ind w:firstLine="360"/>
               <w:contextualSpacing/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="5C179474" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="00A32147">
+          <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="00A32147">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="2835"/>
               </w:tabs>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:ind w:firstLine="360"/>
               <w:contextualSpacing/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002A4297">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>________________ Ф.И.О.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0FA708D3" w14:textId="6133F147" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="00E84FF6">
+          <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="00E84FF6">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="2835"/>
               </w:tabs>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:ind w:firstLine="360"/>
               <w:contextualSpacing/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="af5"/>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:footnoteReference w:id="97"/>
+              <w:footnoteReference w:id="106"/>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidR="002A4297" w:rsidRPr="002A4297">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>м.п</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidR="002A4297" w:rsidRPr="002A4297">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="360" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="160A4299" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297">
+          <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="2835"/>
               </w:tabs>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:ind w:firstLine="360"/>
               <w:contextualSpacing/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3960" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="22A9A70C" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297">
+          <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="2835"/>
               </w:tabs>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:ind w:firstLine="360"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002A4297">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Должность</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="617A4B6D" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297">
+          <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="2835"/>
               </w:tabs>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:ind w:firstLine="360"/>
               <w:contextualSpacing/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="15B01B57" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="00A32147">
+          <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="00A32147">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="2835"/>
               </w:tabs>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:ind w:firstLine="360"/>
               <w:contextualSpacing/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002A4297">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>________________ Ф.И.О.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="201589FC" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297">
+          <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="2835"/>
               </w:tabs>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:ind w:firstLine="360"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="002A4297">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>м.п</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="002A4297">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:permEnd w:id="1019553932"/>
-    <w:p w14:paraId="5FAF122C" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="00730EC5" w:rsidRDefault="002A4297" w:rsidP="00A32147">
+    <w:permEnd w:id="114851731"/>
+    <w:p w:rsidR="002A4297" w:rsidRPr="00730EC5" w:rsidRDefault="002A4297" w:rsidP="00A32147">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
         <w:spacing w:before="480" w:after="0" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="365F91"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A32147">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Приложение № 1</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="265975F1" w14:textId="653DCE78" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="00A32147">
+    <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="00A32147">
       <w:pPr>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="4536"/>
         <w:contextualSpacing/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">к Договору </w:t>
       </w:r>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
@@ -19484,279 +19791,278 @@
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>недвижимого имущества</w:t>
       </w:r>
       <w:r w:rsidR="00E11832" w:rsidRPr="00E11832">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:permStart w:id="597889922" w:edGrp="everyone"/>
+      <w:permStart w:id="687549910" w:edGrp="everyone"/>
       <w:r w:rsidR="005303C1">
         <w:rPr>
           <w:rStyle w:val="af5"/>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:footnoteReference w:id="98"/>
+        <w:footnoteReference w:id="107"/>
       </w:r>
       <w:r w:rsidR="00A17DA0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidR="00E11832" w:rsidRPr="00E11832">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>с последующей арендой данного имущества (с обратной арендой)</w:t>
       </w:r>
-      <w:permEnd w:id="597889922"/>
-[...1 lines deleted...]
-    <w:p w14:paraId="510E698E" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297">
+      <w:permEnd w:id="687549910"/>
+    </w:p>
+    <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297">
       <w:pPr>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:permStart w:id="640771513" w:edGrp="everyone"/>
+      <w:permStart w:id="127028602" w:edGrp="everyone"/>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>от_____ №_____</w:t>
       </w:r>
     </w:p>
-    <w:permEnd w:id="640771513"/>
-    <w:p w14:paraId="30F43F9C" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297">
+    <w:permEnd w:id="127028602"/>
+    <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297">
       <w:pPr>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2539010A" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297">
+    <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297">
       <w:pPr>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>Форма Акта приема-передачи Имущества</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="16E9AD69" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297">
+    <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297">
       <w:pPr>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>__________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1DAE4148" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297">
+    <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297">
       <w:pPr>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="410B1A1C" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297">
+    <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297">
       <w:pPr>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>АКТ</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="61F56B6D" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297">
+    <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297">
       <w:pPr>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>приема-передачи Имущества</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1F272AD6" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297">
+    <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297">
       <w:pPr>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3CA31F58" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297">
+    <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297">
       <w:pPr>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:permStart w:id="1569806127" w:edGrp="everyone"/>
+      <w:permStart w:id="1523325952" w:edGrp="everyone"/>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>г.__________________</w:t>
       </w:r>
-      <w:permEnd w:id="1569806127"/>
+      <w:permEnd w:id="1523325952"/>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
@@ -19778,99 +20084,99 @@
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">           </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">   </w:t>
       </w:r>
-      <w:permStart w:id="1417762323" w:edGrp="everyone"/>
+      <w:permStart w:id="1232866819" w:edGrp="everyone"/>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>«</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>___»_________ 20__г.</w:t>
       </w:r>
-      <w:permEnd w:id="1417762323"/>
-[...1 lines deleted...]
-    <w:p w14:paraId="58F6575F" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297">
+      <w:permEnd w:id="1232866819"/>
+    </w:p>
+    <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297">
       <w:pPr>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7D82C0A2" w14:textId="5A4BAEA2" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297">
+    <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:permStart w:id="681251538" w:edGrp="everyone"/>
+      <w:permStart w:id="1849513345" w:edGrp="everyone"/>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">Публичное акционерное общество «Сбербанк России» </w:t>
       </w:r>
       <w:r w:rsidR="00406126">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
@@ -19899,179 +20205,179 @@
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>«Продавец»</w:t>
       </w:r>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">, в лице </w:t>
       </w:r>
       <w:r w:rsidR="005303C1">
         <w:rPr>
           <w:rStyle w:val="af5"/>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:footnoteReference w:id="99"/>
+        <w:footnoteReference w:id="108"/>
       </w:r>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">______________, действующего на основании </w:t>
       </w:r>
       <w:r w:rsidR="005303C1">
         <w:rPr>
           <w:rStyle w:val="af5"/>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:footnoteReference w:id="100"/>
+        <w:footnoteReference w:id="109"/>
       </w:r>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>_____________________, с одной стороны, и</w:t>
       </w:r>
       <w:r w:rsidR="005303C1">
         <w:rPr>
           <w:rStyle w:val="af5"/>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:footnoteReference w:id="101"/>
-[...2 lines deleted...]
-    <w:p w14:paraId="1C2500FD" w14:textId="39A1CCDE" w:rsidR="002A4297" w:rsidRPr="00FA56E6" w:rsidRDefault="002A4297">
+        <w:footnoteReference w:id="110"/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002A4297" w:rsidRPr="00FA56E6" w:rsidRDefault="002A4297">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>______________, именуем__ в дальнейшем</w:t>
       </w:r>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> «Покупатель»</w:t>
       </w:r>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> в лице</w:t>
       </w:r>
       <w:r w:rsidR="00B1386A">
         <w:rPr>
           <w:rStyle w:val="af5"/>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:footnoteReference w:id="102"/>
+        <w:footnoteReference w:id="111"/>
       </w:r>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> ____________________, действующего на основании</w:t>
       </w:r>
       <w:r w:rsidR="00B1386A">
         <w:rPr>
           <w:rStyle w:val="af5"/>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:footnoteReference w:id="103"/>
+        <w:footnoteReference w:id="112"/>
       </w:r>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> ___________________________,</w:t>
       </w:r>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:footnoteReference w:id="104"/>
+        <w:footnoteReference w:id="113"/>
       </w:r>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> с другой стороны, совместно именуемые далее «</w:t>
       </w:r>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>Стороны</w:t>
       </w:r>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -20096,51 +20402,51 @@
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">», составили настоящий акт приема-передачи (далее – </w:t>
       </w:r>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>«Акт»</w:t>
       </w:r>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>) о нижеследующем:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="52A3A062" w14:textId="226A8EB6" w:rsidR="002A4297" w:rsidRPr="00B65DDB" w:rsidRDefault="002A4297" w:rsidP="00B65DDB">
+    <w:p w:rsidR="002A4297" w:rsidRPr="00B65DDB" w:rsidRDefault="002A4297" w:rsidP="00B65DDB">
       <w:pPr>
         <w:pStyle w:val="af3"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B65DDB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -20183,758 +20489,758 @@
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> принимает недвижимое имущество (далее – «</w:t>
       </w:r>
       <w:r w:rsidRPr="00B65DDB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>Недвижимое имущество</w:t>
       </w:r>
       <w:r w:rsidRPr="00B65DDB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>»):</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6A4CAB76" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="00CF3870">
+    <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="00CF3870">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>Недвижимое имущество (далее – «</w:t>
       </w:r>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>Недвижимое имущество</w:t>
       </w:r>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>»):</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1A5AC23C" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="00CF3870">
+    <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="00CF3870">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>_____________</w:t>
       </w:r>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:footnoteReference w:id="105"/>
+        <w:footnoteReference w:id="114"/>
       </w:r>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> (далее – «</w:t>
       </w:r>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>Объект</w:t>
       </w:r>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>»).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="26DA2EA5" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="00A32147">
+    <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="00A32147">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>Кадастровый/условный номер Объекта: _____________.</w:t>
       </w:r>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:footnoteReference w:id="106"/>
-[...2 lines deleted...]
-    <w:p w14:paraId="1B3C4849" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297">
+        <w:footnoteReference w:id="115"/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>Объект расположен по адресу: ___________.</w:t>
       </w:r>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:footnoteReference w:id="107"/>
-[...2 lines deleted...]
-    <w:p w14:paraId="72ADD1E9" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297">
+        <w:footnoteReference w:id="116"/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Объект принадлежит Продавцу на праве собственности на основании __________</w:t>
       </w:r>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:footnoteReference w:id="108"/>
+        <w:footnoteReference w:id="117"/>
       </w:r>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>, что подтверждается __________</w:t>
       </w:r>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:footnoteReference w:id="109"/>
+        <w:footnoteReference w:id="118"/>
       </w:r>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>, о чем в Едином государственном реестре недвижимости сделана запись о регистрации ___________</w:t>
       </w:r>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:footnoteReference w:id="110"/>
+        <w:footnoteReference w:id="119"/>
       </w:r>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="115ADD18" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="007F6085">
+    <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="007F6085">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:footnoteReference w:id="111"/>
+        <w:footnoteReference w:id="120"/>
       </w:r>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>Земельный участок (далее – «</w:t>
       </w:r>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>Земельный участок</w:t>
       </w:r>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>») со следующими характеристиками: ___________</w:t>
       </w:r>
       <w:r w:rsidRPr="00A32147">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
-        <w:footnoteReference w:id="112"/>
+        <w:footnoteReference w:id="121"/>
       </w:r>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="65E0A886" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="00A32147">
+    <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="00A32147">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>Кадастровый/условный номер Земельного участка: _____________.</w:t>
       </w:r>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:footnoteReference w:id="113"/>
-[...2 lines deleted...]
-    <w:p w14:paraId="76AE0F78" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297">
+        <w:footnoteReference w:id="122"/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Земельный участок расположен по адресу: ___________.</w:t>
       </w:r>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:footnoteReference w:id="114"/>
-[...2 lines deleted...]
-    <w:p w14:paraId="0E9452ED" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297">
+        <w:footnoteReference w:id="123"/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>Земельный участок принадлежит Продавцу на праве собственности на основании __________</w:t>
       </w:r>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:footnoteReference w:id="115"/>
+        <w:footnoteReference w:id="124"/>
       </w:r>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>, что подтверждается __________</w:t>
       </w:r>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:footnoteReference w:id="116"/>
+        <w:footnoteReference w:id="125"/>
       </w:r>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>, о чем в Едином государственном реестре недвижимости сделана запись о регистрации ___________</w:t>
       </w:r>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:footnoteReference w:id="117"/>
+        <w:footnoteReference w:id="126"/>
       </w:r>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:footnoteReference w:id="118"/>
-[...2 lines deleted...]
-    <w:p w14:paraId="6B3E09F7" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="007F6085">
+        <w:footnoteReference w:id="127"/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="007F6085">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>Недвижимое имущество передается в следующем техническом состоянии:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="46112797" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="00A32147">
+    <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="00A32147">
       <w:pPr>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">- </w:t>
       </w:r>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>фасад и кровля Объекта:</w:t>
       </w:r>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> _________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1B28A433" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297">
+    <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297">
       <w:pPr>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">     </w:t>
       </w:r>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>(указать вид отделки, например – окраска, плитка, др. покрытие)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="012FF1ED" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297">
+    <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297">
       <w:pPr>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:tab/>
         <w:t>состояние: __________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2760C9D2" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297">
+    <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297">
       <w:pPr>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">             </w:t>
       </w:r>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>(отличное, хорошее, удовлетворительное – указать)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="472B4406" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297">
+    <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297">
       <w:pPr>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:tab/>
         <w:t>недостатки: _________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="61DD6B23" w14:textId="4FA8D471" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297">
+    <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297">
       <w:pPr>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="002A4297">
@@ -20969,257 +21275,257 @@
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> наличие трещин, выбоин, иные повреждения)</w:t>
       </w:r>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="066414DB" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297">
+    <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297">
       <w:pPr>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4880C1B1" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297">
+    <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297">
       <w:pPr>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">- </w:t>
       </w:r>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>стены</w:t>
       </w:r>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>: __________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0E937C9E" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297">
+    <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297">
       <w:pPr>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">     </w:t>
       </w:r>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>(указать вид отделки, например – окраска, обои, др. покрытие)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4B2080A8" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297">
+    <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297">
       <w:pPr>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:tab/>
         <w:t>состояние: __________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="38F47CE8" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297">
+    <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297">
       <w:pPr>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">             </w:t>
       </w:r>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>(отличное, хорошее, удовлетворительное – указать)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="16689BE3" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297">
+    <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297">
       <w:pPr>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:tab/>
         <w:t>недостатки: _________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="46311181" w14:textId="2469ED98" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297">
+    <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297">
       <w:pPr>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="002A4297">
@@ -21267,127 +21573,127 @@
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>наличие трещин, выбоин, иные повреждения)</w:t>
       </w:r>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="63796AFC" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297">
+    <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297">
       <w:pPr>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="440A3FAE" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297">
+    <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297">
       <w:pPr>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">- </w:t>
       </w:r>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>потолки</w:t>
       </w:r>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>: ________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5839D2E5" w14:textId="0ECCA096" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297">
+    <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297">
       <w:pPr>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:tab/>
       </w:r>
@@ -21448,150 +21754,150 @@
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidR="007D786A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>окраска, обои, др. покрытие)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3D5C8F7B" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297">
+    <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297">
       <w:pPr>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:tab/>
         <w:t>состояние: __________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="22F937EE" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297">
+    <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297">
       <w:pPr>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">         </w:t>
       </w:r>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">    (отличное, хорошее, удовлетворительное – указать)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4DE35B8F" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297">
+    <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297">
       <w:pPr>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:tab/>
         <w:t>недостатки: _________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="263C5C56" w14:textId="409C12D3" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297">
+    <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297">
       <w:pPr>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:tab/>
       </w:r>
@@ -21641,109 +21947,109 @@
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> наличие трещин, выбоин, иные повреждения)</w:t>
       </w:r>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="74AF0B7B" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297">
+    <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297">
       <w:pPr>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7A586F62" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297">
+    <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297">
       <w:pPr>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">- </w:t>
       </w:r>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>полы</w:t>
       </w:r>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>: ___________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2DB5ECA0" w14:textId="7816347B" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297">
+    <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297">
       <w:pPr>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:tab/>
       </w:r>
@@ -21782,149 +22088,150 @@
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="00060183">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> окраска, паркет, плитка, др. покрытие)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="374390DD" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297">
+    <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297">
       <w:pPr>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:tab/>
         <w:t>состояние: __________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="361946DA" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297">
+    <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297">
       <w:pPr>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">             (отличное, хорошее, удовлетворительное – указать)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="02BFE780" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297">
+    <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297">
       <w:pPr>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:tab/>
         <w:t>недостатки: _________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1720C5DC" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297">
+    <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297">
       <w:pPr>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:tab/>
       </w:r>
@@ -21963,109 +22270,109 @@
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>: наличие трещин, выбоин, иные повреждения)</w:t>
       </w:r>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5F5350C7" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297">
+    <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297">
       <w:pPr>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1A4EDA8E" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297">
+    <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297">
       <w:pPr>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">- </w:t>
       </w:r>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>двери</w:t>
       </w:r>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>: __________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5E234184" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297">
+    <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297">
       <w:pPr>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:tab/>
       </w:r>
@@ -22093,150 +22400,150 @@
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>например</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>: металлическая, деревянная, др. покрытие)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="09954D2F" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297">
+    <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297">
       <w:pPr>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:tab/>
         <w:t>состояние: __________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3FBEAA96" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297">
+    <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297">
       <w:pPr>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">             </w:t>
       </w:r>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>(отличное, хорошее, удовлетворительное – указать)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="10A32445" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297">
+    <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297">
       <w:pPr>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:tab/>
         <w:t>недостатки: _________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5DB3347F" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297">
+    <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297">
       <w:pPr>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">(при наличии перечислить недостатки, </w:t>
@@ -22244,100 +22551,100 @@
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>например</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>: наличие трещин, выбоин, сломан замок/ручка, перекос, иные повреждения)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3EF1C647" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297">
+    <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297">
       <w:pPr>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5C5058F9" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297">
+    <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297">
       <w:pPr>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>- окна</w:t>
       </w:r>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>: ___________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="117237BB" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297">
+    <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297">
       <w:pPr>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:tab/>
       </w:r>
@@ -22355,151 +22662,150 @@
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>например</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>: пластиковые, деревянные, алюминиевые, окраска, др. покрытие)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="65D0AA4B" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297">
+    <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297">
       <w:pPr>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:tab/>
         <w:t>состояние: __________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1121E347" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297">
+    <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297">
       <w:pPr>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">          </w:t>
       </w:r>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">   (отличное, хорошее, удовлетворительное – указать)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5C18E113" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297">
+    <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297">
       <w:pPr>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:tab/>
         <w:t>недостатки: _________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="417F7E47" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297">
+    <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297">
       <w:pPr>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">(при наличии перечислить недостатки, </w:t>
@@ -22507,67 +22813,67 @@
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>например</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>: наличие трещин, выбоин, сломана/отсутствует ручка, иные повреждения)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="531C449B" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297">
+    <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297">
       <w:pPr>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7E80CDD7" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297">
+    <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297">
       <w:pPr>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">- </w:t>
       </w:r>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
@@ -22577,641 +22883,641 @@
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>оборудование</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:horzAnchor="margin" w:tblpY="178"/>
         <w:tblW w:w="5000" w:type="pct"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="714"/>
         <w:gridCol w:w="4811"/>
         <w:gridCol w:w="4104"/>
       </w:tblGrid>
-      <w:tr w:rsidR="002A4297" w:rsidRPr="002A4297" w14:paraId="4259A57B" w14:textId="77777777" w:rsidTr="002A4297">
+      <w:tr w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidTr="002A4297">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="371" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2E65A1A6" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
+          <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002A4297">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>№ п/п</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2498" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0BF7308E" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
+          <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:strike/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002A4297">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Наименование/описание систем</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2131" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="250E637F" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
+          <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002A4297">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Состояние</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="340BC38C" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
+          <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002A4297">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:vertAlign w:val="superscript"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>(отличное, хорошее, удовлетворительное – указать для каждого вида оборудования)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002A4297" w:rsidRPr="002A4297" w14:paraId="5158AD48" w14:textId="77777777" w:rsidTr="002A4297">
+      <w:tr w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidTr="002A4297">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="371" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="042E2E70" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
+          <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002A4297">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>1.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2498" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7AB82E7D" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
+          <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002A4297">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Системы электроснабжения в соответствии с проектом № ______</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2131" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="06DC6D45" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
+          <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002A4297" w:rsidRPr="002A4297" w14:paraId="500C1E26" w14:textId="77777777" w:rsidTr="002A4297">
+      <w:tr w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidTr="002A4297">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="371" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="51FC8C5B" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
+          <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002A4297">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>1.1.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2498" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="60A159CC" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
+          <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002A4297">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Общее электроснабжение</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2131" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="28FEBFAD" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
+          <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002A4297" w:rsidRPr="002A4297" w14:paraId="7049786E" w14:textId="77777777" w:rsidTr="002A4297">
+      <w:tr w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidTr="002A4297">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="371" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7BED6A86" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
+          <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002A4297">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>1.2.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2498" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5E1C84E6" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
+          <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002A4297">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>ГРЩ, РЩ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2131" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="07234CE4" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
+          <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002A4297" w:rsidRPr="002A4297" w14:paraId="65D7EC0B" w14:textId="77777777" w:rsidTr="002A4297">
+      <w:tr w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidTr="002A4297">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="371" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4D9DF73E" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
+          <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002A4297">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>1.3.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2498" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4022D2ED" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
+          <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002A4297">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Гарантированное и бесперебойное электропитание</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2131" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="130299EE" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
+          <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002A4297" w:rsidRPr="002A4297" w14:paraId="1C92CEB1" w14:textId="77777777" w:rsidTr="002A4297">
+      <w:tr w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidTr="002A4297">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="371" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="27873EC2" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
+          <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002A4297">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>1.4.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2498" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0A7F6D60" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
+          <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002A4297">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Силовые, питающие и групповые кабельные линии</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2131" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5593A7A2" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
+          <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002A4297" w:rsidRPr="002A4297" w14:paraId="73E277F5" w14:textId="77777777" w:rsidTr="002A4297">
+      <w:tr w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidTr="002A4297">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="371" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="471011CD" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
+          <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002A4297">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>1.5.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2498" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4E87B379" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
+          <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002A4297">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">Системы </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="002A4297">
@@ -23238,651 +23544,651 @@
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>термокабели</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="002A4297">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2131" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="46FD062B" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
+          <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002A4297" w:rsidRPr="002A4297" w14:paraId="2CD3F270" w14:textId="77777777" w:rsidTr="002A4297">
+      <w:tr w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidTr="002A4297">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="371" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5220F820" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
+          <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002A4297">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>1.6.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2498" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="55DBC2DC" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
+          <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002A4297">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Система учета потребляемой электроэнергии</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2131" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6ACF4697" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
+          <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002A4297" w:rsidRPr="002A4297" w14:paraId="7C2E9430" w14:textId="77777777" w:rsidTr="002A4297">
+      <w:tr w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidTr="002A4297">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="371" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5A087599" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
+          <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002A4297">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>1.7.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2498" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1194504B" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
+          <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002A4297">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Сети освещения</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2131" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="01D8FB55" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
+          <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002A4297" w:rsidRPr="002A4297" w14:paraId="4835A772" w14:textId="77777777" w:rsidTr="002A4297">
+      <w:tr w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidTr="002A4297">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="371" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="21F7EB01" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
+          <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002A4297">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>1.8.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2498" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3EFF4F9E" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
+          <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002A4297">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Рекламное освещение</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2131" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="639E3A76" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
+          <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002A4297" w:rsidRPr="002A4297" w14:paraId="35457433" w14:textId="77777777" w:rsidTr="002A4297">
+      <w:tr w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidTr="002A4297">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="371" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4D658D71" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
+          <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002A4297">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>1.9.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2498" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4BEFF766" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
+          <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="002A4297">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Электроустановочное</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="002A4297">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> оборудование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2131" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4FF2EB9B" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
+          <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002A4297" w:rsidRPr="002A4297" w14:paraId="73E761E2" w14:textId="77777777" w:rsidTr="002A4297">
+      <w:tr w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidTr="002A4297">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="371" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="448788AA" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
+          <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002A4297">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>1.10.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2498" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1E92CE2E" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
+          <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002A4297">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Источники электроснабжения</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2131" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="00FC8E2F" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
+          <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002A4297" w:rsidRPr="002A4297" w14:paraId="558683A7" w14:textId="77777777" w:rsidTr="002A4297">
+      <w:tr w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidTr="002A4297">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="371" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0EA31FE1" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
+          <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002A4297">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>2.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2498" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="230AB4A9" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
+          <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002A4297">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Системы противопожарной защиты</w:t>
             </w:r>
             <w:r w:rsidRPr="002A4297">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="002A4297">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>в соответствии с проектом № ______</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2131" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6CC17A87" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
+          <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002A4297" w:rsidRPr="002A4297" w14:paraId="7842991A" w14:textId="77777777" w:rsidTr="002A4297">
+      <w:tr w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidTr="002A4297">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="371" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="24758C30" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
+          <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002A4297">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>2.1.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2498" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4C8FE434" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
+          <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002A4297">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">Системы водяного пожаротушения (сети трубопроводов и запорно-регулирующая арматура, спринклеры, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="002A4297">
@@ -23909,3619 +24215,3610 @@
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>дренчерные</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="002A4297">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> завесы, датчики (сигнализаторы), насосные станции, баки, система управления, кабельные линии, вспомогательное оборудование)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2131" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="473285C4" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
+          <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002A4297" w:rsidRPr="002A4297" w14:paraId="05A0F1BE" w14:textId="77777777" w:rsidTr="002A4297">
+      <w:tr w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidTr="002A4297">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="371" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2DF85FAD" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
+          <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002A4297">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>2.2.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2498" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2C7B329C" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
+          <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002A4297">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>Система газового пожаротушения (станция газового пожаротушения, датчики, кабельные линии, вспомогательное оборудование)</w:t>
+              <w:t xml:space="preserve">Система газового пожаротушения (станция газового пожаротушения, датчики, кабельные линии, вспомогательное </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002A4297">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>оборудование)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2131" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0D515E72" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
+          <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002A4297" w:rsidRPr="002A4297" w14:paraId="23350ADD" w14:textId="77777777" w:rsidTr="002A4297">
+      <w:tr w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidTr="002A4297">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="371" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0A66AD97" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
+          <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002A4297">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>2.3.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2498" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="201E29BD" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
+          <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002A4297">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Система порошкового пожаротушения (станция порошкового пожаротушения, датчики, кабельные линии, вспомогательное оборудование)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2131" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4033EDC2" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
+          <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002A4297" w:rsidRPr="002A4297" w14:paraId="08DF7E23" w14:textId="77777777" w:rsidTr="002A4297">
+      <w:tr w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidTr="002A4297">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="371" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="44EE7C87" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
+          <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002A4297">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>2.4.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2498" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0C2C2262" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
+          <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002A4297">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">Системы </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="002A4297">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>противодымной</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="002A4297">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> вентиляции (вентиляторы, клапана, решетки сети воздуховодов, шкафы управления, вспомогательное оборудование)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2131" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="142FCD31" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
+          <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002A4297" w:rsidRPr="002A4297" w14:paraId="01E2ECE9" w14:textId="77777777" w:rsidTr="002A4297">
+      <w:tr w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidTr="002A4297">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="371" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="00F6B413" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
+          <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002A4297">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>2.5.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2498" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1366E897" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
+          <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002A4297">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">Система </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="002A4297">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>газоудаления</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="002A4297">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> (вентиляторы, клапана, решетки сети воздуховодов, шкафы управления, вспомогательное оборудование)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2131" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6DF5985C" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
+          <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002A4297" w:rsidRPr="002A4297" w14:paraId="23FF3545" w14:textId="77777777" w:rsidTr="002A4297">
+      <w:tr w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidTr="002A4297">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="371" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="79A75CAA" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
+          <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002A4297">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>2.6.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2498" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="249AE48A" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
+          <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002A4297">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>первичные средства пожаротушения</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2131" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="653E5992" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
+          <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002A4297" w:rsidRPr="002A4297" w14:paraId="13179985" w14:textId="77777777" w:rsidTr="002A4297">
+      <w:tr w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidTr="002A4297">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="371" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="10AB5BE1" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
+          <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002A4297">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>2.7.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2498" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="18F088FA" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
+          <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002A4297">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t xml:space="preserve">Система противопожарной сигнализации и </w:t>
-[...9 lines deleted...]
-              <w:t>оповещения</w:t>
+              <w:t>Система противопожарной сигнализации и оповещения</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2131" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5EC3A82C" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
+          <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002A4297" w:rsidRPr="002A4297" w14:paraId="0826860C" w14:textId="77777777" w:rsidTr="002A4297">
+      <w:tr w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidTr="002A4297">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="371" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0B694E9F" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
+          <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002A4297">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>3.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2498" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="61F9F24A" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
+          <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002A4297">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Грузоподъемные механизмы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2131" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4CD0FA7E" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
+          <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002A4297" w:rsidRPr="002A4297" w14:paraId="67731E9A" w14:textId="77777777" w:rsidTr="002A4297">
+      <w:tr w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidTr="002A4297">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="371" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="48F13EC5" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
+          <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002A4297">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>3.1.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2498" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6A01DF2F" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
+          <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002A4297">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Лифтовое оборудование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2131" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="64DC032F" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
+          <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002A4297" w:rsidRPr="002A4297" w14:paraId="37B4A295" w14:textId="77777777" w:rsidTr="002A4297">
+      <w:tr w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidTr="002A4297">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="371" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4669F5CD" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
+          <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002A4297">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>3.2.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2498" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6A079CFA" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
+          <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002A4297">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Подъемники, грузоподъемные платформы, штабелёры (за исключением самоходных вилочных погрузчиков)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2131" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="411E050D" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
+          <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002A4297" w:rsidRPr="002A4297" w14:paraId="7C463EFB" w14:textId="77777777" w:rsidTr="002A4297">
+      <w:tr w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidTr="002A4297">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="371" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="27CE0652" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
+          <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002A4297">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>3.3.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2498" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="25D5499D" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
+          <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002A4297">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Эскалаторы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2131" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0275CD01" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
+          <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002A4297" w:rsidRPr="002A4297" w14:paraId="31647CE0" w14:textId="77777777" w:rsidTr="002A4297">
+      <w:tr w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidTr="002A4297">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="371" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2DEB160D" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
+          <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002A4297">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>3.4.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2498" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2EB9CCA9" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
+          <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002A4297">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Высотные люльки (входящие в оборудование здания)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2131" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="28ED445D" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
+          <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002A4297" w:rsidRPr="002A4297" w14:paraId="23A4B481" w14:textId="77777777" w:rsidTr="002A4297">
+      <w:tr w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidTr="002A4297">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="371" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="77177616" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
+          <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002A4297">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>3.5.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2498" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5A1A2C97" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
+          <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002A4297">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Тали, тельферы, лебедки</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2131" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="392D8DC6" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
+          <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002A4297" w:rsidRPr="002A4297" w14:paraId="29A21A7B" w14:textId="77777777" w:rsidTr="002A4297">
+      <w:tr w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidTr="002A4297">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="371" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="00AD8EF6" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
+          <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002A4297">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>4.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2498" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1D521B88" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
+          <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002A4297">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Системы теплоснабжения и газоснабжения</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2131" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="71F6F1AB" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
+          <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002A4297" w:rsidRPr="002A4297" w14:paraId="387A4742" w14:textId="77777777" w:rsidTr="002A4297">
+      <w:tr w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidTr="002A4297">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="371" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4ADEAB63" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
+          <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002A4297">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>4.1.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2498" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5B61D279" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
+          <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002A4297">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Тепловые пункты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2131" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="52D4602C" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
+          <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002A4297" w:rsidRPr="002A4297" w14:paraId="38666202" w14:textId="77777777" w:rsidTr="002A4297">
+      <w:tr w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidTr="002A4297">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="371" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="460C8F8F" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
+          <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002A4297">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>4.2.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2498" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6AEC3FF5" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
+          <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002A4297">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Узлы учета расхода тепла</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2131" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="045E8023" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
+          <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002A4297" w:rsidRPr="002A4297" w14:paraId="42D38800" w14:textId="77777777" w:rsidTr="002A4297">
+      <w:tr w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidTr="002A4297">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="371" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4ACAAF68" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
+          <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002A4297">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>4.3.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2498" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5CB809F6" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
+          <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002A4297">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Котельные (в том числе газифицированные)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2131" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1B6312C3" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
+          <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002A4297" w:rsidRPr="002A4297" w14:paraId="6A7908E8" w14:textId="77777777" w:rsidTr="002A4297">
+      <w:tr w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidTr="002A4297">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="371" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="48153494" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
+          <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002A4297">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>4.4.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2498" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="708EDDAA" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
+          <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002A4297">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Устройства водоподготовки</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2131" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="33DAC309" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
+          <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002A4297" w:rsidRPr="002A4297" w14:paraId="47A95DA7" w14:textId="77777777" w:rsidTr="002A4297">
+      <w:tr w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidTr="002A4297">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="371" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4057A7EA" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
+          <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002A4297">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>4.5.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2498" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7DD18A9B" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
+          <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002A4297">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Насосное оборудование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2131" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6ABF4AE7" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
+          <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002A4297" w:rsidRPr="002A4297" w14:paraId="669F6344" w14:textId="77777777" w:rsidTr="002A4297">
+      <w:tr w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidTr="002A4297">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="371" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="477AB26C" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
+          <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002A4297">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>4.4.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2498" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="491BC282" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
+          <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002A4297">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Газовое оборудования и газовые счетчики</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2131" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4901D6EF" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
+          <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002A4297" w:rsidRPr="002A4297" w14:paraId="089894EC" w14:textId="77777777" w:rsidTr="002A4297">
+      <w:tr w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidTr="002A4297">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="371" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0BB01CBF" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
+          <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002A4297">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>4.5.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2498" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7E4B7438" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
+          <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002A4297">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Сети трубопроводов теплоснабжения, теплообменники и запорно-регулирующая арматура, манометры, термометры, расширительные и аккумуляторные баки</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2131" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2FB68853" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
+          <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002A4297" w:rsidRPr="002A4297" w14:paraId="179465E6" w14:textId="77777777" w:rsidTr="002A4297">
+      <w:tr w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidTr="002A4297">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="371" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6095E11F" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
+          <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002A4297">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>4.6.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2498" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="70EA55B9" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
+          <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002A4297">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Приборы отопления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2131" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="68E796E3" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
+          <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002A4297" w:rsidRPr="002A4297" w14:paraId="62C2BB9B" w14:textId="77777777" w:rsidTr="002A4297">
+      <w:tr w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidTr="002A4297">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="371" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3315DD75" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
+          <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002A4297">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2498" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="68DD8E1E" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
+          <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002A4297">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Системы водоснабжения, водоотведения и канализации</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2131" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="16A21315" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
+          <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002A4297" w:rsidRPr="002A4297" w14:paraId="27CB879A" w14:textId="77777777" w:rsidTr="002A4297">
+      <w:tr w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidTr="002A4297">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="371" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="63A4253D" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
+          <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002A4297">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>5.1.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2498" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2B357FA3" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
+          <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002A4297">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Системы наружных и внутренних водопроводов, запорно-регулирующая арматура</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2131" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3E6E47F6" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
+          <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002A4297" w:rsidRPr="002A4297" w14:paraId="35398189" w14:textId="77777777" w:rsidTr="002A4297">
+      <w:tr w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidTr="002A4297">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="371" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="461DF39D" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
+          <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002A4297">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>5.2.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2498" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0617B19E" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
+          <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002A4297">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Водостоки, дренажные системы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2131" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5605BD3C" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
+          <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002A4297" w:rsidRPr="002A4297" w14:paraId="3474E112" w14:textId="77777777" w:rsidTr="002A4297">
+      <w:tr w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidTr="002A4297">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="371" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7A2B3D55" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
+          <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002A4297">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>5.3.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2498" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="67DCDA8A" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
+          <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002A4297">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Скважины, очистные установки</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2131" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1EB8D94B" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
+          <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002A4297" w:rsidRPr="002A4297" w14:paraId="4E2A526B" w14:textId="77777777" w:rsidTr="002A4297">
+      <w:tr w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidTr="002A4297">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="371" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="02EB4CAE" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
+          <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002A4297">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>5.4.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2498" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="17E95A39" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
+          <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002A4297">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Насосное оборудование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2131" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6E36FA39" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
+          <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002A4297" w:rsidRPr="002A4297" w14:paraId="49427077" w14:textId="77777777" w:rsidTr="002A4297">
+      <w:tr w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidTr="002A4297">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="371" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="48A8BA7F" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
+          <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002A4297">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>5.5.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2498" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0C077BFF" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
+          <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="002A4297">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Водосчетчики</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2131" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="162CA1A8" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
+          <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002A4297" w:rsidRPr="002A4297" w14:paraId="5156CC30" w14:textId="77777777" w:rsidTr="002A4297">
+      <w:tr w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidTr="002A4297">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="371" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="14E1552F" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
+          <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002A4297">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>5.6.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2498" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="238D9849" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
+          <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002A4297">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Санитарно-техническое оборудование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2131" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0A17E271" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
+          <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002A4297" w:rsidRPr="002A4297" w14:paraId="53AE5E08" w14:textId="77777777" w:rsidTr="002A4297">
+      <w:tr w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidTr="002A4297">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="371" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="09E41DB0" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
+          <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002A4297">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>6.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2498" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0F53B106" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
+          <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002A4297">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Системы вентиляции и кондиционирования</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2131" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="18BADC9E" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
+          <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002A4297" w:rsidRPr="002A4297" w14:paraId="0C6FD914" w14:textId="77777777" w:rsidTr="002A4297">
+      <w:tr w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidTr="002A4297">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="371" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="635A416E" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
+          <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002A4297">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>6.1.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2498" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="188D01B7" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
+          <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002A4297">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Вентиляторы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2131" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="74877A68" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
+          <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002A4297" w:rsidRPr="002A4297" w14:paraId="447FAD01" w14:textId="77777777" w:rsidTr="002A4297">
+      <w:tr w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidTr="002A4297">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="371" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="39E779F5" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
+          <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002A4297">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>6.2.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2498" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="003E6D7F" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
+          <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002A4297">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Приточные и вытяжные установки</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2131" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="75FB4B2B" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
+          <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002A4297" w:rsidRPr="002A4297" w14:paraId="5FCF8EE3" w14:textId="77777777" w:rsidTr="002A4297">
+      <w:tr w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidTr="002A4297">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="371" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="711CD54E" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
+          <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002A4297">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>6.3.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2498" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7A2FF849" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
+          <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002A4297">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Увлажнители</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2131" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1D54F88A" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
+          <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002A4297" w:rsidRPr="002A4297" w14:paraId="4E9347DA" w14:textId="77777777" w:rsidTr="002A4297">
+      <w:tr w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidTr="002A4297">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="371" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="38A9829E" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
+          <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002A4297">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>6.4.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2498" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5A04AD4E" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
+          <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002A4297">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Воздухоочистители</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2131" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0079753D" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
+          <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002A4297" w:rsidRPr="002A4297" w14:paraId="58822E64" w14:textId="77777777" w:rsidTr="002A4297">
+      <w:tr w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidTr="002A4297">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="371" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="033853DC" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
+          <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002A4297">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>6.5.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2498" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="22F5DFD0" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
+          <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002A4297">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Тепловые завесы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2131" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4D97ED94" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
+          <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002A4297" w:rsidRPr="002A4297" w14:paraId="6A2A1623" w14:textId="77777777" w:rsidTr="002A4297">
+      <w:tr w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidTr="002A4297">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="371" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="153A9430" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
+          <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002A4297">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>6.6.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2498" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0353B176" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
+          <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002A4297">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Воздухораспределительные устройства</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2131" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3CCB9BF0" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
+          <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002A4297" w:rsidRPr="002A4297" w14:paraId="75906707" w14:textId="77777777" w:rsidTr="002A4297">
+      <w:tr w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidTr="002A4297">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="371" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6BA02649" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
+          <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002A4297">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>6.7.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2498" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="79E9BC19" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
+          <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002A4297">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Сети воздуховодов и регулирующих дроссель клапанов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2131" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="16E1F568" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
+          <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002A4297" w:rsidRPr="002A4297" w14:paraId="10115E0F" w14:textId="77777777" w:rsidTr="002A4297">
+      <w:tr w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidTr="002A4297">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="371" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3FCD65FD" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
+          <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002A4297">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>6.8.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2498" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="45CE6ADC" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
+          <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002A4297">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Регулирующие и запорные воздушные клапаны с электромеханическими приводами</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2131" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1AE64C7F" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
+          <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002A4297" w:rsidRPr="002A4297" w14:paraId="6CE55A9B" w14:textId="77777777" w:rsidTr="002A4297">
+      <w:tr w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidTr="002A4297">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="371" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="05522897" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
+          <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002A4297">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>6.9.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2498" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3BEBD2BE" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
+          <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="002A4297">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Огнезадерживающие</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="002A4297">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> клапаны</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2131" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="61008B1A" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
+          <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002A4297" w:rsidRPr="002A4297" w14:paraId="52A988C6" w14:textId="77777777" w:rsidTr="002A4297">
+      <w:tr w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidTr="002A4297">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="371" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="35D1D74F" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
+          <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002A4297">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>6.10.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2498" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4E3DB3DC" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
+          <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002A4297">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Регулирующие узлы теплоснабжения и холодоснабжения приточных систем и тепловых завес</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2131" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3029E7AC" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
+          <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002A4297" w:rsidRPr="002A4297" w14:paraId="4E50D7EA" w14:textId="77777777" w:rsidTr="002A4297">
+      <w:tr w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidTr="002A4297">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="371" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4CF10539" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
+          <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002A4297">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>6.12.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2498" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="556227C2" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
+          <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002A4297">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t xml:space="preserve">Шкафы управления вентиляции, датчики и кабельные линии, относящиеся к системам </w:t>
-[...9 lines deleted...]
-              <w:t>управления</w:t>
+              <w:t>Шкафы управления вентиляции, датчики и кабельные линии, относящиеся к системам управления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2131" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="319C2554" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
+          <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002A4297" w:rsidRPr="002A4297" w14:paraId="38BDE680" w14:textId="77777777" w:rsidTr="002A4297">
+      <w:tr w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidTr="002A4297">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="371" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0E780207" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
+          <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002A4297">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>6.13.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2498" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2CF28E1A" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
+          <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002A4297">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">Центральные, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="002A4297">
@@ -27546,106 +27843,106 @@
             <w:r w:rsidRPr="002A4297">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>VRV</w:t>
             </w:r>
             <w:r w:rsidRPr="002A4297">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>) и автономные (в том числе прецизионные) кондиционеры, сплит системы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2131" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="704240D4" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
+          <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002A4297" w:rsidRPr="002A4297" w14:paraId="50437C55" w14:textId="77777777" w:rsidTr="002A4297">
+      <w:tr w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidTr="002A4297">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="371" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="68407C1D" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
+          <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002A4297">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>6.14.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2498" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0CE6468B" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
+          <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="002A4297">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Водоохлаждающие</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
@@ -27663,4215 +27960,4223 @@
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>чиллера</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="002A4297">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2131" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="792D0C72" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
+          <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002A4297" w:rsidRPr="002A4297" w14:paraId="574B90DC" w14:textId="77777777" w:rsidTr="002A4297">
+      <w:tr w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidTr="002A4297">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="371" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="480599BA" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
+          <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002A4297">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>6.15.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2498" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="19E74E0A" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
+          <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002A4297">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Доводчики температуры воздуха (</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="002A4297">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>фанкойлы</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="002A4297">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2131" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="59A98476" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
+          <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002A4297" w:rsidRPr="002A4297" w14:paraId="24443FBB" w14:textId="77777777" w:rsidTr="002A4297">
+      <w:tr w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidTr="002A4297">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="371" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="09013AA4" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
+          <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002A4297">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>6.16</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2498" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0F335C94" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
+          <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002A4297">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Компрессорно-конденсаторные блоки</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2131" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="407359AE" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
+          <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002A4297" w:rsidRPr="002A4297" w14:paraId="654761DF" w14:textId="77777777" w:rsidTr="002A4297">
+      <w:tr w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidTr="002A4297">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="371" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="694DA267" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
+          <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002A4297">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>6.17.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2498" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="625C2F78" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
+          <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002A4297">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Выносные конденсаторы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2131" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0595F792" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
+          <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002A4297" w:rsidRPr="002A4297" w14:paraId="6AFE32AE" w14:textId="77777777" w:rsidTr="002A4297">
+      <w:tr w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidTr="002A4297">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="371" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7E828CF0" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
+          <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002A4297">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>6.18.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2498" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7165C6B9" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
+          <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002A4297">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Градирни</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2131" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6885AB01" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
+          <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002A4297" w:rsidRPr="002A4297" w14:paraId="30C143DF" w14:textId="77777777" w:rsidTr="002A4297">
+      <w:tr w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidTr="002A4297">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="371" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="34EB3DF0" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
+          <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002A4297">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>6.19.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2498" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3FB3FC6D" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
+          <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002A4297">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Сети медных (</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="002A4297">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>фреоновых</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="002A4297">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>) трубопроводов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2131" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="76E7AC13" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
+          <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002A4297" w:rsidRPr="002A4297" w14:paraId="7F138389" w14:textId="77777777" w:rsidTr="002A4297">
+      <w:tr w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidTr="002A4297">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="371" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="01559C4E" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
+          <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002A4297">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>6.20.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2498" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4C5A0B17" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
+          <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002A4297">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Кабельные линии системы управления кондиционеров, холодильных машин и исполнительных механизмов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2131" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="35685862" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
+          <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002A4297" w:rsidRPr="002A4297" w14:paraId="4D19D511" w14:textId="77777777" w:rsidTr="002A4297">
+      <w:tr w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidTr="002A4297">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="371" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2AAA1A1A" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
+          <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002A4297">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>6.21.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2498" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5AB830AF" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
+          <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002A4297">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Трубопроводы и запорно-регулирующая арматура систем водяного охлаждения</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2131" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="67309039" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
+          <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002A4297" w:rsidRPr="002A4297" w14:paraId="1E250703" w14:textId="77777777" w:rsidTr="002A4297">
+      <w:tr w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidTr="002A4297">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="371" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="730FB867" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
+          <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002A4297">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>6.22.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2498" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3D222F58" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
+          <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002A4297">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Гидромодули, насосные группы, аккумуляторные и расширительные баки, манометры и термометры, регулирующие краны с электроприводом систем водяного охлаждения</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2131" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="637F1A69" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
+          <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002A4297" w:rsidRPr="002A4297" w14:paraId="6A1B47A2" w14:textId="77777777" w:rsidTr="002A4297">
+      <w:tr w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidTr="002A4297">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="371" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0D8AC1E7" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
+          <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002A4297">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>6.23.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2498" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1F3D7D28" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
+          <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002A4297">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Системы дренажных трубопроводов до врезок в систему канализации</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2131" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="14F730E4" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
+          <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002A4297" w:rsidRPr="002A4297" w14:paraId="2FF5BE8A" w14:textId="77777777" w:rsidTr="002A4297">
+      <w:tr w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidTr="002A4297">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="371" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="33980385" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
+          <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002A4297">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>6.24.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2498" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="69CBCDD8" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
+          <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002A4297">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Дренажные насосы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2131" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4AA4D114" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
+          <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002A4297" w:rsidRPr="002A4297" w14:paraId="661AFAEF" w14:textId="77777777" w:rsidTr="002A4297">
+      <w:tr w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidTr="002A4297">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="371" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="019B788C" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
+          <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002A4297">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>6.25.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2498" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="446C401E" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
+          <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002A4297">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Исполнительные механизмы и другое вспомогательное оборудование систем вентиляции и кондиционирования</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2131" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="07E48DA7" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
+          <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002A4297" w:rsidRPr="002A4297" w14:paraId="74A03147" w14:textId="77777777" w:rsidTr="002A4297">
+      <w:tr w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidTr="002A4297">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="371" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="341996AA" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
+          <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002A4297">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>7.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2498" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="54B5CA8D" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
+          <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002A4297">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Системы ограничения доступа (автоматические двери, ворота, калитки, турникеты, шлагбаумы, тамбур-шлюзы, системы управления, исполнительные механизмы, кабельные линии, кнопочные посты (звонки, домофоны))</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2131" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5D287869" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
+          <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002A4297" w:rsidRPr="002A4297" w14:paraId="274C1573" w14:textId="77777777" w:rsidTr="002A4297">
+      <w:tr w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidTr="002A4297">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="371" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="408F6887" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
+          <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002A4297">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>8.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2498" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="58A9E712" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
+          <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002A4297">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>Автоматизированные системы комплексного управления, диспетчеризации и мониторинга ИСЖ (шкафы управления, исполнительные механизмы, контроллеры, датчики и другое вспомогательное оборудование, кабельные линии, ПК)</w:t>
+              <w:t xml:space="preserve">Автоматизированные системы </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002A4297">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>комплексного управления, диспетчеризации и мониторинга ИСЖ (шкафы управления, исполнительные механизмы, контроллеры, датчики и другое вспомогательное оборудование, кабельные линии, ПК)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2131" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="09128A30" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
+          <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002A4297" w:rsidRPr="002A4297" w14:paraId="14514F53" w14:textId="77777777" w:rsidTr="002A4297">
+      <w:tr w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidTr="002A4297">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="371" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2CDFB798" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
+          <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002A4297">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>9.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2498" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1D92FB64" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
+          <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002A4297">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Системы видеонаблюдения и охранной сигнализации</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2131" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2AC2F582" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
+          <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002A4297" w:rsidRPr="002A4297" w14:paraId="7E70B25D" w14:textId="77777777" w:rsidTr="002A4297">
+      <w:tr w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidTr="002A4297">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="371" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0E5CE77E" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
+          <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002A4297">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2498" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1D297310" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
+          <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2131" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5A2FFFAF" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
+          <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002A4297" w:rsidRPr="002A4297" w14:paraId="40107350" w14:textId="77777777" w:rsidTr="002A4297">
+      <w:tr w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidTr="002A4297">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="371" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4477992A" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
+          <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002A4297">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2498" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3B3BB201" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
+          <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2131" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7C28B0B8" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
+          <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002A4297" w:rsidRPr="002A4297" w14:paraId="2D64C436" w14:textId="77777777" w:rsidTr="002A4297">
+      <w:tr w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidTr="002A4297">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="371" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="52249044" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
+          <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002A4297">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2498" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5FBF5020" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
+          <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2131" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4971CA25" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
+          <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002A4297" w:rsidRPr="002A4297" w14:paraId="79067A59" w14:textId="77777777" w:rsidTr="002A4297">
+      <w:tr w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidTr="002A4297">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="371" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0DC80C22" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
+          <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002A4297">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>13</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2498" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4E8636E3" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
+          <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2131" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0DF487B2" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
+          <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="08909B80" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="00A32147">
+    <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="00A32147">
       <w:pPr>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:tab/>
         <w:t>недостатки: _________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2EAA3805" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297">
+    <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297">
       <w:pPr>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>(при наличии перечислить недостатки, повреждения для каждого вида оборудования)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5333EC56" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297">
+    <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297">
       <w:pPr>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="09FE74E4" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297">
+    <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297">
       <w:pPr>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">- </w:t>
       </w:r>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>прилегающая территория</w:t>
       </w:r>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>: ________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="01D6F38C" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297">
+    <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297">
       <w:pPr>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>(перечислить тротуары, озеленение, другое)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2E49F57D" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297">
+    <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297">
       <w:pPr>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:tab/>
         <w:t>состояние: __________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="665B75A8" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297">
+    <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297">
       <w:pPr>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>(отличное, хорошее, удовлетворительное – указать для каждого вида)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5DBD962E" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297">
+    <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297">
       <w:pPr>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:tab/>
         <w:t>недостатки: _________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4D374EFB" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297">
+    <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297">
       <w:pPr>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>(при наличии перечислить недостатки, повреждения для каждого вида)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5DDDDF14" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297">
+    <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297">
       <w:pPr>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="23C3F1B0" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
+    <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>- иное</w:t>
       </w:r>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> ____________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2F1BA43C" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
+    <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="52786D95" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="00A32147">
+    <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="00A32147">
       <w:pPr>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">_____________________________________________________________________________. </w:t>
       </w:r>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:footnoteReference w:id="119"/>
-[...2 lines deleted...]
-    <w:p w14:paraId="7110DA86" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
+        <w:footnoteReference w:id="128"/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>Продавец передал Покупателю Недвижимое имущество со следующими показаниями индивидуальных приборов учета</w:t>
       </w:r>
       <w:r w:rsidRPr="00A32147">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
-        <w:footnoteReference w:id="120"/>
+        <w:footnoteReference w:id="129"/>
       </w:r>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2E9C2803" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="00A32147">
+    <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="00A32147">
       <w:pPr>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>- электричество: _____________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="37B7D322" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297">
+    <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297">
       <w:pPr>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>- вода (теплая): ____________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="222B833D" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297">
+    <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297">
       <w:pPr>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>- вода (холодная): ____________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7A56845D" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297">
+    <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297">
       <w:pPr>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>- иное: ____________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6420CF61" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
+    <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>Продавец передал Покупателю ключи от замка</w:t>
       </w:r>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:footnoteReference w:id="121"/>
+        <w:footnoteReference w:id="130"/>
       </w:r>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> двери</w:t>
       </w:r>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:footnoteReference w:id="122"/>
+        <w:footnoteReference w:id="131"/>
       </w:r>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> Недвижимого имущества в количестве _________.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="59C0B625" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
+    <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:footnoteReference w:id="123"/>
+        <w:footnoteReference w:id="132"/>
       </w:r>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>Одновременно с Недвижимым имуществом Продавец передал Покупателю, а Покупатель принял следующее движимое имущество:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="110"/>
         <w:tblW w:w="5000" w:type="pct"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="540"/>
         <w:gridCol w:w="5692"/>
         <w:gridCol w:w="3397"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00147E6A" w:rsidRPr="002A4297" w14:paraId="2458F2F5" w14:textId="77777777" w:rsidTr="00147E6A">
+      <w:tr w:rsidR="00147E6A" w:rsidRPr="002A4297" w:rsidTr="00147E6A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="280" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="51189796" w14:textId="77777777" w:rsidR="00147E6A" w:rsidRPr="002A4297" w:rsidRDefault="00147E6A" w:rsidP="00A32147">
+          <w:p w:rsidR="00147E6A" w:rsidRPr="002A4297" w:rsidRDefault="00147E6A" w:rsidP="00A32147">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002A4297">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>№ п/п</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2956" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="377C2FC8" w14:textId="77777777" w:rsidR="00147E6A" w:rsidRPr="002A4297" w:rsidRDefault="00147E6A">
+          <w:p w:rsidR="00147E6A" w:rsidRPr="002A4297" w:rsidRDefault="00147E6A">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002A4297">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1764" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3241E0C7" w14:textId="77777777" w:rsidR="00147E6A" w:rsidRPr="002A4297" w:rsidRDefault="00147E6A">
+          <w:p w:rsidR="00147E6A" w:rsidRPr="002A4297" w:rsidRDefault="00147E6A">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002A4297">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Инвентарный номер</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00147E6A" w:rsidRPr="002A4297" w14:paraId="330E3879" w14:textId="77777777" w:rsidTr="00147E6A">
+      <w:tr w:rsidR="00147E6A" w:rsidRPr="002A4297" w:rsidTr="00147E6A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="280" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="036D717B" w14:textId="77777777" w:rsidR="00147E6A" w:rsidRPr="002A4297" w:rsidRDefault="00147E6A" w:rsidP="00A32147">
+          <w:p w:rsidR="00147E6A" w:rsidRPr="002A4297" w:rsidRDefault="00147E6A" w:rsidP="00A32147">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2956" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="18A7324F" w14:textId="77777777" w:rsidR="00147E6A" w:rsidRPr="002A4297" w:rsidRDefault="00147E6A">
+          <w:p w:rsidR="00147E6A" w:rsidRPr="002A4297" w:rsidRDefault="00147E6A">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1764" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6141C422" w14:textId="77777777" w:rsidR="00147E6A" w:rsidRPr="002A4297" w:rsidRDefault="00147E6A">
+          <w:p w:rsidR="00147E6A" w:rsidRPr="002A4297" w:rsidRDefault="00147E6A">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00147E6A" w:rsidRPr="002A4297" w14:paraId="482C79BD" w14:textId="77777777" w:rsidTr="00147E6A">
+      <w:tr w:rsidR="00147E6A" w:rsidRPr="002A4297" w:rsidTr="00147E6A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="280" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="439957EB" w14:textId="77777777" w:rsidR="00147E6A" w:rsidRPr="002A4297" w:rsidRDefault="00147E6A" w:rsidP="00A32147">
+          <w:p w:rsidR="00147E6A" w:rsidRPr="002A4297" w:rsidRDefault="00147E6A" w:rsidP="00A32147">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2956" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6CCEA3AA" w14:textId="77777777" w:rsidR="00147E6A" w:rsidRPr="002A4297" w:rsidRDefault="00147E6A">
+          <w:p w:rsidR="00147E6A" w:rsidRPr="002A4297" w:rsidRDefault="00147E6A">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1764" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4E69B408" w14:textId="77777777" w:rsidR="00147E6A" w:rsidRPr="002A4297" w:rsidRDefault="00147E6A">
+          <w:p w:rsidR="00147E6A" w:rsidRPr="002A4297" w:rsidRDefault="00147E6A">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="6D471189" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002627CE">
+    <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002627CE">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>Одновременно с Недвижимым имуществом Продавец передал Покупателю, а Покупатель принял следующую техническую документацию:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="110"/>
         <w:tblW w:w="5000" w:type="pct"/>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="683"/>
         <w:gridCol w:w="1860"/>
         <w:gridCol w:w="3698"/>
         <w:gridCol w:w="1233"/>
         <w:gridCol w:w="2155"/>
       </w:tblGrid>
-      <w:tr w:rsidR="002A4297" w:rsidRPr="002A4297" w14:paraId="5877CF31" w14:textId="77777777" w:rsidTr="00CF3870">
+      <w:tr w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidTr="00CF3870">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="355" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="5A78B8B8" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="00A32147">
+          <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="00A32147">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002A4297">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>№ п/п</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="966" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="64533FBC" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297">
+          <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002A4297">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Номер/шифр документа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1920" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="68C107C8" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297">
+          <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002A4297">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Наименование документа</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5054607E" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297">
+          <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="640" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="50069DA3" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297">
+          <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002A4297">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Кол-во листов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1119" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="28DA4438" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297">
+          <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002A4297">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Примечание</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002A4297" w:rsidRPr="002A4297" w14:paraId="03E056B5" w14:textId="77777777" w:rsidTr="00CF3870">
+      <w:tr w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidTr="00CF3870">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="355" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="07546325" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="00A32147">
+          <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="00A32147">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="966" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="4B6C3BD6" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297">
+          <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1920" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="12405FD4" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297">
+          <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="640" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="4AA90EBF" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297">
+          <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1119" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="52A7A135" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297">
+          <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002A4297" w:rsidRPr="002A4297" w14:paraId="1C93F0B6" w14:textId="77777777" w:rsidTr="00CF3870">
+      <w:tr w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidTr="00CF3870">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="355" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="506B192C" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="00A32147">
+          <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="00A32147">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="966" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="37B18866" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297">
+          <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1920" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="30CA7B9C" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297">
+          <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="640" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="62F4DF3E" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297">
+          <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1119" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="672549FA" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297">
+          <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002A4297" w:rsidRPr="002A4297" w14:paraId="5784CDEA" w14:textId="77777777" w:rsidTr="00CF3870">
+      <w:tr w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidTr="00CF3870">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="355" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="72863761" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
+          <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="966" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="22076619" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
+          <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1920" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="10E48941" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
+          <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="640" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="2A72309F" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
+          <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1119" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="79C00B77" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
+          <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="1CDC6340" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="00A32147" w:rsidRDefault="002A4297" w:rsidP="00A32147">
+    <w:p w:rsidR="002A4297" w:rsidRPr="00A32147" w:rsidRDefault="002A4297" w:rsidP="00A32147">
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="00A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4788"/>
         <w:gridCol w:w="360"/>
         <w:gridCol w:w="3960"/>
       </w:tblGrid>
-      <w:tr w:rsidR="002A4297" w:rsidRPr="002A4297" w14:paraId="670766E7" w14:textId="77777777" w:rsidTr="002A4297">
+      <w:tr w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidTr="002A4297">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4788" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="4DD84E8A" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297">
+          <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="2835"/>
               </w:tabs>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:ind w:firstLine="360"/>
               <w:contextualSpacing/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002A4297">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>От Покупателя:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="360" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="7E49D820" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297">
+          <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="2835"/>
               </w:tabs>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:ind w:firstLine="360"/>
               <w:contextualSpacing/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3960" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="71F53537" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297">
+          <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="2835"/>
               </w:tabs>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:ind w:firstLine="360"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002A4297">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>От Продавца:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002A4297" w:rsidRPr="002A4297" w14:paraId="0850ECEA" w14:textId="77777777" w:rsidTr="002A4297">
+      <w:tr w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidTr="002A4297">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4788" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="2203A9BA" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="00A32147">
+          <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="00A32147">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="2835"/>
               </w:tabs>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:ind w:firstLine="360"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002A4297">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:vertAlign w:val="superscript"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:footnoteReference w:id="124"/>
+              <w:footnoteReference w:id="133"/>
             </w:r>
             <w:r w:rsidRPr="002A4297">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Должность</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0192F713" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297">
+          <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="2835"/>
               </w:tabs>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:ind w:firstLine="360"/>
               <w:contextualSpacing/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="46BAC9B8" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="00A32147">
+          <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="00A32147">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="2835"/>
               </w:tabs>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:ind w:firstLine="360"/>
               <w:contextualSpacing/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002A4297">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>________________ Ф.И.О.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="06D96CBE" w14:textId="45796847" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="003C7673">
+          <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="003C7673">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="2835"/>
               </w:tabs>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:ind w:firstLine="360"/>
               <w:contextualSpacing/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="af5"/>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:footnoteReference w:id="125"/>
+              <w:footnoteReference w:id="134"/>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidR="002A4297" w:rsidRPr="002A4297">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>м.п</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidR="002A4297" w:rsidRPr="002A4297">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="360" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="5E2D60C8" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297">
+          <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="2835"/>
               </w:tabs>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:ind w:firstLine="360"/>
               <w:contextualSpacing/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3960" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="0DE6B57F" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297">
+          <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="2835"/>
               </w:tabs>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:ind w:firstLine="360"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002A4297">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Должность</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="66CD7EA2" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297">
+          <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="2835"/>
               </w:tabs>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:ind w:firstLine="360"/>
               <w:contextualSpacing/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="6DBB7830" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="00A32147">
+          <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="00A32147">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="2835"/>
               </w:tabs>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:ind w:firstLine="360"/>
               <w:contextualSpacing/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002A4297">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>________________ Ф.И.О.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4BFEC824" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297">
+          <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="2835"/>
               </w:tabs>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:ind w:firstLine="360"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="002A4297">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>м.п</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="002A4297">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="6E2B71A3" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="00A32147">
+    <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="00A32147">
       <w:pPr>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="12" w:space="1" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="00A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4788"/>
         <w:gridCol w:w="360"/>
         <w:gridCol w:w="3960"/>
       </w:tblGrid>
-      <w:tr w:rsidR="002A4297" w:rsidRPr="002A4297" w14:paraId="69EB918D" w14:textId="77777777" w:rsidTr="002A4297">
+      <w:tr w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidTr="002A4297">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4788" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="13B3666A" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297">
+          <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="2835"/>
               </w:tabs>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:ind w:firstLine="360"/>
               <w:contextualSpacing/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002A4297">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>От Покупателя:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="360" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="646CAF12" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297">
+          <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="2835"/>
               </w:tabs>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:ind w:firstLine="360"/>
               <w:contextualSpacing/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3960" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="38853914" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297">
+          <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="2835"/>
               </w:tabs>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:ind w:firstLine="360"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002A4297">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>От Продавца:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002A4297" w:rsidRPr="002A4297" w14:paraId="1E663332" w14:textId="77777777" w:rsidTr="002A4297">
+      <w:tr w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidTr="002A4297">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4788" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="0D3BAD89" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="00A32147">
+          <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="00A32147">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="2835"/>
               </w:tabs>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:ind w:firstLine="360"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002A4297">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:vertAlign w:val="superscript"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
-              <w:footnoteReference w:id="126"/>
+              <w:footnoteReference w:id="135"/>
             </w:r>
             <w:r w:rsidRPr="002A4297">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Должность</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="457D160B" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297">
+          <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="2835"/>
               </w:tabs>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:ind w:firstLine="360"/>
               <w:contextualSpacing/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="6AC38374" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297">
+          <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="2835"/>
               </w:tabs>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:ind w:firstLine="360"/>
               <w:contextualSpacing/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002A4297">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>________________ Ф.И.О.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6996E2B6" w14:textId="55C77607" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="003C7673">
+          <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="003C7673">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="2835"/>
               </w:tabs>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:ind w:firstLine="360"/>
               <w:contextualSpacing/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="af5"/>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:footnoteReference w:id="127"/>
+              <w:footnoteReference w:id="136"/>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidR="002A4297" w:rsidRPr="002A4297">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>м.п</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidR="002A4297" w:rsidRPr="002A4297">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="360" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="5C845DB2" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297">
+          <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="2835"/>
               </w:tabs>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:ind w:firstLine="360"/>
               <w:contextualSpacing/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3960" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="5D0B5FFC" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297">
+          <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="2835"/>
               </w:tabs>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:ind w:firstLine="360"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002A4297">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Должность</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="186E3D16" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297">
+          <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="2835"/>
               </w:tabs>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:ind w:firstLine="360"/>
               <w:contextualSpacing/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="582A361B" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297">
+          <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="2835"/>
               </w:tabs>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:ind w:firstLine="360"/>
               <w:contextualSpacing/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002A4297">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>________________ Ф.И.О.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="666A7DBA" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297">
+          <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="2835"/>
               </w:tabs>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:ind w:firstLine="360"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="002A4297">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>м.п</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="002A4297">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="51C6CAD9" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="007F6085">
+    <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="007F6085">
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:permEnd w:id="681251538"/>
-    <w:p w14:paraId="5260BDD3" w14:textId="77777777" w:rsidR="00E11832" w:rsidRPr="00E11832" w:rsidRDefault="00041A4E" w:rsidP="00E11832">
+    <w:permEnd w:id="1849513345"/>
+    <w:p w:rsidR="00E11832" w:rsidRPr="00E11832" w:rsidRDefault="00041A4E" w:rsidP="00E11832">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
         <w:spacing w:before="480" w:after="0" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="365F91"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Приложение № 2</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="645F1D12" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="00E11832" w:rsidP="00A32147">
+    <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="00E11832" w:rsidP="00A32147">
       <w:pPr>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="4536"/>
         <w:contextualSpacing/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E11832">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">к Договору </w:t>
       </w:r>
       <w:r w:rsidRPr="00E11832">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">купли-продажи </w:t>
       </w:r>
       <w:r w:rsidR="002A4297" w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>недвижимого имущества</w:t>
       </w:r>
       <w:r w:rsidRPr="00E11832">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:permStart w:id="1563167156" w:edGrp="everyone"/>
+      <w:permStart w:id="26899940" w:edGrp="everyone"/>
       <w:r w:rsidR="00A17DA0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00E11832">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>с последующей арендой данного имущества (с обратной арендой)</w:t>
       </w:r>
-      <w:permEnd w:id="1563167156"/>
-[...1 lines deleted...]
-    <w:p w14:paraId="2FEB1814" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297">
+      <w:permEnd w:id="26899940"/>
+    </w:p>
+    <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297">
       <w:pPr>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:permStart w:id="1825971080" w:edGrp="everyone"/>
+      <w:permStart w:id="560607252" w:edGrp="everyone"/>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>от_____ №_____</w:t>
       </w:r>
     </w:p>
-    <w:permEnd w:id="1825971080"/>
-    <w:p w14:paraId="69077741" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297">
+    <w:permEnd w:id="560607252"/>
+    <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297">
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5E76D719" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="009605AA" w:rsidP="002A4297">
+    <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="009605AA" w:rsidP="002A4297">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F0621D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>Антикоррупционная оговорка</w:t>
       </w:r>
       <w:r w:rsidR="002A4297" w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1026B5CC" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
+    <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3819132D" w14:textId="77777777" w:rsidR="009605AA" w:rsidRPr="00F0621D" w:rsidRDefault="009605AA" w:rsidP="009605AA">
+    <w:p w:rsidR="009605AA" w:rsidRPr="00F0621D" w:rsidRDefault="009605AA" w:rsidP="009605AA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F0621D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>1.1. При заключении, исполнении, изменении и расторжении Договора Стороны принимают на себя следующие обязательства:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="35016470" w14:textId="77777777" w:rsidR="009605AA" w:rsidRPr="00F0621D" w:rsidRDefault="009605AA" w:rsidP="009605AA">
+    <w:p w:rsidR="009605AA" w:rsidRPr="00F0621D" w:rsidRDefault="009605AA" w:rsidP="009605AA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F0621D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>1.1.1.</w:t>
       </w:r>
       <w:r w:rsidRPr="00F0621D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">Стороны, их работники, уполномоченные представители </w:t>
       </w:r>
-      <w:permStart w:id="603787398" w:edGrp="everyone"/>
+      <w:permStart w:id="4460504" w:edGrp="everyone"/>
       <w:r w:rsidRPr="00F0621D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>и посредники</w:t>
       </w:r>
       <w:r w:rsidRPr="00F0621D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:footnoteReference w:id="128"/>
+        <w:footnoteReference w:id="137"/>
       </w:r>
       <w:r w:rsidRPr="00F0621D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:permEnd w:id="603787398"/>
+      <w:permEnd w:id="4460504"/>
       <w:r w:rsidRPr="00F0621D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>по Договору не предлагают, не обещают, не требуют, не разрешают предоставление, не предоставляют каких-либо денег, ценных бумаг, иного имущества, не оказывают услуги имущественного характера, не выполняют работы, не предоставляют какие-либо имущественные права, прямо или косвенно, лично или через посредников любым лицам для оказания влияния на действия (бездействие) и/или решения этих и/или других лиц с целью получения каких-либо выгод (преимуществ) или для достижения иных целей.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1176F448" w14:textId="77777777" w:rsidR="009605AA" w:rsidRPr="00F0621D" w:rsidRDefault="009605AA" w:rsidP="009605AA">
+    <w:p w:rsidR="009605AA" w:rsidRPr="00F0621D" w:rsidRDefault="009605AA" w:rsidP="009605AA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F0621D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>1.1.2.</w:t>
       </w:r>
       <w:r w:rsidRPr="00F0621D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">Стороны, их работники, уполномоченные представители </w:t>
       </w:r>
-      <w:permStart w:id="1802857528" w:edGrp="everyone"/>
+      <w:permStart w:id="634153961" w:edGrp="everyone"/>
       <w:r w:rsidRPr="00F0621D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">и посредники </w:t>
       </w:r>
-      <w:permEnd w:id="1802857528"/>
+      <w:permEnd w:id="634153961"/>
       <w:r w:rsidRPr="00F0621D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>по Договору не осуществляют действия (бездействие), квалифицируемые применимым законодательством как дача/получение взятки, коммерческий подкуп, посредничество во взяточничестве/коммерческом подкупе, злоупотребление полномочиями, незаконное вознаграждение от имени юридического лица, а также иные действия (бездействие), нарушающие требования применимого законодательства и применимых норм международного права в области противодействия коррупции.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1B862E99" w14:textId="77777777" w:rsidR="009605AA" w:rsidRPr="00F0621D" w:rsidRDefault="009605AA" w:rsidP="009605AA">
+    <w:p w:rsidR="009605AA" w:rsidRPr="00F0621D" w:rsidRDefault="009605AA" w:rsidP="009605AA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F0621D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>1.1.3.</w:t>
       </w:r>
       <w:r w:rsidRPr="00F0621D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:tab/>
         <w:t>Стороны (i) уведомляют друг друга о ставших известными им обстоятельствах, которые являются или могут явиться основанием для возникновения конфликта интересов</w:t>
       </w:r>
       <w:r w:rsidRPr="00F0621D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:footnoteReference w:id="129"/>
+        <w:footnoteReference w:id="138"/>
       </w:r>
       <w:r w:rsidRPr="00F0621D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>; (ii) воздерживаются от совершения действий (бездействия), влекущих за собой возникновение или создающих угрозу возникновения конфликта интересов; (iii) оказывают иное содействие друг другу в целях выявления, предупреждения и предотвращения коррупционных правонарушений и конфликтов интересов в рамках и в связи с отношениями Сторон по Договору.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="05B65F27" w14:textId="77777777" w:rsidR="009605AA" w:rsidRPr="00F0621D" w:rsidRDefault="009605AA" w:rsidP="009605AA">
+    <w:p w:rsidR="009605AA" w:rsidRPr="00F0621D" w:rsidRDefault="009605AA" w:rsidP="009605AA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F0621D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>1.2. Положения пункта 1.</w:t>
       </w:r>
       <w:r w:rsidRPr="0045622C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">1 настоящего Приложения распространяются </w:t>
       </w:r>
       <w:r w:rsidRPr="00F0621D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>на отношения, возникшие до его заключения, но связанные с заключением Договора.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="406D1E27" w14:textId="288CA12B" w:rsidR="009605AA" w:rsidRPr="00F0621D" w:rsidRDefault="009605AA" w:rsidP="009605AA">
+    <w:p w:rsidR="009605AA" w:rsidRPr="00F0621D" w:rsidRDefault="009605AA" w:rsidP="009605AA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F0621D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">1.3. В случае появления у Стороны сведений о фактическом или возможном нарушении другой Стороной, ее работниками, представителями </w:t>
       </w:r>
-      <w:permStart w:id="978272524" w:edGrp="everyone"/>
+      <w:permStart w:id="1849832777" w:edGrp="everyone"/>
       <w:r w:rsidRPr="00F0621D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">или посредниками </w:t>
       </w:r>
-      <w:permEnd w:id="978272524"/>
+      <w:permEnd w:id="1849832777"/>
       <w:r w:rsidRPr="00F0621D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">по Договору каких-либо положений пунктов 1.1.1-1.1.3 </w:t>
       </w:r>
       <w:r w:rsidRPr="0045622C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>настоящего Приложения</w:t>
       </w:r>
       <w:r w:rsidRPr="0045622C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
@@ -31890,829 +32195,829 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>(далее – Нарушение коррупционной направленности), такая Сторона обязуется незамедлительно</w:t>
       </w:r>
       <w:r w:rsidRPr="00F0621D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> письменно уведомить другую Сторону об этом</w:t>
       </w:r>
       <w:r w:rsidRPr="00F0621D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:footnoteReference w:id="130"/>
+        <w:footnoteReference w:id="139"/>
       </w:r>
       <w:r w:rsidRPr="00F0621D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>. Такое уведомление должно содержать указание на реквизиты</w:t>
       </w:r>
       <w:r w:rsidRPr="00F0621D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:footnoteReference w:id="131"/>
+        <w:footnoteReference w:id="140"/>
       </w:r>
       <w:r w:rsidRPr="00F0621D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> Договора, описание фактических обстоятельств, связанных с Нарушением коррупционной направленности, которые послужили основанием для направления уведомления. К уведомлению должны быть приложены подтверждающие документы и/или материалы</w:t>
       </w:r>
       <w:r w:rsidRPr="00F0621D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:footnoteReference w:id="132"/>
+        <w:footnoteReference w:id="141"/>
       </w:r>
       <w:r w:rsidRPr="00F0621D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="352AA6D8" w14:textId="77777777" w:rsidR="009605AA" w:rsidRPr="00F0621D" w:rsidRDefault="009605AA" w:rsidP="009605AA">
+    <w:p w:rsidR="009605AA" w:rsidRPr="00F0621D" w:rsidRDefault="009605AA" w:rsidP="009605AA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F0621D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Сторона, получившая уведомление, обеспечивает его конфиденциальное рассмотрение, а также направляет другой Стороне мотивированный ответ в течение 30 (тридцати) календарных дней с даты получения уведомления. В случае несогласия Стороны, получившей уведомление, c предоставленными в уведомлении обстоятельствами, связанными с Нарушением коррупционной направленности, которые послужили основанием для направления уведомления и/или подтверждающими документами и/или материалами, в своем ответе она должна привести возражения в отношении направленных сведений о Нарушении коррупционной направленности.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="404F7CCB" w14:textId="77777777" w:rsidR="009605AA" w:rsidRPr="00F0621D" w:rsidRDefault="009605AA" w:rsidP="009605AA">
+    <w:p w:rsidR="009605AA" w:rsidRPr="00F0621D" w:rsidRDefault="009605AA" w:rsidP="009605AA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F0621D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>1.4. В случаях (i) получения Стороной от другой Стороны ответа, подтверждающего Нарушение коррупционной направленности, или (ii) отсутствия в полученном Стороной ответе от другой Стороны</w:t>
       </w:r>
       <w:r w:rsidRPr="00F0621D" w:rsidDel="002A25C9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F0621D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>возражений в отношении направленных сведений о Нарушении коррупционной направленности, Сторона вправе расторгнуть Договор в одностороннем внесудебном порядке, направив письменное уведомление о расторжении.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="447346CC" w14:textId="77777777" w:rsidR="009605AA" w:rsidRPr="00F0621D" w:rsidRDefault="009605AA" w:rsidP="009605AA">
+    <w:p w:rsidR="009605AA" w:rsidRPr="00F0621D" w:rsidRDefault="009605AA" w:rsidP="009605AA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F0621D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">Договор считается расторгнутым по истечении </w:t>
       </w:r>
-      <w:permStart w:id="2058556823" w:edGrp="everyone"/>
+      <w:permStart w:id="1235493694" w:edGrp="everyone"/>
       <w:r w:rsidRPr="00F0621D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>10 (десяти) календарных дней</w:t>
       </w:r>
       <w:r w:rsidRPr="00F0621D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:footnoteReference w:id="133"/>
+        <w:footnoteReference w:id="142"/>
       </w:r>
       <w:r w:rsidRPr="00F0621D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:permEnd w:id="2058556823"/>
+      <w:permEnd w:id="1235493694"/>
       <w:r w:rsidRPr="00F0621D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>с даты получения другой Стороной соответствующего письменного уведомления о расторжении Договора. Сторона, по инициативе которой был расторгнут Договор, в соответствии с положениями настоящего пункта, вправе требовать возмещения реального ущерба, возникшего в результате такого расторжения Договора.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="156FCBCA" w14:textId="77777777" w:rsidR="009605AA" w:rsidRPr="001E0678" w:rsidRDefault="009605AA" w:rsidP="009605AA">
+    <w:p w:rsidR="009605AA" w:rsidRPr="001E0678" w:rsidRDefault="009605AA" w:rsidP="009605AA">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7CE9C963" w14:textId="77777777" w:rsidR="009605AA" w:rsidRPr="001E0678" w:rsidRDefault="009605AA" w:rsidP="009605AA">
+    <w:p w:rsidR="009605AA" w:rsidRPr="001E0678" w:rsidRDefault="009605AA" w:rsidP="009605AA">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2FDFE655" w14:textId="77777777" w:rsidR="009605AA" w:rsidRPr="00140C09" w:rsidRDefault="009605AA" w:rsidP="009605AA">
+    <w:p w:rsidR="009605AA" w:rsidRPr="00140C09" w:rsidRDefault="009605AA" w:rsidP="009605AA">
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Подписи</w:t>
       </w:r>
       <w:r w:rsidRPr="00140C09">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Сторон</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3B941F06" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
+    <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="00A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4788"/>
         <w:gridCol w:w="360"/>
         <w:gridCol w:w="3960"/>
       </w:tblGrid>
-      <w:tr w:rsidR="002A4297" w:rsidRPr="002A4297" w14:paraId="1A4C60E0" w14:textId="77777777" w:rsidTr="002A4297">
+      <w:tr w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidTr="002A4297">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4788" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="3C770258" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="00F05B6E" w:rsidRDefault="002A4297" w:rsidP="002A4297">
+          <w:p w:rsidR="002A4297" w:rsidRPr="00F05B6E" w:rsidRDefault="002A4297" w:rsidP="002A4297">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="2835"/>
               </w:tabs>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:firstLine="360"/>
               <w:contextualSpacing/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:permStart w:id="1565003708" w:edGrp="everyone"/>
+            <w:permStart w:id="1542413630" w:edGrp="everyone"/>
             <w:r w:rsidRPr="003F1CCF">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>От Покупателя:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="360" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="3CA1C9A7" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="00F05B6E" w:rsidRDefault="002A4297" w:rsidP="002A4297">
+          <w:p w:rsidR="002A4297" w:rsidRPr="00F05B6E" w:rsidRDefault="002A4297" w:rsidP="002A4297">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="2835"/>
               </w:tabs>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:firstLine="360"/>
               <w:contextualSpacing/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3960" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="25C1E3C9" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="00F05B6E" w:rsidRDefault="002A4297" w:rsidP="002A4297">
+          <w:p w:rsidR="002A4297" w:rsidRPr="00F05B6E" w:rsidRDefault="002A4297" w:rsidP="002A4297">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="2835"/>
               </w:tabs>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:firstLine="360"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F05B6E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>От Продавца:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002A4297" w:rsidRPr="002A4297" w14:paraId="4743E6E4" w14:textId="77777777" w:rsidTr="002A4297">
+      <w:tr w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidTr="002A4297">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4788" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="7F2D3675" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
+          <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="2835"/>
               </w:tabs>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:firstLine="360"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:permStart w:id="299395546" w:edGrp="everyone"/>
-            <w:permEnd w:id="1565003708"/>
+            <w:permStart w:id="348926285" w:edGrp="everyone"/>
+            <w:permEnd w:id="1542413630"/>
             <w:r w:rsidRPr="002A4297">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:vertAlign w:val="superscript"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:footnoteReference w:id="134"/>
+              <w:footnoteReference w:id="143"/>
             </w:r>
             <w:r w:rsidRPr="002A4297">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Должность</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="048F127B" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
+          <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="2835"/>
               </w:tabs>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:firstLine="360"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="7FC4A26A" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
+          <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="2835"/>
               </w:tabs>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:firstLine="360"/>
               <w:contextualSpacing/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="3597C361" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
+          <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="2835"/>
               </w:tabs>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:firstLine="360"/>
               <w:contextualSpacing/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002A4297">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>________________ Ф.И.О.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1A2F3848" w14:textId="27E97B50" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="003C7673" w:rsidP="002A4297">
+          <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="003C7673" w:rsidP="002A4297">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="2835"/>
               </w:tabs>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:firstLine="360"/>
               <w:contextualSpacing/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="af5"/>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:footnoteReference w:id="135"/>
+              <w:footnoteReference w:id="144"/>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidR="002A4297" w:rsidRPr="002A4297">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>м.п</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidR="002A4297" w:rsidRPr="002A4297">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="360" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="208EE60B" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
+          <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="2835"/>
               </w:tabs>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:firstLine="360"/>
               <w:contextualSpacing/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3960" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="251BFD34" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
+          <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="2835"/>
               </w:tabs>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:firstLine="360"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002A4297">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Должность</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3DCD7920" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
+          <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="2835"/>
               </w:tabs>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:firstLine="360"/>
               <w:contextualSpacing/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="0EAC942C" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
+          <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="2835"/>
               </w:tabs>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:firstLine="360"/>
               <w:contextualSpacing/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="0DBD23C5" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
+          <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="2835"/>
               </w:tabs>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:firstLine="360"/>
               <w:contextualSpacing/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002A4297">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>________________ Ф.И.О.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2C11F07E" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
+          <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="2835"/>
               </w:tabs>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:firstLine="360"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="002A4297">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>м.п</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="002A4297">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:permEnd w:id="299395546"/>
+      <w:permEnd w:id="348926285"/>
     </w:tbl>
-    <w:p w14:paraId="12FD9FDC" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="00A32147" w:rsidRDefault="002A4297" w:rsidP="00A32147">
+    <w:p w:rsidR="002A4297" w:rsidRPr="00A32147" w:rsidRDefault="002A4297" w:rsidP="00A32147">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="26EA6509" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="00AA1F09" w:rsidRDefault="002A4297" w:rsidP="007F6085">
+    <w:p w:rsidR="002A4297" w:rsidRPr="00AA1F09" w:rsidRDefault="002A4297" w:rsidP="007F6085">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:permStart w:id="519322481" w:edGrp="everyone"/>
+      <w:permStart w:id="1927446465" w:edGrp="everyone"/>
       <w:r w:rsidRPr="00AA1F09">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0932C0E5" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="00A32147" w:rsidRDefault="002A4297" w:rsidP="00A32147">
+    <w:p w:rsidR="002A4297" w:rsidRPr="00A32147" w:rsidRDefault="002A4297" w:rsidP="00A32147">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
         <w:spacing w:before="480" w:after="0" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003715D6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:footnoteReference w:id="136"/>
+        <w:footnoteReference w:id="145"/>
       </w:r>
       <w:r w:rsidRPr="003715D6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>П</w:t>
       </w:r>
       <w:r w:rsidRPr="00A32147">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">риложение № </w:t>
       </w:r>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="x-none" w:eastAsia="x-none"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="68CFEA3F" w14:textId="0678BE66" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="00A32147">
+    <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="00A32147">
       <w:pPr>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="4536"/>
         <w:contextualSpacing/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">к Договору </w:t>
       </w:r>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
@@ -32749,1239 +33054,1263 @@
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00A17DA0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidR="00E11832" w:rsidRPr="00E11832">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>с последующей арендой данного имущества (с обратной арендой)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0B5A50ED" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297">
+    <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297">
       <w:pPr>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>от_____ №_____</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="22DF4601" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297">
+    <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="426"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6A8D46CA" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="003C1A4C">
+    <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="003C1A4C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002A4297">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>Перечень движимого имущества</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="48E19696" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297">
+    <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="426"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="aff1"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:jc w:val="center"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="629"/>
         <w:gridCol w:w="2600"/>
         <w:gridCol w:w="2533"/>
         <w:gridCol w:w="2246"/>
         <w:gridCol w:w="1621"/>
       </w:tblGrid>
-      <w:tr w:rsidR="002A4297" w:rsidRPr="002A4297" w14:paraId="7056F61E" w14:textId="77777777" w:rsidTr="007F6085">
+      <w:tr w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidTr="007F6085">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="634" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="115AE537" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
+          <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002A4297">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>№ п/п</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2658" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="671837F5" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
+          <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002A4297">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Наименование движимого имущества</w:t>
             </w:r>
             <w:r w:rsidRPr="002A4297">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
-              <w:footnoteReference w:id="137"/>
+              <w:footnoteReference w:id="146"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2593" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2727AF10" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
+          <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002A4297">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Инвентарный номер</w:t>
             </w:r>
             <w:r w:rsidRPr="002A4297">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> движимого имущества</w:t>
             </w:r>
             <w:r w:rsidRPr="002A4297">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
-              <w:footnoteReference w:id="138"/>
+              <w:footnoteReference w:id="147"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2301" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3873B25C" w14:textId="199C99C8" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
+          <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002A4297">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Стоимость движимого имущества, руб. включая НДС (20</w:t>
+              <w:t>Стоимость движимого имущества, руб. включая НДС (</w:t>
+            </w:r>
+            <w:r w:rsidR="00F739E0">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>22</w:t>
             </w:r>
             <w:r w:rsidR="005F4613">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="002A4297">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>%)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1668" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="498E3A14" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
+          <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002A4297">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Сумма НДС (20 %), руб.</w:t>
+              <w:t>Сумма НДС (</w:t>
+            </w:r>
+            <w:r w:rsidR="00F739E0">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>22</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002A4297">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> %), руб.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002A4297" w:rsidRPr="002A4297" w14:paraId="1FE81BF5" w14:textId="77777777" w:rsidTr="007F6085">
+      <w:tr w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidTr="007F6085">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="634" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="532CC978" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
+          <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2658" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7839E213" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
+          <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2593" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5FA2D8CE" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
+          <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2301" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="056431E1" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
+          <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1668" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6FDA2C73" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
+          <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002A4297" w:rsidRPr="002A4297" w14:paraId="0878F8FA" w14:textId="77777777" w:rsidTr="007F6085">
+      <w:tr w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidTr="007F6085">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="634" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="26855A4D" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
+          <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2658" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="64E5FCB5" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
+          <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2593" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="661CA98E" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
+          <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2301" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="74A1ABD0" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
+          <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1668" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="794934BC" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
+          <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002A4297" w:rsidRPr="002A4297" w14:paraId="2EC6A132" w14:textId="77777777" w:rsidTr="007F6085">
+      <w:tr w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidTr="007F6085">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="634" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="23F438DB" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
+          <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2658" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6B35FF93" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
+          <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2593" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="119A9853" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
+          <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2301" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="72D26D9C" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
+          <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1668" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0DC3E220" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
+          <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002A4297" w:rsidRPr="002A4297" w14:paraId="48E02C77" w14:textId="77777777" w:rsidTr="007F6085">
+      <w:tr w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidTr="007F6085">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="634" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1522BE27" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
+          <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2658" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="70E5A07A" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
+          <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2593" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="344A5F02" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
+          <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2301" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="242B9EC7" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
+          <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1668" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="387703F9" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
+          <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="002A4297">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00091BFE" w:rsidRPr="002A4297" w14:paraId="1685512B" w14:textId="77777777" w:rsidTr="007F6085">
+      <w:tr w:rsidR="00091BFE" w:rsidRPr="002A4297" w:rsidTr="007F6085">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5885" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5B16B63C" w14:textId="77777777" w:rsidR="00091BFE" w:rsidRPr="00AA1F09" w:rsidRDefault="00091BFE" w:rsidP="002A4297">
+          <w:p w:rsidR="00091BFE" w:rsidRPr="00AA1F09" w:rsidRDefault="00091BFE" w:rsidP="002A4297">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>ИТОГО</w:t>
             </w:r>
             <w:r w:rsidRPr="00A32147">
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2301" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1159EFF2" w14:textId="77777777" w:rsidR="00091BFE" w:rsidRPr="002A4297" w:rsidRDefault="00091BFE" w:rsidP="002A4297">
+          <w:p w:rsidR="00091BFE" w:rsidRPr="002A4297" w:rsidRDefault="00091BFE" w:rsidP="002A4297">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1668" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4256C9B7" w14:textId="77777777" w:rsidR="00091BFE" w:rsidRPr="002A4297" w:rsidRDefault="00091BFE" w:rsidP="002A4297">
+          <w:p w:rsidR="00091BFE" w:rsidRPr="002A4297" w:rsidRDefault="00091BFE" w:rsidP="002A4297">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="13879060" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="00A32147">
+    <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="00A32147">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="426"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="52BA7DBA" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297">
+    <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="426"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="00A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4788"/>
         <w:gridCol w:w="360"/>
         <w:gridCol w:w="3960"/>
       </w:tblGrid>
-      <w:tr w:rsidR="002A4297" w:rsidRPr="002A4297" w14:paraId="25F68F4E" w14:textId="77777777" w:rsidTr="002A4297">
+      <w:tr w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidTr="002A4297">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4788" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="57763404" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297">
+          <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="2835"/>
               </w:tabs>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:ind w:firstLine="360"/>
               <w:contextualSpacing/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002A4297">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>От Покупателя:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="360" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="6CB6696C" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297">
+          <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="2835"/>
               </w:tabs>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:ind w:firstLine="360"/>
               <w:contextualSpacing/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3960" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="2CF74A9F" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297">
+          <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="2835"/>
               </w:tabs>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:ind w:firstLine="360"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002A4297">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>От Продавца:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002A4297" w:rsidRPr="002A4297" w14:paraId="22D034BA" w14:textId="77777777" w:rsidTr="002A4297">
+      <w:tr w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidTr="002A4297">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4788" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="7EE45922" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="00A32147">
+          <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297" w:rsidP="00A32147">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="2835"/>
               </w:tabs>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:ind w:firstLine="360"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002A4297">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:vertAlign w:val="superscript"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:footnoteReference w:id="139"/>
+              <w:footnoteReference w:id="148"/>
             </w:r>
             <w:r w:rsidRPr="002A4297">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Должность</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="193C573A" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297">
+          <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="2835"/>
               </w:tabs>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:ind w:firstLine="360"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="3AEB18DF" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297">
+          <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="2835"/>
               </w:tabs>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:ind w:firstLine="360"/>
               <w:contextualSpacing/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="682603D1" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297">
+          <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="2835"/>
               </w:tabs>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:ind w:firstLine="360"/>
               <w:contextualSpacing/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002A4297">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>________________ Ф.И.О.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="156D5CD8" w14:textId="4CBE77DF" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="003C7673">
+          <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="003C7673">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="2835"/>
               </w:tabs>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:ind w:firstLine="360"/>
               <w:contextualSpacing/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="af5"/>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:footnoteReference w:id="140"/>
+              <w:footnoteReference w:id="149"/>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidR="002A4297" w:rsidRPr="002A4297">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>м.п</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidR="002A4297" w:rsidRPr="002A4297">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="360" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="1F8F7DDF" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297">
+          <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="2835"/>
               </w:tabs>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:ind w:firstLine="360"/>
               <w:contextualSpacing/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3960" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="5EDC9EB7" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297">
+          <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="2835"/>
               </w:tabs>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:ind w:firstLine="360"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002A4297">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Должность</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="50C1AFFE" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297">
+          <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="2835"/>
               </w:tabs>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:ind w:firstLine="360"/>
               <w:contextualSpacing/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="31897120" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297">
+          <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="2835"/>
               </w:tabs>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:ind w:firstLine="360"/>
               <w:contextualSpacing/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="00C5A7E7" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297">
+          <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="2835"/>
               </w:tabs>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:ind w:firstLine="360"/>
               <w:contextualSpacing/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002A4297">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>________________ Ф.И.О.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="39C70323" w14:textId="77777777" w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297">
+          <w:p w:rsidR="002A4297" w:rsidRPr="002A4297" w:rsidRDefault="002A4297">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="2835"/>
               </w:tabs>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:ind w:firstLine="360"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="002A4297">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>м.п</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="002A4297">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:permEnd w:id="519322481"/>
+      <w:permEnd w:id="1927446465"/>
     </w:tbl>
-    <w:p w14:paraId="28838ECD" w14:textId="77777777" w:rsidR="00041A4E" w:rsidRDefault="00041A4E">
+    <w:p w:rsidR="00041A4E" w:rsidRDefault="00041A4E">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5A0A1009" w14:textId="77777777" w:rsidR="00041A4E" w:rsidRDefault="00041A4E">
+    <w:p w:rsidR="00041A4E" w:rsidRDefault="00041A4E">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4F1600A3" w14:textId="60211885" w:rsidR="00041A4E" w:rsidRPr="00CD198A" w:rsidRDefault="00041A4E" w:rsidP="004B4B0B">
+    <w:p w:rsidR="00041A4E" w:rsidRPr="00CD198A" w:rsidRDefault="00041A4E" w:rsidP="004B4B0B">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
         <w:spacing w:before="480" w:after="0" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00041A4E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:footnoteReference w:id="141"/>
-[...1 lines deleted...]
-      <w:permStart w:id="682501136" w:edGrp="everyone"/>
+        <w:footnoteReference w:id="150"/>
+      </w:r>
+      <w:permStart w:id="567810243" w:edGrp="everyone"/>
       <w:r w:rsidRPr="004B4B0B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Приложение</w:t>
       </w:r>
       <w:r w:rsidRPr="004B4B0B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00CD198A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>№ 4</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="43F95416" w14:textId="77777777" w:rsidR="00371C36" w:rsidRDefault="00041A4E">
+    <w:p w:rsidR="00371C36" w:rsidRDefault="00041A4E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00041A4E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">к Договору </w:t>
       </w:r>
       <w:r w:rsidRPr="00041A4E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>купли-продажи</w:t>
       </w:r>
       <w:r w:rsidR="00371C36">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00041A4E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>недвижимого</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="43515961" w14:textId="6D679DEA" w:rsidR="00041A4E" w:rsidRPr="00041A4E" w:rsidRDefault="00041A4E">
+    <w:p w:rsidR="00041A4E" w:rsidRPr="00041A4E" w:rsidRDefault="00041A4E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00041A4E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> имущества </w:t>
       </w:r>
       <w:r w:rsidR="00A17DA0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
@@ -34004,492 +34333,492 @@
       <w:r w:rsidRPr="00041A4E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> имущества (с обратной</w:t>
       </w:r>
       <w:r w:rsidR="00371C36">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00041A4E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>арендой)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="22DEC604" w14:textId="77777777" w:rsidR="00041A4E" w:rsidRPr="00041A4E" w:rsidRDefault="00041A4E">
+    <w:p w:rsidR="00041A4E" w:rsidRPr="00041A4E" w:rsidRDefault="00041A4E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00041A4E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>от_____ №_____</w:t>
       </w:r>
     </w:p>
-    <w:permEnd w:id="682501136"/>
-    <w:p w14:paraId="575F50E2" w14:textId="77777777" w:rsidR="00041A4E" w:rsidRPr="00041A4E" w:rsidRDefault="00041A4E" w:rsidP="00041A4E">
+    <w:permEnd w:id="567810243"/>
+    <w:p w:rsidR="00041A4E" w:rsidRPr="00041A4E" w:rsidRDefault="00041A4E" w:rsidP="00041A4E">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7EAEC83D" w14:textId="0C875F3B" w:rsidR="00041A4E" w:rsidRPr="00041A4E" w:rsidRDefault="00041A4E" w:rsidP="00A32147">
+    <w:p w:rsidR="00041A4E" w:rsidRPr="00041A4E" w:rsidRDefault="00041A4E" w:rsidP="00A32147">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:permStart w:id="24404234" w:edGrp="everyone"/>
+      <w:permStart w:id="771891045" w:edGrp="everyone"/>
       <w:r w:rsidRPr="00041A4E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>План Объекта с указанием части Объекта, передаваемо</w:t>
       </w:r>
       <w:r w:rsidR="00417422">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>й</w:t>
       </w:r>
       <w:r w:rsidRPr="00041A4E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> в аренду</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1244B9B5" w14:textId="77777777" w:rsidR="00041A4E" w:rsidRPr="00041A4E" w:rsidRDefault="00041A4E">
+    <w:p w:rsidR="00041A4E" w:rsidRPr="00041A4E" w:rsidRDefault="00041A4E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00041A4E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>(заштриховано и выделено _____ цветом)</w:t>
       </w:r>
       <w:r w:rsidRPr="00041A4E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
-        <w:footnoteReference w:id="142"/>
-[...2 lines deleted...]
-    <w:p w14:paraId="71951DCE" w14:textId="77777777" w:rsidR="00041A4E" w:rsidRPr="00041A4E" w:rsidRDefault="00041A4E">
+        <w:footnoteReference w:id="151"/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00041A4E" w:rsidRPr="00041A4E" w:rsidRDefault="00041A4E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="00A56BDD" w14:textId="77777777" w:rsidR="00041A4E" w:rsidRDefault="00041A4E">
+    <w:p w:rsidR="00041A4E" w:rsidRDefault="00041A4E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6527B2DB" w14:textId="77777777" w:rsidR="00041A4E" w:rsidRPr="00041A4E" w:rsidRDefault="00041A4E">
+    <w:p w:rsidR="00041A4E" w:rsidRPr="00041A4E" w:rsidRDefault="00041A4E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3F0576E4" w14:textId="77777777" w:rsidR="00041A4E" w:rsidRPr="00041A4E" w:rsidRDefault="00041A4E">
+    <w:p w:rsidR="00041A4E" w:rsidRPr="00041A4E" w:rsidRDefault="00041A4E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="00A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4788"/>
         <w:gridCol w:w="360"/>
         <w:gridCol w:w="3960"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00041A4E" w:rsidRPr="00041A4E" w14:paraId="343F0DF0" w14:textId="77777777" w:rsidTr="008322CB">
+      <w:tr w:rsidR="00041A4E" w:rsidRPr="00041A4E" w:rsidTr="008322CB">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4788" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="4FAEED62" w14:textId="77777777" w:rsidR="00041A4E" w:rsidRPr="00041A4E" w:rsidRDefault="00041A4E">
+          <w:p w:rsidR="00041A4E" w:rsidRPr="00041A4E" w:rsidRDefault="00041A4E">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00041A4E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>От Покупателя:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="360" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="04D5994E" w14:textId="77777777" w:rsidR="00041A4E" w:rsidRPr="00041A4E" w:rsidRDefault="00041A4E">
+          <w:p w:rsidR="00041A4E" w:rsidRPr="00041A4E" w:rsidRDefault="00041A4E">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3960" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="1166EA81" w14:textId="77777777" w:rsidR="00041A4E" w:rsidRPr="00041A4E" w:rsidRDefault="00041A4E">
+          <w:p w:rsidR="00041A4E" w:rsidRPr="00041A4E" w:rsidRDefault="00041A4E">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00041A4E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>От Продавца:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00041A4E" w:rsidRPr="00041A4E" w14:paraId="1A700CB7" w14:textId="77777777" w:rsidTr="008322CB">
+      <w:tr w:rsidR="00041A4E" w:rsidRPr="00041A4E" w:rsidTr="008322CB">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4788" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="72067711" w14:textId="77777777" w:rsidR="00041A4E" w:rsidRPr="00041A4E" w:rsidRDefault="00041A4E" w:rsidP="00A32147">
+          <w:p w:rsidR="00041A4E" w:rsidRPr="00041A4E" w:rsidRDefault="00041A4E" w:rsidP="00A32147">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00041A4E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
-              <w:footnoteReference w:id="143"/>
+              <w:footnoteReference w:id="152"/>
             </w:r>
             <w:r w:rsidRPr="00041A4E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>Должность</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7D12C0EE" w14:textId="77777777" w:rsidR="00041A4E" w:rsidRPr="00041A4E" w:rsidRDefault="00041A4E">
+          <w:p w:rsidR="00041A4E" w:rsidRPr="00041A4E" w:rsidRDefault="00041A4E">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="5380711B" w14:textId="77777777" w:rsidR="00041A4E" w:rsidRPr="00041A4E" w:rsidRDefault="00041A4E">
+          <w:p w:rsidR="00041A4E" w:rsidRPr="00041A4E" w:rsidRDefault="00041A4E">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="01800263" w14:textId="77777777" w:rsidR="00041A4E" w:rsidRPr="00041A4E" w:rsidRDefault="00041A4E">
+          <w:p w:rsidR="00041A4E" w:rsidRPr="00041A4E" w:rsidRDefault="00041A4E">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00041A4E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>________________ Ф.И.О.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="26E840D2" w14:textId="2B592E18" w:rsidR="00041A4E" w:rsidRPr="00041A4E" w:rsidRDefault="003C7673">
+          <w:p w:rsidR="00041A4E" w:rsidRPr="00041A4E" w:rsidRDefault="003C7673">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="af5"/>
                 <w:sz w:val="24"/>
               </w:rPr>
-              <w:footnoteReference w:id="144"/>
+              <w:footnoteReference w:id="153"/>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidR="00041A4E" w:rsidRPr="00041A4E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>м.п</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidR="00041A4E" w:rsidRPr="00041A4E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="360" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="370B7C40" w14:textId="77777777" w:rsidR="00041A4E" w:rsidRPr="00041A4E" w:rsidRDefault="00041A4E">
+          <w:p w:rsidR="00041A4E" w:rsidRPr="00041A4E" w:rsidRDefault="00041A4E">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3960" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="4EAA7EED" w14:textId="77777777" w:rsidR="00041A4E" w:rsidRPr="00041A4E" w:rsidRDefault="00041A4E">
+          <w:p w:rsidR="00041A4E" w:rsidRPr="00041A4E" w:rsidRDefault="00041A4E">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00041A4E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>Должность</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7DD419D1" w14:textId="77777777" w:rsidR="00041A4E" w:rsidRPr="00041A4E" w:rsidRDefault="00041A4E">
+          <w:p w:rsidR="00041A4E" w:rsidRPr="00041A4E" w:rsidRDefault="00041A4E">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="4CEF7151" w14:textId="77777777" w:rsidR="00041A4E" w:rsidRPr="00041A4E" w:rsidRDefault="00041A4E">
+          <w:p w:rsidR="00041A4E" w:rsidRPr="00041A4E" w:rsidRDefault="00041A4E">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="18DB1D26" w14:textId="77777777" w:rsidR="00041A4E" w:rsidRPr="00041A4E" w:rsidRDefault="00041A4E">
+          <w:p w:rsidR="00041A4E" w:rsidRPr="00041A4E" w:rsidRDefault="00041A4E">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00041A4E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>________________ Ф.И.О.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="28FA03C9" w14:textId="77777777" w:rsidR="00041A4E" w:rsidRPr="00041A4E" w:rsidRDefault="00041A4E">
+          <w:p w:rsidR="00041A4E" w:rsidRPr="00041A4E" w:rsidRDefault="00041A4E">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00041A4E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>м.п</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00041A4E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:permEnd w:id="24404234"/>
+      <w:permEnd w:id="771891045"/>
     </w:tbl>
-    <w:p w14:paraId="3E904262" w14:textId="6A3ED231" w:rsidR="00041A4E" w:rsidRPr="00D950FE" w:rsidRDefault="00041A4E" w:rsidP="005404C2">
+    <w:p w:rsidR="00041A4E" w:rsidRPr="00D950FE" w:rsidRDefault="00041A4E" w:rsidP="005404C2">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00041A4E" w:rsidRPr="00D950FE" w:rsidSect="00D46496">
       <w:footerReference w:type="default" r:id="rId9"/>
       <w:footerReference w:type="first" r:id="rId10"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="1133" w:bottom="1134" w:left="1134" w:header="708" w:footer="195" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="2F472BE2" w14:textId="77777777" w:rsidR="00D26AA2" w:rsidRDefault="00D26AA2" w:rsidP="002A4297">
+    <w:p w:rsidR="008D234B" w:rsidRDefault="008D234B" w:rsidP="002A4297">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="245B821E" w14:textId="77777777" w:rsidR="00D26AA2" w:rsidRDefault="00D26AA2" w:rsidP="002A4297">
+    <w:p w:rsidR="008D234B" w:rsidRDefault="008D234B" w:rsidP="002A4297">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="1BE91361" w14:textId="77777777" w:rsidR="00D26AA2" w:rsidRDefault="00D26AA2">
+    <w:p w:rsidR="008D234B" w:rsidRDefault="008D234B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
@@ -34524,417 +34853,417 @@
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
-  <w:p w14:paraId="7FB644D0" w14:textId="152413A0" w:rsidR="00617035" w:rsidRDefault="00617035" w:rsidP="00D46496">
+  <w:p w:rsidR="00617035" w:rsidRDefault="00617035" w:rsidP="00D46496">
     <w:pPr>
       <w:pStyle w:val="a7"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:noProof/>
         <w:lang w:eastAsia="ru-RU"/>
       </w:rPr>
       <w:drawing>
         <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="17AE8BB8" wp14:editId="22A2AA37">
           <wp:extent cx="9526" cy="9526"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:docPr id="2" name="Рисунок 2"/>
           <wp:cNvGraphicFramePr/>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="2" name=""/>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:link="rId1"/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="9526" cy="9526"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
   </w:p>
-  <w:p w14:paraId="0E7AD86D" w14:textId="7FE8912C" w:rsidR="00617035" w:rsidRPr="002E0356" w:rsidRDefault="00617035" w:rsidP="00D46496">
+  <w:p w:rsidR="00617035" w:rsidRPr="002E0356" w:rsidRDefault="00617035" w:rsidP="00D46496">
     <w:pPr>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:r w:rsidRPr="002E0356">
       <w:t>______________</w:t>
     </w:r>
     <w:r>
       <w:t>_____</w:t>
     </w:r>
     <w:r w:rsidRPr="002E0356">
       <w:t>__/_____________</w:t>
     </w:r>
     <w:r>
       <w:t>_____</w:t>
     </w:r>
     <w:r w:rsidRPr="002E0356">
       <w:t>___/     _____________</w:t>
     </w:r>
     <w:r>
       <w:t>____</w:t>
     </w:r>
     <w:r w:rsidRPr="002E0356">
       <w:t>___/______________</w:t>
     </w:r>
     <w:r>
       <w:t>____</w:t>
     </w:r>
     <w:r w:rsidRPr="002E0356">
       <w:t>__/</w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="19CD80A0" w14:textId="755EB4E6" w:rsidR="00617035" w:rsidRPr="002E0356" w:rsidRDefault="00D26AA2">
+  <w:p w:rsidR="00617035" w:rsidRPr="002E0356" w:rsidRDefault="008D234B">
     <w:pPr>
       <w:pStyle w:val="a7"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       </w:rPr>
     </w:pPr>
     <w:sdt>
       <w:sdtPr>
         <w:id w:val="-1531171477"/>
         <w:docPartObj>
           <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
           <w:docPartUnique/>
         </w:docPartObj>
       </w:sdtPr>
       <w:sdtEndPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:sdtEndPr>
       <w:sdtContent>
         <w:r w:rsidR="00617035" w:rsidRPr="002E0356">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r w:rsidR="00617035" w:rsidRPr="002E0356">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           </w:rPr>
           <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
         </w:r>
         <w:r w:rsidR="00617035" w:rsidRPr="002E0356">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00F821CD">
+        <w:r w:rsidR="00C63D24">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:noProof/>
           </w:rPr>
-          <w:t>18</w:t>
+          <w:t>21</w:t>
         </w:r>
         <w:r w:rsidR="00617035" w:rsidRPr="002E0356">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:sdtContent>
     </w:sdt>
   </w:p>
-  <w:p w14:paraId="7BCC4859" w14:textId="77777777" w:rsidR="00617035" w:rsidRPr="00A32147" w:rsidRDefault="00617035" w:rsidP="00A32147">
+  <w:p w:rsidR="00617035" w:rsidRPr="00A32147" w:rsidRDefault="00617035" w:rsidP="00A32147">
     <w:pPr>
       <w:pStyle w:val="a7"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
-  <w:p w14:paraId="7531400B" w14:textId="77777777" w:rsidR="00617035" w:rsidRPr="00684B5A" w:rsidRDefault="00617035" w:rsidP="00684B5A">
+  <w:p w:rsidR="00617035" w:rsidRPr="00684B5A" w:rsidRDefault="00617035" w:rsidP="00684B5A">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4677"/>
         <w:tab w:val="right" w:pos="9355"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00684B5A">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
       </w:rPr>
       <w:t>________________/________________/     ________________/________________/</w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="7D72E260" w14:textId="77777777" w:rsidR="00617035" w:rsidRDefault="00617035">
+  <w:p w:rsidR="00617035" w:rsidRDefault="00617035">
     <w:pPr>
       <w:pStyle w:val="a7"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="1D68D5B3" w14:textId="77777777" w:rsidR="00D26AA2" w:rsidRDefault="00D26AA2" w:rsidP="002A4297">
+    <w:p w:rsidR="008D234B" w:rsidRDefault="008D234B" w:rsidP="002A4297">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="3E8B4A8D" w14:textId="77777777" w:rsidR="00D26AA2" w:rsidRDefault="00D26AA2" w:rsidP="002A4297">
+    <w:p w:rsidR="008D234B" w:rsidRDefault="008D234B" w:rsidP="002A4297">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="29BC7412" w14:textId="77777777" w:rsidR="00D26AA2" w:rsidRDefault="00D26AA2">
+    <w:p w:rsidR="008D234B" w:rsidRDefault="008D234B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
   <w:footnote w:id="2">
-    <w:p w14:paraId="446A7A11" w14:textId="7CEE2E36" w:rsidR="00617035" w:rsidRPr="001026CE" w:rsidRDefault="00617035" w:rsidP="00A32147">
+    <w:p w:rsidR="00617035" w:rsidRPr="001026CE" w:rsidRDefault="00617035" w:rsidP="00A32147">
       <w:pPr>
         <w:pStyle w:val="a9"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001026CE">
         <w:rPr>
           <w:rStyle w:val="af5"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="001026CE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t> Слова «с последующей арендой данного имущества (с обратной арендой)» указываются в случае, когда заключается Договор купли-продажи недвижимого имущества с последующей арендой данного имущества (с обратной арендой).</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="3">
-    <w:p w14:paraId="1515E4DE" w14:textId="586FCD25" w:rsidR="00617035" w:rsidRPr="001026CE" w:rsidRDefault="00617035" w:rsidP="001516E5">
+    <w:p w:rsidR="00617035" w:rsidRPr="001026CE" w:rsidRDefault="00617035" w:rsidP="001516E5">
       <w:pPr>
         <w:pStyle w:val="a9"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001026CE">
         <w:rPr>
           <w:rStyle w:val="af5"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="001026CE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t> Указывается должность, фамилия, имя, отчество представителя Продавца.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="4">
-    <w:p w14:paraId="03F9C66F" w14:textId="541DE446" w:rsidR="00617035" w:rsidRPr="001026CE" w:rsidRDefault="00617035" w:rsidP="001516E5">
+    <w:p w:rsidR="00617035" w:rsidRPr="001026CE" w:rsidRDefault="00617035" w:rsidP="001516E5">
       <w:pPr>
         <w:pStyle w:val="a9"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001026CE">
         <w:rPr>
           <w:rStyle w:val="af5"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="001026CE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t> Указывается наименование и реквизиты документа, на основании которого действует представитель Продавца.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="5">
-    <w:p w14:paraId="203E4321" w14:textId="19CB377C" w:rsidR="00617035" w:rsidRPr="001026CE" w:rsidRDefault="00617035" w:rsidP="001516E5">
+    <w:p w:rsidR="00617035" w:rsidRPr="001026CE" w:rsidRDefault="00617035" w:rsidP="001516E5">
       <w:pPr>
         <w:pStyle w:val="a9"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001026CE">
         <w:rPr>
           <w:rStyle w:val="af5"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="001026CE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t> Указывается полное и сокращённое наименование Покупателя.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="6">
-    <w:p w14:paraId="0FA20250" w14:textId="241C52A9" w:rsidR="00617035" w:rsidRPr="001026CE" w:rsidRDefault="00617035" w:rsidP="001516E5">
+    <w:p w:rsidR="00617035" w:rsidRPr="001026CE" w:rsidRDefault="00617035" w:rsidP="001516E5">
       <w:pPr>
         <w:pStyle w:val="a9"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001026CE">
         <w:rPr>
           <w:rStyle w:val="af5"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="001026CE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t> Указывается должность, фамилия, имя, отчество представителя Покупателя.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="7">
-    <w:p w14:paraId="553F68D0" w14:textId="6D9BE33A" w:rsidR="00617035" w:rsidRPr="001026CE" w:rsidRDefault="00617035" w:rsidP="001516E5">
+    <w:p w:rsidR="00617035" w:rsidRPr="001026CE" w:rsidRDefault="00617035" w:rsidP="001516E5">
       <w:pPr>
         <w:pStyle w:val="a9"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001026CE">
         <w:rPr>
           <w:rStyle w:val="af5"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="001026CE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t> Указывается наименование и реквизиты документа, на основании которого действует представитель Покупателя.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="8">
-    <w:p w14:paraId="7CA4E4C7" w14:textId="10690D01" w:rsidR="00617035" w:rsidRPr="001026CE" w:rsidRDefault="00617035" w:rsidP="001516E5">
+    <w:p w:rsidR="00617035" w:rsidRPr="001026CE" w:rsidRDefault="00617035" w:rsidP="001516E5">
       <w:pPr>
         <w:pStyle w:val="a9"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001026CE">
         <w:rPr>
           <w:rStyle w:val="af5"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="001026CE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t> Если Покупателем является физическое лицо, для него указываются: фамилия, имя, отчество (полностью), паспортные данные. Если физическое лицо не имеет представителя, сведения о представителе не приводятся. Для индивидуального предпринимателя после ФИО указывается: «действующий в качестве индивидуального предпринимателя».</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="9">
-    <w:p w14:paraId="5CE991BD" w14:textId="13E46876" w:rsidR="00617035" w:rsidRPr="001026CE" w:rsidRDefault="00617035" w:rsidP="00A32147">
+    <w:p w:rsidR="00617035" w:rsidRPr="001026CE" w:rsidRDefault="00617035" w:rsidP="00A32147">
       <w:pPr>
         <w:pStyle w:val="a9"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001026CE">
         <w:rPr>
           <w:rStyle w:val="af5"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="001026CE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> Содержание пункта </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
@@ -34960,398 +35289,398 @@
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>1.1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="001026CE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>Договора подлежит изменению в зависимости от конкретного состава реализуемого Имущества.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="10">
-    <w:p w14:paraId="0788EBC9" w14:textId="36A2C9F7" w:rsidR="00617035" w:rsidRPr="001026CE" w:rsidRDefault="00617035">
+    <w:p w:rsidR="00617035" w:rsidRPr="001026CE" w:rsidRDefault="00617035">
       <w:pPr>
         <w:pStyle w:val="a9"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001026CE">
         <w:rPr>
           <w:rStyle w:val="af5"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="001026CE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t> Приводится описание недвижимости и е</w:t>
       </w:r>
       <w:r w:rsidRPr="000B5F6F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>е</w:t>
       </w:r>
       <w:r w:rsidRPr="001026CE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> характеристики (помещение/здание/сооружение/объект незавершенного строительства и др., количество этажей, площадь и др.) в соответствии с Единым государственным реестром недвижимости.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="11">
-    <w:p w14:paraId="2ACA359E" w14:textId="0728150E" w:rsidR="00617035" w:rsidRPr="001026CE" w:rsidRDefault="00617035">
+    <w:p w:rsidR="00617035" w:rsidRPr="001026CE" w:rsidRDefault="00617035">
       <w:pPr>
         <w:pStyle w:val="a9"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001026CE">
         <w:rPr>
           <w:rStyle w:val="af5"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="001026CE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t> Указывается в соответствии с Единым государственным реестром недвижимости.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="12">
-    <w:p w14:paraId="2A77BFB3" w14:textId="27BC6FD0" w:rsidR="00617035" w:rsidRPr="001026CE" w:rsidRDefault="00617035">
+    <w:p w:rsidR="00617035" w:rsidRPr="001026CE" w:rsidRDefault="00617035">
       <w:pPr>
         <w:pStyle w:val="a9"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001026CE">
         <w:rPr>
           <w:rStyle w:val="af5"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="001026CE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t> Указывается в соответствии с Единым государственным реестром недвижимости.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="13">
-    <w:p w14:paraId="4F01EC93" w14:textId="031A3B1C" w:rsidR="00617035" w:rsidRPr="001026CE" w:rsidRDefault="00617035">
+    <w:p w:rsidR="00617035" w:rsidRPr="001026CE" w:rsidRDefault="00617035">
       <w:pPr>
         <w:pStyle w:val="a9"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001026CE">
         <w:rPr>
           <w:rStyle w:val="af5"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="001026CE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t> Указать наименование и реквизиты правоустанавливающих документов в соответствии со свидетельством о праве собственности или выпиской из Единого государственного реестра недвижимости.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="14">
-    <w:p w14:paraId="17DDA63C" w14:textId="205A4BA9" w:rsidR="00617035" w:rsidRPr="001026CE" w:rsidRDefault="00617035">
+    <w:p w:rsidR="00617035" w:rsidRPr="001026CE" w:rsidRDefault="00617035">
       <w:pPr>
         <w:pStyle w:val="a9"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001026CE">
         <w:rPr>
           <w:rStyle w:val="af5"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="001026CE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t> Указать дату и номер регистрации права собственности в Едином государственном реестре недвижимости.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="15">
-    <w:p w14:paraId="2D3F15AD" w14:textId="43154580" w:rsidR="00617035" w:rsidRPr="001026CE" w:rsidRDefault="00617035" w:rsidP="00A32147">
+    <w:p w:rsidR="00617035" w:rsidRPr="001026CE" w:rsidRDefault="00617035" w:rsidP="00A32147">
       <w:pPr>
         <w:pStyle w:val="a9"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001026CE">
         <w:rPr>
           <w:rStyle w:val="af5"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="001026CE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t> Указать наименование органа регистрации прав, а также реквизиты свидетельства о праве собственности / иного правоустанавливающего документа (серия, номер, дата выдачи) или выписки из Единого государственного реестра недвижимости (дата выдачи, номер).</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="16">
-    <w:p w14:paraId="682F6B6E" w14:textId="22180556" w:rsidR="00617035" w:rsidRPr="001026CE" w:rsidRDefault="00617035">
+    <w:p w:rsidR="00617035" w:rsidRPr="001026CE" w:rsidRDefault="00617035">
       <w:pPr>
         <w:pStyle w:val="a9"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001026CE">
         <w:rPr>
           <w:rStyle w:val="af5"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="001026CE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t> Пункт Договора указывается в случае, если земельный участок принадлежит ПАО</w:t>
       </w:r>
       <w:r w:rsidRPr="001026CE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="001026CE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>Сбербанк на праве собственности.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="17">
-    <w:p w14:paraId="7E395624" w14:textId="0E9172D0" w:rsidR="00617035" w:rsidRPr="001026CE" w:rsidRDefault="00617035">
+    <w:p w:rsidR="00617035" w:rsidRPr="001026CE" w:rsidRDefault="00617035">
       <w:pPr>
         <w:pStyle w:val="a9"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001026CE">
         <w:rPr>
           <w:rStyle w:val="af5"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="001026CE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t> Приводится имеющееся описание земельного участка и его характеристики (площадь земельного участка, категория земель, разрешенное использование и целевое назначение, иные характеристики) в соответствии с Единым государственным реестром недвижимости.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="18">
-    <w:p w14:paraId="78AA9497" w14:textId="7CEE3C5F" w:rsidR="00617035" w:rsidRPr="001026CE" w:rsidRDefault="00617035" w:rsidP="00CC3B92">
+    <w:p w:rsidR="00617035" w:rsidRPr="001026CE" w:rsidRDefault="00617035" w:rsidP="00CC3B92">
       <w:pPr>
         <w:pStyle w:val="a9"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001026CE">
         <w:rPr>
           <w:rStyle w:val="af5"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="001026CE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t> Необходимо выбрать нужное значение.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="19">
-    <w:p w14:paraId="43136C40" w14:textId="5A8F0C29" w:rsidR="00617035" w:rsidRPr="001026CE" w:rsidRDefault="00617035">
+    <w:p w:rsidR="00617035" w:rsidRPr="001026CE" w:rsidRDefault="00617035">
       <w:pPr>
         <w:pStyle w:val="a9"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001026CE">
         <w:rPr>
           <w:rStyle w:val="af5"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="001026CE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t> Указывается в соответствии с Единым государственным реестром недвижимости.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="20">
-    <w:p w14:paraId="5B2CB5C8" w14:textId="3CD26047" w:rsidR="00617035" w:rsidRPr="001026CE" w:rsidRDefault="00617035">
+    <w:p w:rsidR="00617035" w:rsidRPr="001026CE" w:rsidRDefault="00617035">
       <w:pPr>
         <w:pStyle w:val="a9"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001026CE">
         <w:rPr>
           <w:rStyle w:val="af5"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="001026CE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t> Указывается в соответствии с Единым государственным реестром недвижимости.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="21">
-    <w:p w14:paraId="5D468E06" w14:textId="6DC46665" w:rsidR="00617035" w:rsidRPr="001026CE" w:rsidRDefault="00617035">
+    <w:p w:rsidR="00617035" w:rsidRPr="001026CE" w:rsidRDefault="00617035">
       <w:pPr>
         <w:pStyle w:val="a9"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001026CE">
         <w:rPr>
           <w:rStyle w:val="af5"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="001026CE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t> Указать наименование и реквизиты правоустанавливающих документов в соответствии со свидетельством о праве собственности или выпиской из Единого государственного реестра недвижимости.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="22">
-    <w:p w14:paraId="76C36A3F" w14:textId="22993265" w:rsidR="00617035" w:rsidRPr="001026CE" w:rsidRDefault="00617035">
+    <w:p w:rsidR="00617035" w:rsidRPr="001026CE" w:rsidRDefault="00617035">
       <w:pPr>
         <w:pStyle w:val="a9"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001026CE">
         <w:rPr>
           <w:rStyle w:val="af5"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="001026CE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t> Указать дату и номер регистрации права собственности в Едином государственном реестре недвижимости.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="23">
-    <w:p w14:paraId="41CFEC92" w14:textId="6A2F1059" w:rsidR="00617035" w:rsidRPr="001026CE" w:rsidRDefault="00617035">
+    <w:p w:rsidR="00617035" w:rsidRPr="001026CE" w:rsidRDefault="00617035">
       <w:pPr>
         <w:pStyle w:val="a9"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001026CE">
         <w:rPr>
           <w:rStyle w:val="af5"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="001026CE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t> Указать наименование органа регистрации прав, а также реквизиты свидетельства (серия, номер, дата выдачи) или выписки из Единого государственного реестра недвижимости (номер, дата выдачи).</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="24">
-    <w:p w14:paraId="60B37647" w14:textId="2A93275C" w:rsidR="00617035" w:rsidRPr="001026CE" w:rsidRDefault="00617035">
+    <w:p w:rsidR="00617035" w:rsidRPr="001026CE" w:rsidRDefault="00617035">
       <w:pPr>
         <w:pStyle w:val="a9"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001026CE">
         <w:rPr>
           <w:rStyle w:val="af5"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="001026CE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t> В случае, если продаются несколько объектов недвижимого имущества, то перечисляются «</w:t>
       </w:r>
       <w:r w:rsidRPr="001026CE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
         </w:rPr>
         <w:t>Объект 1</w:t>
@@ -35408,293 +35737,293 @@
         </w:rPr>
         <w:t>Объекты</w:t>
       </w:r>
       <w:r w:rsidRPr="001026CE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>» и (или) «</w:t>
       </w:r>
       <w:r w:rsidRPr="001026CE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
         </w:rPr>
         <w:t>Земельные участки</w:t>
       </w:r>
       <w:r w:rsidRPr="001026CE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>»».</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="25">
-    <w:p w14:paraId="5FCD6871" w14:textId="6A59C604" w:rsidR="00617035" w:rsidRPr="001026CE" w:rsidRDefault="00617035">
+    <w:p w:rsidR="00617035" w:rsidRPr="001026CE" w:rsidRDefault="00617035">
       <w:pPr>
         <w:pStyle w:val="a9"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001026CE">
         <w:rPr>
           <w:rStyle w:val="af5"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="001026CE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t> Пункт Договора указывается в случае, если вместе с Недвижимым имуществом продается и Движимое имущество.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="26">
-    <w:p w14:paraId="662CB168" w14:textId="4B949C9B" w:rsidR="00617035" w:rsidRPr="001026CE" w:rsidRDefault="00617035">
+    <w:p w:rsidR="00617035" w:rsidRPr="001026CE" w:rsidRDefault="00617035">
       <w:pPr>
         <w:pStyle w:val="a9"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001026CE">
         <w:rPr>
           <w:rStyle w:val="af5"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="001026CE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t> Пункт Договора указывается в случае, если земельный участок принадлежит ПАО</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="001026CE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>Сбербанк на праве, отличном от права собственности.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="27">
-    <w:p w14:paraId="7746286F" w14:textId="745A7681" w:rsidR="00617035" w:rsidRPr="001026CE" w:rsidRDefault="00617035">
+    <w:p w:rsidR="00617035" w:rsidRPr="001026CE" w:rsidRDefault="00617035">
       <w:pPr>
         <w:pStyle w:val="a9"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001026CE">
         <w:rPr>
           <w:rStyle w:val="af5"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="001026CE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t> Адрес (местоположение) недвижимого имущества указывается в соответствии с адресом (местоположением) в Едином государственном реестре недвижимости.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="28">
-    <w:p w14:paraId="598A280D" w14:textId="4D81249B" w:rsidR="00617035" w:rsidRPr="001026CE" w:rsidRDefault="00617035">
+    <w:p w:rsidR="00617035" w:rsidRPr="001026CE" w:rsidRDefault="00617035">
       <w:pPr>
         <w:pStyle w:val="a9"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001026CE">
         <w:rPr>
           <w:rStyle w:val="af5"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="001026CE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t> Указать вид права.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="29">
-    <w:p w14:paraId="242F7322" w14:textId="6E661DF4" w:rsidR="00617035" w:rsidRPr="001026CE" w:rsidRDefault="00617035">
+    <w:p w:rsidR="00617035" w:rsidRPr="001026CE" w:rsidRDefault="00617035">
       <w:pPr>
         <w:pStyle w:val="a9"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001026CE">
         <w:rPr>
           <w:rStyle w:val="af5"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="001026CE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t> Указать наименование и реквизиты правоустанавливающих документов в соответствии с выпиской из Единого государственного реестра недвижимости или реквизиты договора аренды земельного участка.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="30">
-    <w:p w14:paraId="4B60B538" w14:textId="5E981D10" w:rsidR="00617035" w:rsidRPr="001026CE" w:rsidRDefault="00617035">
+    <w:p w:rsidR="00617035" w:rsidRPr="001026CE" w:rsidRDefault="00617035">
       <w:pPr>
         <w:pStyle w:val="a9"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001026CE">
         <w:rPr>
           <w:rStyle w:val="af5"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="001026CE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t> В случае, если права на земельный участок не оформлены, то указывается, что права на земельный участок не оформлены.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="31">
-    <w:p w14:paraId="58150553" w14:textId="0C9FDFBC" w:rsidR="00617035" w:rsidRPr="001026CE" w:rsidRDefault="00617035">
+    <w:p w:rsidR="00617035" w:rsidRPr="001026CE" w:rsidRDefault="00617035">
       <w:pPr>
         <w:pStyle w:val="a9"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001026CE">
         <w:rPr>
           <w:rStyle w:val="af5"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="001026CE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t> В случае наличия ограничений и/или обременений пункт следует дополнить следующим текстом: «, за исключением: ___ (указываются имеющиеся ограничения и обременения, а также приводятся названия и реквизиты документов, которыми они установлены/подтверждаются) ___», а также, при наличии, копии документов, которыми установлены/подтверждаются ограничения и обременения, прилагаются к Договору.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="32">
-    <w:p w14:paraId="397A3524" w14:textId="6C56D881" w:rsidR="00617035" w:rsidRPr="001026CE" w:rsidRDefault="00617035">
+    <w:p w:rsidR="00617035" w:rsidRPr="001026CE" w:rsidRDefault="00617035">
       <w:pPr>
         <w:pStyle w:val="a9"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001026CE">
         <w:rPr>
           <w:rStyle w:val="af5"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="001026CE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t> Пункт Договора указывается в случае продажи жилых помещений (жилого дома, части жилого дома, квартиры, части квартиры или комнаты).</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="33">
-    <w:p w14:paraId="205586D0" w14:textId="5ABCC951" w:rsidR="00617035" w:rsidRPr="001026CE" w:rsidRDefault="00617035">
+    <w:p w:rsidR="00617035" w:rsidRPr="001026CE" w:rsidRDefault="00617035">
       <w:pPr>
         <w:pStyle w:val="a9"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001026CE">
         <w:rPr>
           <w:rStyle w:val="af5"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="001026CE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t> Указывается фамилия, имя, отчество (полностью), дата и место рождения, адрес регистрации по месту жительства, а также пребывания (если отличается), паспортные данные (серия, номер, кем, когда выдан) или данные иного документа, удостоверяющего личность.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="34">
-    <w:p w14:paraId="0C21A026" w14:textId="17841D64" w:rsidR="00617035" w:rsidRPr="001026CE" w:rsidRDefault="00617035">
+    <w:p w:rsidR="00617035" w:rsidRPr="001026CE" w:rsidRDefault="00617035">
       <w:pPr>
         <w:pStyle w:val="a9"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001026CE">
         <w:rPr>
           <w:rStyle w:val="af5"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="001026CE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t> Если Продавец имеет перед третьими лицами долги по оплате коммунальных, эксплуатационных, хозяйственных услуг и по иным платежам по Имуществу, то указывается порядок и сроки уплаты данных платежей.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="35">
-    <w:p w14:paraId="01098955" w14:textId="6C72CF51" w:rsidR="00617035" w:rsidRPr="001026CE" w:rsidRDefault="00617035" w:rsidP="00A32147">
+    <w:p w:rsidR="00617035" w:rsidRPr="001026CE" w:rsidRDefault="00617035" w:rsidP="00A32147">
       <w:pPr>
         <w:pStyle w:val="a9"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001026CE">
         <w:rPr>
           <w:rStyle w:val="af5"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="001026CE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="004B4B0B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">Пункты </w:t>
       </w:r>
@@ -35773,2571 +36102,2866 @@
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>1.8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="001026CE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> указываются, когда заключается Договор купли-продажи недвижимого имущества с последующей арендой данного имущества (с обратной арендой). </w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="36">
-    <w:p w14:paraId="65E625D8" w14:textId="62BFD16D" w:rsidR="00617035" w:rsidRPr="001026CE" w:rsidRDefault="00617035">
+    <w:p w:rsidR="00617035" w:rsidRPr="001026CE" w:rsidRDefault="00617035">
       <w:pPr>
         <w:pStyle w:val="a9"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001026CE">
         <w:rPr>
           <w:rStyle w:val="af5"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="001026CE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t> В случае, если в аренду передается весь Объект, то вместо слов: «</w:t>
       </w:r>
       <w:r w:rsidRPr="001026CE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">части Объекта, указанной на плане, который является Приложением № </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>4</w:t>
       </w:r>
       <w:r w:rsidRPr="001026CE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> к Договору (далее – часть Объекта),» указывается: «Объекта».</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="37">
-    <w:p w14:paraId="4946B080" w14:textId="257BD055" w:rsidR="00617035" w:rsidRPr="001026CE" w:rsidRDefault="00617035" w:rsidP="00A32147">
+    <w:p w:rsidR="00617035" w:rsidRPr="001026CE" w:rsidRDefault="00617035" w:rsidP="00A32147">
       <w:pPr>
         <w:pStyle w:val="a9"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001026CE">
         <w:rPr>
           <w:rStyle w:val="af5"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="001026CE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t> Указывается цвет, которым выделена часть Объекта.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="38">
-    <w:p w14:paraId="37EE0C6C" w14:textId="12FA8402" w:rsidR="00617035" w:rsidRPr="001026CE" w:rsidRDefault="00617035" w:rsidP="007E042C">
+    <w:p w:rsidR="00617035" w:rsidRPr="001026CE" w:rsidRDefault="00617035" w:rsidP="007E042C">
       <w:pPr>
         <w:pStyle w:val="a9"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001026CE">
         <w:rPr>
           <w:rStyle w:val="af5"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="001026CE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> В случае применения Продавцом упрощенной системы налогообложения из текста пунктов 1.6.3 – 1.6.6 Договора купли-продажи недвижимого имущества с последующей арендой данного имущества (с обратной арендой) исключить упоминание об НДС. Раздел дополнить пунктом следующего содержания: «НДС не облагается на основании статьи 346.11(12) главы 26.2 Налогового кодекса Российской Федерации в связи с применением Арендодателем упрощенной системы налогообложения. В случае утраты Арендодателем права на освобождение от исполнения обязанностей налогоплательщика по уплате НДС, арендная плата рассматривается как включающая в себя НДС, счета-фактуры предоставляются в порядке и сроки, установленные законодательством Российской Федерации.». </w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="39">
-    <w:p w14:paraId="425F509E" w14:textId="32EAA0F4" w:rsidR="00617035" w:rsidRPr="001026CE" w:rsidRDefault="00617035" w:rsidP="007E042C">
+    <w:p w:rsidR="00617035" w:rsidRPr="001026CE" w:rsidRDefault="00617035" w:rsidP="007E042C">
       <w:pPr>
         <w:pStyle w:val="a9"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001026CE">
         <w:rPr>
           <w:rStyle w:val="af5"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="001026CE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t> В случае заключения Договора аренды с физическим лицом из текста пунктов 1.6.3 – 1.6.6 Договора исключить упоминание об НДС.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="40">
-    <w:p w14:paraId="5DA49EE1" w14:textId="602FB001" w:rsidR="00617035" w:rsidRPr="001026CE" w:rsidRDefault="00617035" w:rsidP="007E042C">
+    <w:p w:rsidR="00617035" w:rsidRPr="001026CE" w:rsidRDefault="00617035" w:rsidP="007E042C">
       <w:pPr>
         <w:pStyle w:val="a9"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001026CE">
         <w:rPr>
           <w:rStyle w:val="af5"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="001026CE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t> В случае, если движимое имущество не передается, слова «и Движимым имуществом» исключить.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="41">
-    <w:p w14:paraId="0F7003A5" w14:textId="6C6A504B" w:rsidR="00617035" w:rsidRPr="001026CE" w:rsidRDefault="00617035" w:rsidP="00352E0C">
+    <w:p w:rsidR="00617035" w:rsidRPr="001026CE" w:rsidRDefault="00617035" w:rsidP="00352E0C">
       <w:pPr>
         <w:pStyle w:val="a9"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001026CE">
         <w:rPr>
           <w:rStyle w:val="af5"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="001026CE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t> При отсутствии Переменной арендной платы 1 и Переменной арендной платы 2 слова «Переменная арендная плата» исключаются.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="42">
-    <w:p w14:paraId="1EDB4E92" w14:textId="17F7B971" w:rsidR="00617035" w:rsidRPr="001026CE" w:rsidRDefault="00617035" w:rsidP="009B5DDF">
+    <w:p w:rsidR="00617035" w:rsidRPr="001026CE" w:rsidRDefault="00617035" w:rsidP="00352E0C">
       <w:pPr>
         <w:pStyle w:val="a9"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001026CE">
         <w:rPr>
           <w:rStyle w:val="af5"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="001026CE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Пункт 1.6.5 Договора купли-продажи недвижимого имущества с последующей арендой данного имущества (с обратной арендой) указывается при наличии Переменной арендной платы 1 и (или) Переменной арендной платы 2, в ином случае пункт и слова «Переменная арендная плата», «Переменная арендная плата 1» и (или) «Переменная арендная плата 2» по тексту Договора исключаются. При отсутствии переменной арендной платы в случае, если решением уполномоченного органа предусмотрено, что расходы за услуги по эксплуатации Мест общего пользования (при наличии) и (или) расходы на оплату коммунальных услуг Продавца включены в Постоянную арендную плату, дополнить Договор пунктом 1.6.4.3 следующего содержания: «1.6.4.3. Постоянная арендная плата включает: </w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="5E61E92A" w14:textId="1591D582" w:rsidR="00617035" w:rsidRPr="001026CE" w:rsidRDefault="00617035" w:rsidP="009B5DDF">
+        <w:t> В случае, если в решении уполномоченного органа есть указание об изменении Постоянной арендной платы на определенный период, то в Договор купли-продажи недвижимого имущества с последующей арендой данного имущества (с обратной арендой) добавляется пункт 1.6.4.2 Договора.</w:t>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:id="43">
+    <w:p w:rsidR="00617035" w:rsidRPr="001026CE" w:rsidRDefault="00617035" w:rsidP="00352E0C">
       <w:pPr>
         <w:pStyle w:val="a9"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001026CE">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...4 lines deleted...]
-    <w:p w14:paraId="6D3ADDF3" w14:textId="40C145D3" w:rsidR="00617035" w:rsidRPr="001026CE" w:rsidRDefault="00617035" w:rsidP="009B5DDF">
+          <w:rStyle w:val="af5"/>
+        </w:rPr>
+        <w:footnoteRef/>
+      </w:r>
+      <w:r w:rsidRPr="001026CE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t> Указывается срок, который отражен в решении уполномоченного органа.</w:t>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:id="44">
+    <w:p w:rsidR="00617035" w:rsidRPr="001026CE" w:rsidRDefault="00617035" w:rsidP="00352E0C">
       <w:pPr>
         <w:pStyle w:val="a9"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001026CE">
         <w:rPr>
+          <w:rStyle w:val="af5"/>
+        </w:rPr>
+        <w:footnoteRef/>
+      </w:r>
+      <w:r w:rsidRPr="001026CE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t> Указывается размер, который отражен в решении уполномоченного органа.</w:t>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:id="45">
+    <w:p w:rsidR="00617035" w:rsidRPr="001026CE" w:rsidRDefault="00617035" w:rsidP="009B5DDF">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001026CE">
+        <w:rPr>
+          <w:rStyle w:val="af5"/>
+        </w:rPr>
+        <w:footnoteRef/>
+      </w:r>
+      <w:r w:rsidRPr="001026CE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Пункт 1.6.5 Договора купли-продажи недвижимого имущества с последующей арендой данного имущества (с обратной арендой) указывается при наличии Переменной арендной платы 1 и (или) Переменной арендной платы 2, в ином случае пункт и слова «Переменная арендная плата», «Переменная арендная плата 1» и (или) «Переменная арендная плата 2» по тексту Договора исключаются. При отсутствии переменной арендной платы в случае, если решением уполномоченного органа предусмотрено, что расходы за услуги по эксплуатации Мест общего пользования (при наличии) и (или) расходы на оплату коммунальных услуг Продавца включены в Постоянную арендную плату, дополнить Договор пунктом 1.6.4.3 следующего содержания: «1.6.4.3. Постоянная арендная плата включает: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00617035" w:rsidRPr="001026CE" w:rsidRDefault="00617035" w:rsidP="009B5DDF">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001026CE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>- расходы за услуги по эксплуатации Мест общего пользования;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00617035" w:rsidRPr="001026CE" w:rsidRDefault="00617035" w:rsidP="009B5DDF">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001026CE">
+        <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>- расходы на оплату коммунальных услуг, потребленных Продавцом в части Объекта (теплоснабжение, энергоснабжение, водоснабжение, водоотведение (указываются соответствующие коммунальные услуги, потребленные Продавцом).</w:t>
       </w:r>
     </w:p>
   </w:footnote>
-  <w:footnote w:id="43">
-    <w:p w14:paraId="0661B07D" w14:textId="51A073C3" w:rsidR="00617035" w:rsidRPr="001026CE" w:rsidRDefault="00617035" w:rsidP="00D964E9">
+  <w:footnote w:id="46">
+    <w:p w:rsidR="00617035" w:rsidRPr="001026CE" w:rsidRDefault="00617035" w:rsidP="00D964E9">
       <w:pPr>
         <w:pStyle w:val="a9"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001026CE">
         <w:rPr>
           <w:rStyle w:val="af5"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="001026CE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t> Пункт Договора</w:t>
       </w:r>
       <w:r w:rsidRPr="001026CE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="001026CE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>купли-продажи недвижимого имущества с последующей арендой данного имущества (с обратной арендой) указывается при наличии расходов Продавца, уплачиваемых им за услуги по эксплуатации Мест общего пользования. При отсутствии расходов за услуги по эксплуатации Мест общего пользования пункт</w:t>
       </w:r>
       <w:r w:rsidRPr="001026CE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="001026CE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>12.6 Договора аренды, Приложение № 5 и слова «Переменная арендная плата 1» по тексту Договора исключаются. Слова «Переменная арендная плата 2» по тексту Договора (при наличии данной составляющей арендной платы) меняются на слова «Переменная арендная плата».</w:t>
       </w:r>
     </w:p>
   </w:footnote>
-  <w:footnote w:id="44">
-    <w:p w14:paraId="0ED39BB2" w14:textId="11A09284" w:rsidR="00617035" w:rsidRPr="001026CE" w:rsidRDefault="00617035" w:rsidP="00D964E9">
+  <w:footnote w:id="47">
+    <w:p w:rsidR="00617035" w:rsidRPr="001026CE" w:rsidRDefault="00617035" w:rsidP="00164D23">
       <w:pPr>
         <w:pStyle w:val="a9"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001026CE">
         <w:rPr>
           <w:rStyle w:val="af5"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="001026CE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:lang w:val="en-US"/>
-[...7 lines deleted...]
-        <w:t>Указываются соответствующие коммунальные услуги, потребляемые Продавцом.</w:t>
+        </w:rPr>
+        <w:t> Договор аренды заключается по типовой форме договора «Договор долгосрочной аренды недвижимого имущества», код формы 014281142/5 (за исключением случаев, предусмотренных внутренними нормативными документами Банка).</w:t>
       </w:r>
     </w:p>
   </w:footnote>
-  <w:footnote w:id="45">
-    <w:p w14:paraId="6708B6EE" w14:textId="58218042" w:rsidR="00617035" w:rsidRPr="001026CE" w:rsidRDefault="00617035" w:rsidP="00D964E9">
+  <w:footnote w:id="48">
+    <w:p w:rsidR="00617035" w:rsidRPr="001026CE" w:rsidRDefault="00617035" w:rsidP="00D964E9">
       <w:pPr>
         <w:pStyle w:val="a9"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001026CE">
         <w:rPr>
           <w:rStyle w:val="af5"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="001026CE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="001026CE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
-        <w:t>Указать коммунальную услугу (или услуги) и порядок расчета объема потребления. Условия указываются исходя из вида ресурса и способа его учета в снабжающей организации (индивидуальный счетчик, счетчик на все здание, начисление по нормативам), для разных ресурсов определяются применимые правила расчета.</w:t>
+        <w:t>Указываются соответствующие коммунальные услуги, потребляемые Продавцом.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
-  <w:footnote w:id="46">
-    <w:p w14:paraId="545EBC4D" w14:textId="1842478F" w:rsidR="00617035" w:rsidRPr="001026CE" w:rsidRDefault="00617035" w:rsidP="00D964E9">
+  <w:footnote w:id="49">
+    <w:p w:rsidR="00617035" w:rsidRPr="001026CE" w:rsidRDefault="00617035" w:rsidP="00D964E9">
       <w:pPr>
         <w:pStyle w:val="a9"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001026CE">
         <w:rPr>
           <w:rStyle w:val="af5"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="001026CE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-        </w:rPr>
-[...3 lines deleted...]
-    <w:p w14:paraId="516AA8C5" w14:textId="41BFFBC9" w:rsidR="00617035" w:rsidRPr="001026CE" w:rsidRDefault="00617035" w:rsidP="00D964E9">
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001026CE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>Указать коммунальную услугу (или услуги) и порядок расчета объема потребления. Условия указываются исходя из вида ресурса и способа его учета в снабжающей организации (индивидуальный счетчик, счетчик на все здание, начисление по нормативам), для разных ресурсов определяются применимые правила расчета.</w:t>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:id="50">
+    <w:p w:rsidR="00617035" w:rsidRPr="001026CE" w:rsidRDefault="00617035" w:rsidP="00D964E9">
       <w:pPr>
         <w:pStyle w:val="a9"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001026CE">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...4 lines deleted...]
-    <w:p w14:paraId="03D95C65" w14:textId="7D2B28C1" w:rsidR="00617035" w:rsidRPr="001026CE" w:rsidRDefault="00617035" w:rsidP="00D964E9">
+          <w:rStyle w:val="af5"/>
+        </w:rPr>
+        <w:footnoteRef/>
+      </w:r>
+      <w:r w:rsidRPr="001026CE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - показаний индивидуальных приборов учета для части Объекта;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00617035" w:rsidRPr="001026CE" w:rsidRDefault="00617035" w:rsidP="00D964E9">
       <w:pPr>
         <w:pStyle w:val="a9"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001026CE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
-        <w:t>- отношения площади части Объекта к площади всех помещений, в отношении которых снабжающими и обслуживающими организациями предъявлены расходы (в случае отсутствия узлов (приборов) учета.</w:t>
-[...4 lines deleted...]
-    <w:p w14:paraId="44BA4577" w14:textId="77777777" w:rsidR="00617035" w:rsidRPr="001026CE" w:rsidRDefault="00617035" w:rsidP="00143816">
+        <w:t xml:space="preserve">- показаний общих приборов учета и отношения площади части Объекта к площади всех помещений, подключенных к данным узлам (приборам) учета; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00617035" w:rsidRPr="001026CE" w:rsidRDefault="00617035" w:rsidP="00D964E9">
       <w:pPr>
         <w:pStyle w:val="a9"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001026CE">
         <w:rPr>
-          <w:rStyle w:val="af5"/>
-[...20 lines deleted...]
-        <w:t xml:space="preserve"> коммунальными услугами не включена в Постоянную арендную плату и (или) Переменную арендную плату 2 и Стороны согласовали оплату всех или части коммунальных услуг в порядке возмещения.</w:t>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>- отношения площади части Объекта к площади всех помещений, в отношении которых снабжающими и обслуживающими организациями предъявлены расходы (в случае отсутствия узлов (приборов) учета.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
-  <w:footnote w:id="48">
-    <w:p w14:paraId="3907B79A" w14:textId="7BC7730A" w:rsidR="00617035" w:rsidRPr="001026CE" w:rsidRDefault="00617035" w:rsidP="00143816">
+  <w:footnote w:id="51">
+    <w:p w:rsidR="00617035" w:rsidRPr="001026CE" w:rsidRDefault="00617035" w:rsidP="00143816">
       <w:pPr>
         <w:pStyle w:val="a9"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001026CE">
         <w:rPr>
           <w:rStyle w:val="af5"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="001026CE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Указываются соответствующие коммунальные услуги, потребляемые Арендатором.</w:t>
+        <w:t xml:space="preserve"> Пункт Договора указывается в случае, если плата за пользование </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001026CE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>всеми</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001026CE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> коммунальными услугами не включена в Постоянную арендную плату и (или) Переменную арендную плату 2 и Стороны согласовали оплату всех или части коммунальных услуг в порядке возмещения.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
-  <w:footnote w:id="49">
-    <w:p w14:paraId="781B72D2" w14:textId="77777777" w:rsidR="00617035" w:rsidRPr="001026CE" w:rsidRDefault="00617035" w:rsidP="00143816">
+  <w:footnote w:id="52">
+    <w:p w:rsidR="00617035" w:rsidRPr="001026CE" w:rsidRDefault="00617035" w:rsidP="00143816">
       <w:pPr>
         <w:pStyle w:val="a9"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001026CE">
         <w:rPr>
           <w:rStyle w:val="af5"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="001026CE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Указать коммунальную услугу или услуги и порядок расчета объема потребления. Условия указываются исходя из вида ресурса и способа его учета в снабжающей организации (индивидуальный счетчик, счетчик на все здание, начисление по нормативам), для разных ресурсов определяются применимые правила расчета.</w:t>
+        <w:t xml:space="preserve"> Указываются соответствующие коммунальные услуги, потребляемые Арендатором.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
-  <w:footnote w:id="50">
-    <w:p w14:paraId="5010E75C" w14:textId="2D953B73" w:rsidR="00617035" w:rsidRPr="001026CE" w:rsidRDefault="00617035" w:rsidP="00143816">
+  <w:footnote w:id="53">
+    <w:p w:rsidR="00617035" w:rsidRPr="001026CE" w:rsidRDefault="00617035" w:rsidP="00143816">
       <w:pPr>
         <w:pStyle w:val="a9"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001026CE">
         <w:rPr>
           <w:rStyle w:val="af5"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="001026CE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
-        <w:t xml:space="preserve"> - показаний индивидуальных приборов учета для части Объекта;</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="3388A50A" w14:textId="51166525" w:rsidR="00617035" w:rsidRPr="001026CE" w:rsidRDefault="00617035" w:rsidP="00143816">
+        <w:t xml:space="preserve"> Указать коммунальную услугу или услуги и порядок расчета объема потребления. Условия указываются исходя из вида ресурса и способа его учета в снабжающей организации (индивидуальный счетчик, счетчик на все здание, начисление по нормативам), для разных ресурсов определяются применимые правила расчета.</w:t>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:id="54">
+    <w:p w:rsidR="00617035" w:rsidRPr="001026CE" w:rsidRDefault="00617035" w:rsidP="00143816">
       <w:pPr>
         <w:pStyle w:val="a9"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001026CE">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...4 lines deleted...]
-    <w:p w14:paraId="1C304AB3" w14:textId="3CC798DA" w:rsidR="00617035" w:rsidRPr="001026CE" w:rsidRDefault="00617035" w:rsidP="00143816">
+          <w:rStyle w:val="af5"/>
+        </w:rPr>
+        <w:footnoteRef/>
+      </w:r>
+      <w:r w:rsidRPr="001026CE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - показаний индивидуальных приборов учета для части Объекта;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00617035" w:rsidRPr="001026CE" w:rsidRDefault="00617035" w:rsidP="00143816">
       <w:pPr>
         <w:pStyle w:val="a9"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001026CE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
+        <w:t xml:space="preserve">- показаний общих приборов учета и отношения площади части Объекта к площади всех помещений, подключенных к данным узлам (приборам) учета; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00617035" w:rsidRPr="001026CE" w:rsidRDefault="00617035" w:rsidP="00143816">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001026CE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:t>- отношения площади части Объекта к площади всех помещений, в отношении которых снабжающими и обслуживающими организациями предъявлены расходы (в случае отсутствия узлов (приборов) учета.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
-  <w:footnote w:id="51">
-    <w:p w14:paraId="7081C1CB" w14:textId="33121AA2" w:rsidR="00617035" w:rsidRDefault="00617035">
+  <w:footnote w:id="55">
+    <w:p w:rsidR="00617035" w:rsidRPr="00AD1BBF" w:rsidRDefault="00617035" w:rsidP="00AD1BBF">
       <w:pPr>
         <w:pStyle w:val="a9"/>
+        <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="af5"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00DF1FB7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
+        <w:t xml:space="preserve">Указывается </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>год</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DF1FB7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в соответствии с решением уполномоченного органа (п. 3.3 вопроса № 22 протокола Комитета ПАО Сбербанк по управлению недвижимостью (повестка β) от 13.03.2019 № 98 часть 1 – с третьего).</w:t>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:id="56">
+    <w:p w:rsidR="00617035" w:rsidRDefault="00617035">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="af5"/>
+        </w:rPr>
+        <w:footnoteRef/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DF1FB7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:t>Указать субъект Российской Федерации</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>, в котором расположен Объект.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
-  <w:footnote w:id="52">
-    <w:p w14:paraId="03AE753F" w14:textId="068D614D" w:rsidR="00617035" w:rsidRPr="001026CE" w:rsidRDefault="00617035">
+  <w:footnote w:id="57">
+    <w:p w:rsidR="00617035" w:rsidRDefault="00617035" w:rsidP="00AD1BBF">
       <w:pPr>
         <w:pStyle w:val="a9"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="001026CE">
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rStyle w:val="af5"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
-      <w:r w:rsidRPr="001026CE">
-[...4 lines deleted...]
-      </w:r>
       <w:r>
-        <w:rPr>
-[...8 lines deleted...]
-        <w:t>оговора аренды (включая, но не ограничиваясь условиями, предусмотренными в решении уполномоченного органа о совершении сделки).</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DF1FB7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>Указывается размер в соответствии с решением уполномоченного органа (п. 3.3 вопроса № 22 протокола Комитета ПАО Сбербанк по управлению недвижимостью (повестка β) от 13.03.2019 № 98 часть 1 - 5 %).</w:t>
       </w:r>
     </w:p>
   </w:footnote>
-  <w:footnote w:id="53">
-    <w:p w14:paraId="56D4988C" w14:textId="7236FE92" w:rsidR="00617035" w:rsidRPr="001026CE" w:rsidRDefault="00617035">
+  <w:footnote w:id="58">
+    <w:p w:rsidR="00617035" w:rsidRPr="001026CE" w:rsidRDefault="00617035">
       <w:pPr>
         <w:pStyle w:val="a9"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001026CE">
         <w:rPr>
           <w:rStyle w:val="af5"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="001026CE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
-        <w:t> Обращаем внимание, что акт приема-передачи части Объекта по Договору аренды должен быть подписан одновременно с актом приема-передачи Объекта по Договору.</w:t>
+        <w:t xml:space="preserve"> Указываются иные существенные условия </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>Д</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001026CE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>оговора аренды (включая, но не ограничиваясь условиями, предусмотренными в решении уполномоченного органа о совершении сделки).</w:t>
       </w:r>
     </w:p>
   </w:footnote>
-  <w:footnote w:id="54">
-    <w:p w14:paraId="093A5098" w14:textId="0653C88D" w:rsidR="00617035" w:rsidRPr="001026CE" w:rsidRDefault="00617035" w:rsidP="00780340">
+  <w:footnote w:id="59">
+    <w:p w:rsidR="00617035" w:rsidRPr="001026CE" w:rsidRDefault="00617035">
       <w:pPr>
         <w:pStyle w:val="a9"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001026CE">
         <w:rPr>
           <w:rStyle w:val="af5"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="001026CE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:lang w:val="en-US"/>
-[...48 lines deleted...]
-        <w:t xml:space="preserve"> Договора излагается в следующей редакции: «3.1. Продавец не позднее 10 (десяти) рабочих дней со дня подписания Договора передает Покупателю Имущество по акту приема-передачи, составленному по форме Приложения № 1 к Договору.».</w:t>
+        </w:rPr>
+        <w:t> Обращаем внимание, что акт приема-передачи части Объекта по Договору аренды должен быть подписан одновременно с актом приема-передачи Объекта по Договору.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
-  <w:footnote w:id="55">
-    <w:p w14:paraId="3727DE87" w14:textId="3C1F2669" w:rsidR="00617035" w:rsidRPr="001026CE" w:rsidRDefault="00617035">
+  <w:footnote w:id="60">
+    <w:p w:rsidR="00617035" w:rsidRPr="001026CE" w:rsidRDefault="00617035">
       <w:pPr>
         <w:pStyle w:val="a9"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001026CE">
         <w:rPr>
           <w:rStyle w:val="af5"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="001026CE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
-        <w:t> В случае, если движимое имущество не продается, то вместо слов: «Недвижимое имущество», указывается слово «Имущество», а слова «, а на Движимое имущество – с момента его передачи Продавцом Покупателю по акту приема-передачи, составленному по форме Приложения № 1 к Договору» исключаются.</w:t>
+        <w:t> При необходимости, пункт может быть дополнен предложением: «Стороны пришли к соглашению, что условия Договора распространяются (пункт 2 статьи 425 ГК РФ) на правоотношения Сторон, возникшие с _________ (указать дату)». В данном случае дата начала отношений Сторон не должна предшествовать дате принятия решения уполномоченным органом.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
-  <w:footnote w:id="56">
-    <w:p w14:paraId="0F90A71B" w14:textId="12116CE7" w:rsidR="00617035" w:rsidRPr="001026CE" w:rsidRDefault="00617035">
+  <w:footnote w:id="61">
+    <w:p w:rsidR="00617035" w:rsidRPr="001026CE" w:rsidRDefault="00617035" w:rsidP="00780340">
       <w:pPr>
         <w:pStyle w:val="a9"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001026CE">
         <w:rPr>
           <w:rStyle w:val="af5"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="001026CE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-        </w:rPr>
-        <w:t> В случае, если движимое имущество не продается, то вместо слов: «Недвижимое имущество», указывается слово «Имущество».</w:t>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001026CE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">В случае, если оплата по Договору производится кредитными денежными средствами, пункт </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> REF _Ref486328488 \r \h </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>3.1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidRPr="001026CE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Договора излагается в следующей редакции: «3.1. Продавец не позднее 10 (десяти) рабочих дней со дня подписания Договора передает Покупателю Имущество по акту приема-передачи, составленному по форме Приложения № 1 к Договору.».</w:t>
       </w:r>
     </w:p>
   </w:footnote>
-  <w:footnote w:id="57">
-    <w:p w14:paraId="3B6763EB" w14:textId="418B9CD4" w:rsidR="00617035" w:rsidRPr="001026CE" w:rsidRDefault="00617035">
+  <w:footnote w:id="62">
+    <w:p w:rsidR="00617035" w:rsidRPr="001026CE" w:rsidRDefault="00617035" w:rsidP="00A32147">
       <w:pPr>
         <w:pStyle w:val="a9"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001026CE">
         <w:rPr>
           <w:rStyle w:val="af5"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="001026CE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
-        <w:t> Здесь и далее при подобном указании места для заполнения стоимости («_________ (_________) ________») перед скобками приводится значение стоимости в цифрах, а в скобках – прописью, после скобок приводится наименование валюты, в которой выражена стоимость.</w:t>
+        <w:t xml:space="preserve"> Срок 10 (десять) рабочих дней указывается при заключении договора купли-продажи недвижимого </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>имущества. В случае заключения Д</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001026CE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>оговора купли-продажи недвижимого имущества с последующей арендой данного имущества (с обратной арендой) указывается иной срок в соответствии с решением уполномоченного органа.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
-  <w:footnote w:id="58">
-    <w:p w14:paraId="0870EF30" w14:textId="240C52B9" w:rsidR="00617035" w:rsidRPr="001026CE" w:rsidRDefault="00617035">
+  <w:footnote w:id="63">
+    <w:p w:rsidR="00617035" w:rsidRPr="001026CE" w:rsidRDefault="00617035">
       <w:pPr>
         <w:pStyle w:val="a9"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001026CE">
         <w:rPr>
           <w:rStyle w:val="af5"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="001026CE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
-        <w:t> Здесь и далее в случае продажи имущества, не подлежащего обложению НДС, слова «включая НДС (20 %),» исключить.</w:t>
+        <w:t> В случае, если движимое имущество не продается, то вместо слов: «Недвижимое имущество», указывается слово «Имущество», а слова «, а на Движимое имущество – с момента его передачи Продавцом Покупателю по акту приема-передачи, составленному по форме Приложения № 1 к Договору» исключаются.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
-  <w:footnote w:id="59">
-    <w:p w14:paraId="6F94BC7B" w14:textId="07CE57A8" w:rsidR="00617035" w:rsidRPr="001026CE" w:rsidRDefault="00617035">
+  <w:footnote w:id="64">
+    <w:p w:rsidR="00617035" w:rsidRPr="001026CE" w:rsidRDefault="00617035">
       <w:pPr>
         <w:pStyle w:val="a9"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001026CE">
         <w:rPr>
           <w:rStyle w:val="af5"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="001026CE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
-        <w:t> В случае продажи жилых помещений (жилого дома, части жилого дома, квартиры, части квартиры или комнаты) указывается: «4.1.1. Стоимость Объекта составляет: ________ (____________) ________. НДС не облагается на основании подпункта 22 пункта 3 статьи 149 НК РФ.».</w:t>
+        <w:t> В случае, если движимое имущество не продается, то вместо слов: «Недвижимое имущество», указывается слово «Имущество».</w:t>
       </w:r>
     </w:p>
   </w:footnote>
-  <w:footnote w:id="60">
-    <w:p w14:paraId="380FB5CB" w14:textId="5DEF736E" w:rsidR="00617035" w:rsidRPr="001026CE" w:rsidRDefault="00617035">
+  <w:footnote w:id="65">
+    <w:p w:rsidR="00617035" w:rsidRPr="001026CE" w:rsidRDefault="00617035">
       <w:pPr>
         <w:pStyle w:val="a9"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001026CE">
         <w:rPr>
           <w:rStyle w:val="af5"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="001026CE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
-        <w:t> Пункт Договора указывается в случае, если земельный участок принадлежит ПАО</w:t>
-[...11 lines deleted...]
-        <w:t>Сбербанк на праве собственности.</w:t>
+        <w:t> Здесь и далее при подобном указании места для заполнения стоимости («_________ (_________) ________») перед скобками приводится значение стоимости в цифрах, а в скобках – прописью, после скобок приводится наименование валюты, в которой выражена стоимость.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
-  <w:footnote w:id="61">
-    <w:p w14:paraId="4DBDF101" w14:textId="75B3AF2A" w:rsidR="00617035" w:rsidRPr="001026CE" w:rsidRDefault="00617035">
+  <w:footnote w:id="66">
+    <w:p w:rsidR="00617035" w:rsidRPr="001026CE" w:rsidRDefault="00617035">
       <w:pPr>
         <w:pStyle w:val="a9"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001026CE">
         <w:rPr>
           <w:rStyle w:val="af5"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="001026CE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
-        <w:t> В случае, если продаются несколько объектов имущества, то перечисляются «Объект 1», «Объект 2» и т.д., «Земельный участок 1», «Земельный участок 2» и т.д.</w:t>
+        <w:t> Здесь и далее в случае продажи имущества, не подлежащего обложению НДС, слова «включая НДС (</w:t>
+      </w:r>
+      <w:r w:rsidR="00F739E0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>22</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001026CE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> %),» исключить.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
-  <w:footnote w:id="62">
-    <w:p w14:paraId="0AD39F6A" w14:textId="0953DE3D" w:rsidR="00617035" w:rsidRPr="001026CE" w:rsidRDefault="00617035">
+  <w:footnote w:id="67">
+    <w:p w:rsidR="00617035" w:rsidRPr="001026CE" w:rsidRDefault="00617035">
       <w:pPr>
         <w:pStyle w:val="a9"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001026CE">
         <w:rPr>
           <w:rStyle w:val="af5"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="001026CE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
-        <w:t> Пункт Договора указывается в случае, если вместе с недвижимым имуществом продается и движимое имущество.</w:t>
+        <w:t> В случае продажи жилых помещений (жилого дома, части жилого дома, квартиры, части квартиры или комнаты) указывается: «4.1.1. Стоимость Объекта составляет: ________ (____________) ________. НДС не облагается на основании подпункта 22 пункта 3 статьи 149 НК РФ.».</w:t>
       </w:r>
     </w:p>
   </w:footnote>
-  <w:footnote w:id="63">
-    <w:p w14:paraId="73975622" w14:textId="718186ED" w:rsidR="00617035" w:rsidRPr="001026CE" w:rsidRDefault="00617035" w:rsidP="00A32147">
+  <w:footnote w:id="68">
+    <w:p w:rsidR="00617035" w:rsidRPr="001026CE" w:rsidRDefault="00617035">
       <w:pPr>
         <w:pStyle w:val="a9"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001026CE">
         <w:rPr>
           <w:rStyle w:val="af5"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="001026CE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Пункт Договора указывается в случае заключения Договора по результатам проведения торгов в форме аукциона, в случае, если указанное предусмотрено документацией на проведение торгов и договором с организатором торгов. </w:t>
+        <w:t> Пункт Договора указывается в случае, если земельный участок принадлежит ПАО</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001026CE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>Сбербанк на праве собственности.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
-  <w:footnote w:id="64">
-    <w:p w14:paraId="0FD05223" w14:textId="112217DA" w:rsidR="00617035" w:rsidRPr="001026CE" w:rsidRDefault="00617035">
+  <w:footnote w:id="69">
+    <w:p w:rsidR="00617035" w:rsidRPr="001026CE" w:rsidRDefault="00617035">
       <w:pPr>
         <w:pStyle w:val="a9"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001026CE">
         <w:rPr>
           <w:rStyle w:val="af5"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="001026CE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
-        <w:t> Пункт договора указывается в случае оплаты не кредитными денежными средствами.</w:t>
+        <w:t> В случае, если продаются несколько объектов имущества, то перечисляются «Объект 1», «Объект 2» и т.д., «Земельный участок 1», «Земельный участок 2» и т.д.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
-  <w:footnote w:id="65">
-    <w:p w14:paraId="45EBBEE3" w14:textId="63F9D372" w:rsidR="00617035" w:rsidRPr="001026CE" w:rsidRDefault="00617035">
+  <w:footnote w:id="70">
+    <w:p w:rsidR="00617035" w:rsidRPr="001026CE" w:rsidRDefault="00617035">
       <w:pPr>
         <w:pStyle w:val="a9"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001026CE">
         <w:rPr>
           <w:rStyle w:val="af5"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="001026CE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
-        <w:t> Слова «(оставшейся части в размере ________ (____________) ________, включая НДС (20 %)» указываются в случае заключения Договора по результатам проведения торгов в форме аукциона и внесения Покупателем задатка для участия в данном аукционе, в случае, если указанное предусмотрено документацией на проведение торгов и договором с организатором торгов.</w:t>
+        <w:t> Пункт Договора указывается в случае, если вместе с недвижимым имуществом продается и движимое имущество.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
-  <w:footnote w:id="66">
-    <w:p w14:paraId="0006F0D2" w14:textId="66F46D2A" w:rsidR="00617035" w:rsidRPr="001026CE" w:rsidRDefault="00617035">
+  <w:footnote w:id="71">
+    <w:p w:rsidR="00617035" w:rsidRPr="001026CE" w:rsidRDefault="00617035" w:rsidP="00A32147">
       <w:pPr>
         <w:pStyle w:val="a9"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001026CE">
         <w:rPr>
           <w:rStyle w:val="af5"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="001026CE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Пункт </w:t>
-[...76 lines deleted...]
-        <w:t>(десяти) рабочих дней со дня подписания Договора передает Покупателю Имущество по акту приема-передачи, составленному по форме Приложения № 1 к Договору.».</w:t>
+        <w:t xml:space="preserve"> Пункт Договора указывается в случае заключения Договора по результатам проведения торгов в форме аукциона, в случае, если указанное предусмотрено документацией на проведение торгов и договором с организатором торгов. </w:t>
       </w:r>
     </w:p>
   </w:footnote>
-  <w:footnote w:id="67">
-    <w:p w14:paraId="2551606A" w14:textId="44ED9B4F" w:rsidR="00617035" w:rsidRPr="001026CE" w:rsidRDefault="00617035">
+  <w:footnote w:id="72">
+    <w:p w:rsidR="00617035" w:rsidRPr="001026CE" w:rsidRDefault="00617035">
       <w:pPr>
         <w:pStyle w:val="a9"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001026CE">
         <w:rPr>
           <w:rStyle w:val="af5"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="001026CE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
-        <w:t> Слова «(оставшейся части в размере ________ (____________) ________, включая НДС (20 %)» указываются в случае заключения Договора по результатам проведения торгов в форме аукциона и внесения Покупателем задатка для участия в данном аукционе, в случае, если указанное предусмотрено документацией на проведение торгов и договором с организатором торгов.</w:t>
+        <w:t> Пункт договора указывается в случае оплаты не кредитными денежными средствами.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
-  <w:footnote w:id="68">
-    <w:p w14:paraId="3DEC77DC" w14:textId="6A6C01B6" w:rsidR="00617035" w:rsidRPr="001026CE" w:rsidRDefault="00617035">
+  <w:footnote w:id="73">
+    <w:p w:rsidR="00617035" w:rsidRPr="001026CE" w:rsidRDefault="00617035">
       <w:pPr>
         <w:pStyle w:val="a9"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001026CE">
         <w:rPr>
           <w:rStyle w:val="af5"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="001026CE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
-        <w:t> Указывается полное наименование кредитной организации.</w:t>
+        <w:t> Слова «(оставшейся части в размере ________ (____________) ________, включая НДС (</w:t>
+      </w:r>
+      <w:r w:rsidR="00F739E0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>22</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001026CE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> %)» указываются в случае заключения Договора по результатам проведения торгов в форме аукциона и внесения Покупателем задатка для участия в данном аукционе, в случае, если указанное предусмотрено документацией на проведение торгов и договором с организатором торгов.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
-  <w:footnote w:id="69">
-    <w:p w14:paraId="33BF00A0" w14:textId="4C8A960F" w:rsidR="00617035" w:rsidRPr="001026CE" w:rsidRDefault="00617035">
+  <w:footnote w:id="74">
+    <w:p w:rsidR="00617035" w:rsidRPr="001026CE" w:rsidRDefault="00617035">
       <w:pPr>
         <w:pStyle w:val="a9"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001026CE">
         <w:rPr>
           <w:rStyle w:val="af5"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="001026CE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
-        <w:t> Указывается территориальное подразделение кредитной организации (при наличии).</w:t>
+        <w:t xml:space="preserve"> Пункт </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>Д</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001026CE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">оговора указывается в случае оплаты кредитными денежными средствами. В данном случае пункт </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>4.3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001026CE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Договора необходимо исключить, а пункт </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001026CE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r w:rsidRPr="001026CE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> REF _Ref486328488 \r \h  \* MERGEFORMAT </w:instrText>
+      </w:r>
+      <w:r w:rsidRPr="001026CE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="001026CE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>3.1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001026CE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidRPr="001026CE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Договора изложить в следующей редакции: «Продавец не позднее 10</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001026CE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>(десяти) рабочих дней со дня подписания Договора передает Покупателю Имущество по акту приема-передачи, составленному по форме Приложения № 1 к Договору.».</w:t>
       </w:r>
     </w:p>
   </w:footnote>
-  <w:footnote w:id="70">
-    <w:p w14:paraId="4187BB76" w14:textId="19A1DCFC" w:rsidR="00617035" w:rsidRPr="001026CE" w:rsidRDefault="00617035">
+  <w:footnote w:id="75">
+    <w:p w:rsidR="00617035" w:rsidRPr="001026CE" w:rsidRDefault="00617035">
       <w:pPr>
         <w:pStyle w:val="a9"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001026CE">
         <w:rPr>
           <w:rStyle w:val="af5"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="001026CE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Пункт Договора указывается в случае оплаты кредитными денежными средствами. В данном случае пункт </w:t>
+        <w:t> Слова «(оставшейся части в размере ________ (____________) ________, включая НДС (</w:t>
+      </w:r>
+      <w:r w:rsidR="00F739E0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>22</w:t>
       </w:r>
       <w:r w:rsidRPr="001026CE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
-        <w:fldChar w:fldCharType="begin"/>
-[...81 lines deleted...]
-        <w:t xml:space="preserve"> Договора изложить в следующей редакции: «Продавец не позднее 10 (десяти) рабочих дней со дня подписания Договора передает Покупателю Имущество по акту приема-передачи, составленному по форме Приложения № 1 к Договору.».</w:t>
+        <w:t xml:space="preserve"> %)» указываются в случае заключения Договора по результатам проведения торгов в форме аукциона и внесения Покупателем задатка для участия в данном аукционе, в случае, если указанное предусмотрено документацией на проведение торгов и договором с организатором торгов.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
-  <w:footnote w:id="71">
-    <w:p w14:paraId="0F2F86B2" w14:textId="3CB7188D" w:rsidR="00617035" w:rsidRPr="001026CE" w:rsidRDefault="00617035" w:rsidP="00A32147">
+  <w:footnote w:id="76">
+    <w:p w:rsidR="00617035" w:rsidRPr="001026CE" w:rsidRDefault="00617035">
       <w:pPr>
         <w:pStyle w:val="a9"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001026CE">
         <w:rPr>
           <w:rStyle w:val="af5"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="001026CE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
-        <w:t xml:space="preserve"> При установлении стоимости Имущества в иностранной валюте или в условных денежных единицах пункт следует изложить в следующей редакции: «Расчеты по Договору производятся в рублях по курсу Банка России, установленному на день оплаты, путем безналичного перечисления денежных средств на счет Продавца, указанный в разделе </w:t>
-[...40 lines deleted...]
-        <w:t xml:space="preserve"> Договора.».</w:t>
+        <w:t> Указывается полное наименование кредитной организации.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
-  <w:footnote w:id="72">
-    <w:p w14:paraId="716DA2B0" w14:textId="514D0850" w:rsidR="00617035" w:rsidRPr="001026CE" w:rsidRDefault="00617035">
+  <w:footnote w:id="77">
+    <w:p w:rsidR="00617035" w:rsidRPr="001026CE" w:rsidRDefault="00617035">
       <w:pPr>
         <w:pStyle w:val="a9"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001026CE">
         <w:rPr>
           <w:rStyle w:val="af5"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="001026CE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
-        <w:t> Пункт Договора указывается при необходимости.</w:t>
+        <w:t> Указывается территориальное подразделение кредитной организации (при наличии).</w:t>
       </w:r>
     </w:p>
   </w:footnote>
-  <w:footnote w:id="73">
-    <w:p w14:paraId="2F29620F" w14:textId="77777777" w:rsidR="00617035" w:rsidRPr="001026CE" w:rsidRDefault="00617035" w:rsidP="007C0172">
+  <w:footnote w:id="78">
+    <w:p w:rsidR="00617035" w:rsidRPr="001026CE" w:rsidRDefault="00617035">
       <w:pPr>
         <w:pStyle w:val="a9"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001026CE">
         <w:rPr>
           <w:rStyle w:val="af5"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="001026CE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
-        <w:t> Данный пункт указывается в случае, когда по Договору передается Недвижимое имущество, подлежащее налогообложению по кадастровой стоимости (статья 378.2 НК РФ: административно-деловые центры, торговые центры и помещения в них, нежилые помещения для размещения офисов, торговых объектов, объектов общественного питания и бытового обслуживания, жилые помещения, машино-места, объекты незавершенного строительства и др.) и (или) когда по Договору передается Земельный участок.</w:t>
+        <w:t xml:space="preserve"> Пункт Договора указывается в случае оплаты кредитными денежными средствами. В данном случае пункт </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001026CE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r w:rsidRPr="001026CE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> REF _Ref82174936 \r \h </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> \* MERGEFORMAT </w:instrText>
+      </w:r>
+      <w:r w:rsidRPr="001026CE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="001026CE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>4.3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001026CE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidRPr="001026CE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Договора необходимо исключить, а пункт </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001026CE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r w:rsidRPr="001026CE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> REF _Ref486328488 \r \h  \* MERGEFORMAT </w:instrText>
+      </w:r>
+      <w:r w:rsidRPr="001026CE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="001026CE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>3.1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001026CE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidRPr="001026CE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Договора изложить в следующей редакции: «Продавец не позднее 10 (десяти) рабочих дней со дня подписания Договора передает Покупателю Имущество по акту приема-передачи, составленному по форме Приложения № 1 к Договору.».</w:t>
       </w:r>
     </w:p>
   </w:footnote>
-  <w:footnote w:id="74">
-    <w:p w14:paraId="61A3B5C2" w14:textId="77777777" w:rsidR="00617035" w:rsidRPr="001026CE" w:rsidRDefault="00617035" w:rsidP="007C0172">
+  <w:footnote w:id="79">
+    <w:p w:rsidR="00617035" w:rsidRPr="001026CE" w:rsidRDefault="00617035" w:rsidP="00A32147">
       <w:pPr>
         <w:pStyle w:val="a9"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001026CE">
         <w:rPr>
           <w:rStyle w:val="af5"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="001026CE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
-        <w:t> Слова «налог на имущество» включаются в случае продажи недвижимого имущества, за исключением земельного участка.</w:t>
+        <w:t xml:space="preserve"> При установлении стоимости Имущества в иностранной валюте или в условных денежных единицах пункт следует изложить в следующей редакции: «Расчеты по Договору производятся в рублях по курсу Банка России, установленному на день оплаты, путем безналичного перечисления денежных средств на счет Продавца, указанный в разделе </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001026CE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r w:rsidRPr="001026CE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> REF _Ref486328623 \r \h  \* MERGEFORMAT </w:instrText>
+      </w:r>
+      <w:r w:rsidRPr="001026CE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="001026CE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>13</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001026CE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidRPr="001026CE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Договора.».</w:t>
       </w:r>
     </w:p>
   </w:footnote>
-  <w:footnote w:id="75">
-    <w:p w14:paraId="6080CB49" w14:textId="2D29AA28" w:rsidR="00617035" w:rsidRPr="001026CE" w:rsidRDefault="00617035" w:rsidP="007C0172">
+  <w:footnote w:id="80">
+    <w:p w:rsidR="00617035" w:rsidRPr="001026CE" w:rsidRDefault="00617035">
       <w:pPr>
         <w:pStyle w:val="a9"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001026CE">
         <w:rPr>
           <w:rStyle w:val="af5"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="001026CE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
-        <w:t> Слова «</w:t>
-[...35 lines deleted...]
-        <w:t xml:space="preserve">» включаются в случае продажи земельного участка. </w:t>
+        <w:t> Пункт Договора указывается при необходимости.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
-  <w:footnote w:id="76">
-    <w:p w14:paraId="48039A5E" w14:textId="0637E7A2" w:rsidR="00617035" w:rsidRPr="001026CE" w:rsidRDefault="00617035" w:rsidP="007C0172">
+  <w:footnote w:id="81">
+    <w:p w:rsidR="00617035" w:rsidRPr="001026CE" w:rsidRDefault="00617035" w:rsidP="007C0172">
       <w:pPr>
         <w:pStyle w:val="a9"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001026CE">
         <w:rPr>
           <w:rStyle w:val="af5"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="001026CE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Слова «</w:t>
-[...6 lines deleted...]
-      </w:r>
+        <w:t xml:space="preserve"> Данный пункт указывается в случае, когда по Договору передается Недвижимое имущество, подлежащее налогообложению по кадастровой стоимости (статья 378.2 НК РФ: административно-деловые центры, торговые центры и помещения в них, нежилые помещения для размещения офисов, торговых объектов, объектов общественного питания и бытового обслуживания, жилые помещения, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="001026CE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
-        <w:t>пунктом 7 статьи 396 НК РФ (земельный налог)» включаются в случае продажи земельного участка.</w:t>
+        <w:t>машино</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001026CE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>-места, объекты незавершенного строительства и др.) и (или) когда по Договору передается Земельный участок.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
-  <w:footnote w:id="77">
-    <w:p w14:paraId="4D45E2BC" w14:textId="46343C30" w:rsidR="00617035" w:rsidRPr="00594389" w:rsidRDefault="00617035" w:rsidP="007C0172">
+  <w:footnote w:id="82">
+    <w:p w:rsidR="00617035" w:rsidRPr="001026CE" w:rsidRDefault="00617035" w:rsidP="007C0172">
       <w:pPr>
         <w:pStyle w:val="a9"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="001026CE">
+        <w:rPr>
+          <w:rStyle w:val="af5"/>
+        </w:rPr>
+        <w:footnoteRef/>
+      </w:r>
+      <w:r w:rsidRPr="001026CE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t> Слова «налог на имущество» включаются в случае продажи недвижимого имущества, за исключением земельного участка.</w:t>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:id="83">
+    <w:p w:rsidR="00617035" w:rsidRPr="001026CE" w:rsidRDefault="00617035" w:rsidP="007C0172">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001026CE">
+        <w:rPr>
+          <w:rStyle w:val="af5"/>
+        </w:rPr>
+        <w:footnoteRef/>
+      </w:r>
+      <w:r w:rsidRPr="001026CE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t> Слова «</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001026CE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>земельн</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>ого</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001026CE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> налог</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>а</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001026CE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">» включаются в случае продажи земельного участка. </w:t>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:id="84">
+    <w:p w:rsidR="00617035" w:rsidRPr="001026CE" w:rsidRDefault="00617035" w:rsidP="007C0172">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001026CE">
+        <w:rPr>
+          <w:rStyle w:val="af5"/>
+        </w:rPr>
+        <w:footnoteRef/>
+      </w:r>
+      <w:r w:rsidRPr="001026CE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Слова «</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001026CE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>пунктом 7 статьи 396 НК РФ (земельный налог)» включаются в случае продажи земельного участка.</w:t>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:id="85">
+    <w:p w:rsidR="00617035" w:rsidRPr="00594389" w:rsidRDefault="00617035" w:rsidP="007C0172">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="af5"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00594389">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>Слова «</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>, пункта 7 статьи 396 НК РФ (земельный налог)»</w:t>
       </w:r>
       <w:r w:rsidRPr="00594389">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> включаются в случае продажи земельного участка.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
-  <w:footnote w:id="78">
-    <w:p w14:paraId="16071E45" w14:textId="3BD56334" w:rsidR="00617035" w:rsidRPr="001026CE" w:rsidRDefault="00617035" w:rsidP="00A32147">
+  <w:footnote w:id="86">
+    <w:p w:rsidR="00617035" w:rsidRPr="001026CE" w:rsidRDefault="00617035" w:rsidP="00A32147">
       <w:pPr>
         <w:pStyle w:val="a9"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rStyle w:val="af5"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001026CE">
         <w:rPr>
           <w:rStyle w:val="af5"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="001026CE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t> Срок 5 (пять) календарных дней указывается при заключении договора купли-продажи недвижи</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>мого имущества. При заключении Д</w:t>
       </w:r>
       <w:r w:rsidRPr="001026CE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">оговора купли-продажи недвижимого имущества с последующей арендой данного имущества (с обратной арендой) указывается иной соответствующий срок </w:t>
       </w:r>
       <w:r w:rsidRPr="001026CE">
         <w:rPr>
           <w:rStyle w:val="af5"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="001026CE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>в соответствии с решением уполномоченного органа.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
-  <w:footnote w:id="79">
-    <w:p w14:paraId="4DFAC7AF" w14:textId="6EF0A025" w:rsidR="00617035" w:rsidRPr="001026CE" w:rsidRDefault="00617035">
+  <w:footnote w:id="87">
+    <w:p w:rsidR="00617035" w:rsidRPr="001026CE" w:rsidRDefault="00617035" w:rsidP="00E11832">
       <w:pPr>
         <w:pStyle w:val="a9"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001026CE">
         <w:rPr>
           <w:rStyle w:val="af5"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="001026CE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
-        <w:t> В случае, если движимое имущество не продается, то вместо слов «Недвижимое имущество», указывается слово «Имущество».</w:t>
+        <w:t> В случае заключения Договора купли-продажи недвижимого имущества с последующей арендой данного имущества (с обратной арендой) слова «, но после осуществления Продавцом реконструкции (перепланировки, переустройства) и (или) капитального ремонта части Объекта в соответствии с Договором аренды,» указываются, если данное условие предусмотрено в решении уполномоченного органа.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
-  <w:footnote w:id="80">
-    <w:p w14:paraId="28CB5CC4" w14:textId="0A87762D" w:rsidR="00617035" w:rsidRPr="001026CE" w:rsidRDefault="00617035" w:rsidP="00A32147">
+  <w:footnote w:id="88">
+    <w:p w:rsidR="00617035" w:rsidRPr="001026CE" w:rsidRDefault="00617035">
       <w:pPr>
         <w:pStyle w:val="a9"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001026CE">
         <w:rPr>
           <w:rStyle w:val="af5"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="001026CE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Слова «вместе с документами для государственной регистрации Договора аренды» указываются </w:t>
-[...23 lines deleted...]
-        <w:t xml:space="preserve"> купли-продажи недвижимого имущества с последующей арендой данного имущества (с обратной арендой).</w:t>
+        <w:t> В случае, если движимое имущество не продается, то вместо слов «Недвижимое имущество», указывается слово «Имущество».</w:t>
       </w:r>
     </w:p>
   </w:footnote>
-  <w:footnote w:id="81">
-    <w:p w14:paraId="1CB29D07" w14:textId="2F03854E" w:rsidR="00617035" w:rsidRPr="001026CE" w:rsidRDefault="00617035" w:rsidP="00A32147">
+  <w:footnote w:id="89">
+    <w:p w:rsidR="00617035" w:rsidRPr="001026CE" w:rsidRDefault="00617035" w:rsidP="00A32147">
       <w:pPr>
         <w:pStyle w:val="a9"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001026CE">
         <w:rPr>
           <w:rStyle w:val="af5"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="001026CE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
-        <w:t> Пункт указывается при закл</w:t>
+        <w:t xml:space="preserve"> Слова «вместе с документами для государственной регистрации Договора аренды» указываются </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
-        <w:t>ючении Д</w:t>
+        <w:t>при заключении Д</w:t>
       </w:r>
       <w:r w:rsidRPr="001026CE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
-        <w:t>оговора купли-продажи недвижимого имущества с последующей арендой данного имущества (с обратной арендой).</w:t>
+        <w:t>оговор</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>а</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001026CE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> купли-продажи недвижимого имущества с последующей арендой данного имущества (с обратной арендой).</w:t>
       </w:r>
     </w:p>
   </w:footnote>
-  <w:footnote w:id="82">
-    <w:p w14:paraId="0B3ED682" w14:textId="005657B7" w:rsidR="00617035" w:rsidRPr="001026CE" w:rsidRDefault="00617035" w:rsidP="00C26408">
+  <w:footnote w:id="90">
+    <w:p w:rsidR="00617035" w:rsidRPr="001026CE" w:rsidRDefault="00617035" w:rsidP="00A32147">
       <w:pPr>
         <w:pStyle w:val="a9"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001026CE">
         <w:rPr>
           <w:rStyle w:val="af5"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="001026CE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:lang w:val="en-US"/>
-[...1 lines deleted...]
-        <w:t> </w:t>
+        </w:rPr>
+        <w:t> Пункт указывается при закл</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>ючении Д</w:t>
       </w:r>
       <w:r w:rsidRPr="001026CE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
-        <w:t>Пункт Договора не указывается в случае, если Покупатель не является физическим лицом.</w:t>
+        <w:t>оговора купли-продажи недвижимого имущества с последующей арендой данного имущества (с обратной арендой).</w:t>
       </w:r>
     </w:p>
   </w:footnote>
-  <w:footnote w:id="83">
-    <w:p w14:paraId="04B7FF37" w14:textId="132DC29F" w:rsidR="00617035" w:rsidRPr="001026CE" w:rsidRDefault="00617035" w:rsidP="00C26408">
+  <w:footnote w:id="91">
+    <w:p w:rsidR="00617035" w:rsidRPr="001026CE" w:rsidRDefault="00617035" w:rsidP="00C26408">
       <w:pPr>
         <w:pStyle w:val="a9"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001026CE">
         <w:rPr>
           <w:rStyle w:val="af5"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="001026CE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="001026CE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
-        <w:t>К доходам физического лица относятся суммы неустойки, выплачиваемые Продавцом в соответствии с пунктами 6.4 и 6.6 Договора, согласно подпункту 10 пункта 1 статьи 208, статье 217, пункту 1 статьи 226 НК РФ, письма Минфина России от 27.08.2021 № 03-04-05/69276 (пункт 2), письма ФНС России от 17.07.2015 №</w:t>
-[...11 lines deleted...]
-        <w:t xml:space="preserve">СА-4-7/12693@). </w:t>
+        <w:t>Пункт Договора не указывается в случае, если Покупатель не является физическим лицом.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
-  <w:footnote w:id="84">
-    <w:p w14:paraId="21C6871F" w14:textId="5D90159E" w:rsidR="00617035" w:rsidRPr="001026CE" w:rsidRDefault="00617035">
+  <w:footnote w:id="92">
+    <w:p w:rsidR="00617035" w:rsidRPr="001026CE" w:rsidRDefault="00617035" w:rsidP="00C26408">
       <w:pPr>
         <w:pStyle w:val="a9"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001026CE">
         <w:rPr>
           <w:rStyle w:val="af5"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="001026CE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-        </w:rPr>
-        <w:t> Пункт Договора указывается при необходимости.</w:t>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001026CE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>К доходам физического лица относятся суммы неустойки, выплачиваемые Продавцом в соответствии с пунктами 6.4 и 6.6 Договора, согласно подпункту 10 пункта 1 статьи 208, статье 217, пункту 1 статьи 226 НК РФ, письма Минфина России от 27.08.2021 № 03-04-05/69276 (пункт 2), письма ФНС России от 17.07.2015 №</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001026CE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">СА-4-7/12693@). </w:t>
       </w:r>
     </w:p>
   </w:footnote>
-  <w:footnote w:id="85">
-    <w:p w14:paraId="583A7532" w14:textId="65231107" w:rsidR="00617035" w:rsidRPr="001026CE" w:rsidRDefault="00617035">
+  <w:footnote w:id="93">
+    <w:p w:rsidR="00617035" w:rsidRPr="001026CE" w:rsidRDefault="00617035">
       <w:pPr>
         <w:pStyle w:val="a9"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001026CE">
         <w:rPr>
           <w:rStyle w:val="af5"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="001026CE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
-        <w:t> В случае, если движимое имущество не продается, то вместо слов: «Недвижимое имущество», указывается слово «Имущество».</w:t>
+        <w:t> Пункт Договора указывается при необходимости.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
-  <w:footnote w:id="86">
-    <w:p w14:paraId="55AEDD33" w14:textId="0D512106" w:rsidR="00617035" w:rsidRPr="001026CE" w:rsidRDefault="00617035">
+  <w:footnote w:id="94">
+    <w:p w:rsidR="00617035" w:rsidRPr="001026CE" w:rsidRDefault="00617035">
       <w:pPr>
         <w:pStyle w:val="a9"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001026CE">
         <w:rPr>
           <w:rStyle w:val="af5"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="001026CE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
-        <w:t> Пункт Договора указывается в случае, если земельный участок принадлежит ПАО Сбербанк на праве отличном от права собственности.</w:t>
+        <w:t> В случае, если движимое имущество не продается, то вместо слов: «Недвижимое имущество», указывается слово «Имущество».</w:t>
       </w:r>
     </w:p>
   </w:footnote>
-  <w:footnote w:id="87">
-    <w:p w14:paraId="3068C5CB" w14:textId="26FF6947" w:rsidR="00617035" w:rsidRPr="001026CE" w:rsidRDefault="00617035" w:rsidP="00A32147">
+  <w:footnote w:id="95">
+    <w:p w:rsidR="00617035" w:rsidRPr="001026CE" w:rsidRDefault="00617035">
       <w:pPr>
         <w:pStyle w:val="a9"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001026CE">
         <w:rPr>
           <w:rStyle w:val="af5"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="001026CE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Пункт указывается в случае заключения </w:t>
-[...11 lines deleted...]
-        <w:t>оговора купли-продажи недвижимого имущества с последующей арендой данного имущества (с обратной арендой).</w:t>
+        <w:t> Пункт Договора указывается в случае, если земельный участок принадлежит ПАО Сбербанк на праве отличном от права собственности.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
-  <w:footnote w:id="88">
-    <w:p w14:paraId="3E78D589" w14:textId="7C6C90BC" w:rsidR="00617035" w:rsidRPr="001026CE" w:rsidRDefault="00617035">
+  <w:footnote w:id="96">
+    <w:p w:rsidR="00617035" w:rsidRPr="001026CE" w:rsidRDefault="00617035" w:rsidP="00A32147">
       <w:pPr>
         <w:pStyle w:val="a9"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001026CE">
         <w:rPr>
           <w:rStyle w:val="af5"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="001026CE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
-        <w:t> Указать соответствующий суд, входящий в судебную систему Российской Федерации, по месту нахождения ЦА или ТБ (подразделение банка, заключающего Договор). Если Договор заключен с физическим лицом, то указывается соответствующий суд общей юрисдикции, в случае, если Договор заключен с юридическим лицом/индивидуальным предпринимателем – то соответствующий арбитражный суд.</w:t>
+        <w:t xml:space="preserve"> Пункт указывается в случае заключения </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>Д</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001026CE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>оговора купли-продажи недвижимого имущества с последующей арендой данного имущества (с обратной арендой).</w:t>
       </w:r>
     </w:p>
   </w:footnote>
-  <w:footnote w:id="89">
-    <w:p w14:paraId="3CA4CBFA" w14:textId="6BF966EB" w:rsidR="00617035" w:rsidRPr="001026CE" w:rsidRDefault="00617035" w:rsidP="00C26408">
+  <w:footnote w:id="97">
+    <w:p w:rsidR="00617035" w:rsidRPr="001026CE" w:rsidRDefault="00617035">
       <w:pPr>
         <w:pStyle w:val="a9"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001026CE">
         <w:rPr>
           <w:rStyle w:val="af5"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="001026CE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
-        <w:t> Подключение – действие, последствием которого является передача информации между оборудованием Покупателя и инфраструктурой или средствами вычислительной техники (далее – СВТ) Продавца.</w:t>
+        <w:t> Указать соответствующий суд, входящий в судебную систему Российской Федерации, по месту нахождения ЦА или ТБ (подразделение банка, заключающего Договор). Если Договор заключен с физическим лицом, то указывается соответствующий суд общей юрисдикции, в случае, если Договор заключен с юридическим лицом/индивидуальным предпринимателем – то соответствующий арбитражный суд.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
-  <w:footnote w:id="90">
-    <w:p w14:paraId="1931FC2E" w14:textId="59EE317E" w:rsidR="00617035" w:rsidRPr="001026CE" w:rsidRDefault="00617035" w:rsidP="00C26408">
+  <w:footnote w:id="98">
+    <w:p w:rsidR="00617035" w:rsidRPr="001026CE" w:rsidRDefault="00617035" w:rsidP="00C26408">
       <w:pPr>
         <w:pStyle w:val="a9"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001026CE">
         <w:rPr>
           <w:rStyle w:val="af5"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="001026CE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
-        <w:t> Оборудование – любые устройства, обладающие функционалом по обработке информации (включая ввод, хранение, отображение, поиск, передачу, коммутацию, управление), которые могут быть подключены к СВТ Продавца по интерфейсам (включая беспроводные), предназначенным для передачи данных.</w:t>
+        <w:t> Подключение – действие, последствием которого является передача информации между оборудованием Покупателя и инфраструктурой или средствами вычислительной техники (далее – СВТ) Продавца.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
-  <w:footnote w:id="91">
-[...22 lines deleted...]
-    <w:p w14:paraId="6B2D1D2E" w14:textId="313FB977" w:rsidR="00617035" w:rsidRPr="001026CE" w:rsidRDefault="00617035">
+  <w:footnote w:id="99">
+    <w:p w:rsidR="00617035" w:rsidRPr="001026CE" w:rsidRDefault="00617035" w:rsidP="00C26408">
       <w:pPr>
         <w:pStyle w:val="a9"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001026CE">
         <w:rPr>
           <w:rStyle w:val="af5"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="001026CE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
-        <w:t> Приводится полное наименование органа, осуществляющего государственный кадастровый учет и государственную регистрацию прав.</w:t>
+        <w:t> Оборудование – любые устройства, обладающие функционалом по обработке информации (включая ввод, хранение, отображение, поиск, передачу, коммутацию, управление), которые могут быть подключены к СВТ Продавца по интерфейсам (включая беспроводные), предназначенным для передачи данных.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
-  <w:footnote w:id="93">
-    <w:p w14:paraId="3CC55ABB" w14:textId="74BAE305" w:rsidR="00617035" w:rsidRPr="001026CE" w:rsidRDefault="00617035">
+  <w:footnote w:id="100">
+    <w:p w:rsidR="00617035" w:rsidRPr="001026CE" w:rsidRDefault="00617035">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001026CE">
+        <w:rPr>
+          <w:rStyle w:val="af5"/>
+        </w:rPr>
+        <w:footnoteRef/>
+      </w:r>
+      <w:r w:rsidRPr="001026CE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t> Для договоров с физическими лицами слово «работников» удалить.</w:t>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:id="101">
+    <w:p w:rsidR="00617035" w:rsidRPr="001026CE" w:rsidRDefault="00617035">
       <w:pPr>
         <w:pStyle w:val="a9"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001026CE">
         <w:rPr>
           <w:rStyle w:val="af5"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="001026CE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
-        <w:t> Пункт Договора указывается в случае передачи недвижимого имущества вместе с движимым имуществом.</w:t>
+        <w:t> Приводится полное наименование органа, осуществляющего государственный кадастровый учет и государственную регистрацию прав.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
-  <w:footnote w:id="94">
-    <w:p w14:paraId="7A369CDC" w14:textId="40A41A06" w:rsidR="00617035" w:rsidRPr="001026CE" w:rsidRDefault="00617035" w:rsidP="00E11832">
+  <w:footnote w:id="102">
+    <w:p w:rsidR="00617035" w:rsidRPr="001026CE" w:rsidRDefault="00617035">
       <w:pPr>
         <w:pStyle w:val="a9"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001026CE">
         <w:rPr>
           <w:rStyle w:val="af5"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="001026CE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
-        <w:t> Указывается при необходимости в случае заключения договора купли-продажи недвижимого имущества с последующей арендой данного имущества (с обратной арендой).</w:t>
+        <w:t> Пункт Договора указывается в случае передачи недвижимого имущества вместе с движимым имуществом.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
-  <w:footnote w:id="95">
-    <w:p w14:paraId="1C2C9777" w14:textId="70695C1A" w:rsidR="00617035" w:rsidRPr="001026CE" w:rsidRDefault="00617035">
+  <w:footnote w:id="103">
+    <w:p w:rsidR="00617035" w:rsidRPr="001026CE" w:rsidRDefault="00617035" w:rsidP="00E11832">
       <w:pPr>
         <w:pStyle w:val="a9"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001026CE">
         <w:rPr>
           <w:rStyle w:val="af5"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="001026CE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
+        <w:t> Указывается при необходимости в случае заключения договора купли-продажи недвижимого имущества с последующей арендой данного имущества (с обратной арендой).</w:t>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:id="104">
+    <w:p w:rsidR="00617035" w:rsidRPr="001026CE" w:rsidRDefault="00617035">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001026CE">
+        <w:rPr>
+          <w:rStyle w:val="af5"/>
+        </w:rPr>
+        <w:footnoteRef/>
+      </w:r>
+      <w:r w:rsidRPr="001026CE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:t> Для Покупателя – индивидуального предпринимателя и Покупателя – физического лица указываются: фамилия, имя, отчество (полностью), дата и место рождения, адрес регистрации по месту жительства, а также пребывания (если отличается), адрес для направления письменной корреспонденции, паспортные данные (серия, номер, кем, когда выдан), № карточки страхования в ПФ, ИНН (при наличии), реквизиты счёта для расчётов по Договору, телефон, факс, e-</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="001026CE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>mail</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="001026CE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (при наличии), иные виды и способы связи, приводятся также сведения о его регистрации в этом качестве индивидуального предпринимателя, в т.ч. ОГРНИП.</w:t>
+        <w:t xml:space="preserve"> (при наличии), иные виды и способы связи, приводятся также сведения о его регистрации в этом качестве индивидуального предпринимателя, в </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001026CE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>т.ч</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001026CE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>. ОГРНИП.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
-  <w:footnote w:id="96">
-    <w:p w14:paraId="75BB674D" w14:textId="14FF5519" w:rsidR="00617035" w:rsidRPr="001026CE" w:rsidRDefault="00617035">
+  <w:footnote w:id="105">
+    <w:p w:rsidR="00617035" w:rsidRPr="001026CE" w:rsidRDefault="00617035">
       <w:pPr>
         <w:pStyle w:val="a9"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001026CE">
         <w:rPr>
           <w:rStyle w:val="af5"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="001026CE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t> Пункт указывается при необходимости.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
-  <w:footnote w:id="97">
-    <w:p w14:paraId="20BC1726" w14:textId="21D09E52" w:rsidR="00617035" w:rsidRPr="001026CE" w:rsidRDefault="00617035" w:rsidP="00E84FF6">
+  <w:footnote w:id="106">
+    <w:p w:rsidR="00617035" w:rsidRPr="001026CE" w:rsidRDefault="00617035" w:rsidP="00E84FF6">
       <w:pPr>
         <w:pStyle w:val="a9"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001026CE">
         <w:rPr>
           <w:rStyle w:val="af5"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="001026CE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t> Не указывается, если Покупателем является физическое лицо или юридическое лицо, индивидуальный предприниматель, которые ведут свою деятельность без печати.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
-  <w:footnote w:id="98">
-    <w:p w14:paraId="3176E238" w14:textId="2270591B" w:rsidR="00617035" w:rsidRPr="001026CE" w:rsidRDefault="00617035" w:rsidP="00A32147">
+  <w:footnote w:id="107">
+    <w:p w:rsidR="00617035" w:rsidRPr="001026CE" w:rsidRDefault="00617035" w:rsidP="00A32147">
       <w:pPr>
         <w:pStyle w:val="a9"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001026CE">
         <w:rPr>
           <w:rStyle w:val="af5"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="001026CE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t> Слова «с последующей арендой данного имущества (обратной арендой)» указываются при заключении договора купли-продажи недвижимого имущества с последующей арендой данного имущества (с обратной арендой).</w:t>
       </w:r>
     </w:p>
   </w:footnote>
-  <w:footnote w:id="99">
-    <w:p w14:paraId="38D151E4" w14:textId="4B171D0D" w:rsidR="00617035" w:rsidRPr="001026CE" w:rsidRDefault="00617035">
+  <w:footnote w:id="108">
+    <w:p w:rsidR="00617035" w:rsidRPr="001026CE" w:rsidRDefault="00617035">
       <w:pPr>
         <w:pStyle w:val="a9"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001026CE">
         <w:rPr>
           <w:rStyle w:val="af5"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="001026CE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t> Указывается должность, фамилия, имя, отчество представителя Продавца.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
-  <w:footnote w:id="100">
-    <w:p w14:paraId="513F5F9C" w14:textId="50C2570F" w:rsidR="00617035" w:rsidRPr="001026CE" w:rsidRDefault="00617035">
+  <w:footnote w:id="109">
+    <w:p w:rsidR="00617035" w:rsidRPr="001026CE" w:rsidRDefault="00617035">
       <w:pPr>
         <w:pStyle w:val="a9"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001026CE">
         <w:rPr>
           <w:rStyle w:val="af5"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="001026CE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t> Указывается наименование и реквизиты документа, на основании которого действует представитель Продавца.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
-  <w:footnote w:id="101">
-    <w:p w14:paraId="0743BDF7" w14:textId="4A92C466" w:rsidR="00617035" w:rsidRPr="001026CE" w:rsidRDefault="00617035">
+  <w:footnote w:id="110">
+    <w:p w:rsidR="00617035" w:rsidRPr="001026CE" w:rsidRDefault="00617035">
       <w:pPr>
         <w:pStyle w:val="a9"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001026CE">
         <w:rPr>
           <w:rStyle w:val="af5"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="001026CE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t> Указывается полное и сокращенное наименование Покупателя.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
-  <w:footnote w:id="102">
-    <w:p w14:paraId="4CDB5B7C" w14:textId="7B8550BF" w:rsidR="00617035" w:rsidRPr="001026CE" w:rsidRDefault="00617035" w:rsidP="00A32147">
+  <w:footnote w:id="111">
+    <w:p w:rsidR="00617035" w:rsidRPr="001026CE" w:rsidRDefault="00617035" w:rsidP="00A32147">
       <w:pPr>
         <w:pStyle w:val="a9"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001026CE">
         <w:rPr>
           <w:rStyle w:val="af5"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="001026CE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t> Указывается должность, фамилия, имя, отчество представителя Покупателя.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
-  <w:footnote w:id="103">
-    <w:p w14:paraId="16518B13" w14:textId="4477AB78" w:rsidR="00617035" w:rsidRPr="001026CE" w:rsidRDefault="00617035">
+  <w:footnote w:id="112">
+    <w:p w:rsidR="00617035" w:rsidRPr="001026CE" w:rsidRDefault="00617035">
       <w:pPr>
         <w:pStyle w:val="a9"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001026CE">
         <w:rPr>
           <w:rStyle w:val="af5"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="001026CE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t> Указывается наименование и реквизиты документа, на основании которого действует представитель Покупателя.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
-  <w:footnote w:id="104">
-    <w:p w14:paraId="51512860" w14:textId="3DF9ECA4" w:rsidR="00617035" w:rsidRPr="001026CE" w:rsidRDefault="00617035">
+  <w:footnote w:id="113">
+    <w:p w:rsidR="00617035" w:rsidRPr="001026CE" w:rsidRDefault="00617035">
       <w:pPr>
         <w:pStyle w:val="a9"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001026CE">
         <w:rPr>
           <w:rStyle w:val="af5"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="001026CE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t> Если Покупателем является физическое лицо, для него указываются: фамилия, имя, отчество (полностью). Если физическое лицо не имеет представителя, сведения о представителе не приводятся. Для индивидуального предпринимателя после ФИО указывается: «действующий в качестве индивидуального предпринимателя».</w:t>
       </w:r>
     </w:p>
   </w:footnote>
-  <w:footnote w:id="105">
-    <w:p w14:paraId="3186C7DD" w14:textId="37F82572" w:rsidR="00617035" w:rsidRPr="001026CE" w:rsidRDefault="00617035">
+  <w:footnote w:id="114">
+    <w:p w:rsidR="00617035" w:rsidRPr="001026CE" w:rsidRDefault="00617035">
       <w:pPr>
         <w:pStyle w:val="a9"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001026CE">
         <w:rPr>
           <w:rStyle w:val="af5"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="001026CE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t> Приводится описание недвижимого имущества и его характеристики (помещение / здание / сооружение / объект незавершенного строительства и др., количество этажей, площадь и др.) в соответствии с Единым государственным реестром недвижимости.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
-  <w:footnote w:id="106">
-    <w:p w14:paraId="1AAE2CB9" w14:textId="45C16666" w:rsidR="00617035" w:rsidRPr="001026CE" w:rsidRDefault="00617035">
+  <w:footnote w:id="115">
+    <w:p w:rsidR="00617035" w:rsidRPr="001026CE" w:rsidRDefault="00617035">
       <w:pPr>
         <w:pStyle w:val="a9"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001026CE">
         <w:rPr>
           <w:rStyle w:val="af5"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="001026CE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t> Указывается в соответствии с Единым государственным реестром недвижимости.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
-  <w:footnote w:id="107">
-    <w:p w14:paraId="26F67AF8" w14:textId="278224AF" w:rsidR="00617035" w:rsidRPr="001026CE" w:rsidRDefault="00617035">
+  <w:footnote w:id="116">
+    <w:p w:rsidR="00617035" w:rsidRPr="001026CE" w:rsidRDefault="00617035">
       <w:pPr>
         <w:pStyle w:val="a9"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001026CE">
         <w:rPr>
           <w:rStyle w:val="af5"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="001026CE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t> Указывается в соответствии с Единым государственным реестром недвижимости.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
-  <w:footnote w:id="108">
-    <w:p w14:paraId="58D833B0" w14:textId="46C607F1" w:rsidR="00617035" w:rsidRPr="001026CE" w:rsidRDefault="00617035">
+  <w:footnote w:id="117">
+    <w:p w:rsidR="00617035" w:rsidRPr="001026CE" w:rsidRDefault="00617035">
       <w:pPr>
         <w:pStyle w:val="a9"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001026CE">
         <w:rPr>
           <w:rStyle w:val="af5"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="001026CE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t> Указать наименование и реквизиты правоустанавливающих документов в соответствии со свидетельством о праве собственности или выпиской из Единого государственного реестра недвижимости.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
-  <w:footnote w:id="109">
-    <w:p w14:paraId="7943DE98" w14:textId="362B957F" w:rsidR="00617035" w:rsidRPr="001026CE" w:rsidRDefault="00617035">
+  <w:footnote w:id="118">
+    <w:p w:rsidR="00617035" w:rsidRPr="001026CE" w:rsidRDefault="00617035">
       <w:pPr>
         <w:pStyle w:val="a9"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001026CE">
         <w:rPr>
           <w:rStyle w:val="af5"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="001026CE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t> Указать наименование регистрационного органа, а также реквизиты свидетельства (серия, №, дата выдачи) или выписки из Единого государственного реестра недвижимости (№, дата выдачи).</w:t>
       </w:r>
     </w:p>
   </w:footnote>
-  <w:footnote w:id="110">
-    <w:p w14:paraId="3BBF707E" w14:textId="41130706" w:rsidR="00617035" w:rsidRPr="001026CE" w:rsidRDefault="00617035">
+  <w:footnote w:id="119">
+    <w:p w:rsidR="00617035" w:rsidRPr="001026CE" w:rsidRDefault="00617035">
       <w:pPr>
         <w:pStyle w:val="a9"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001026CE">
         <w:rPr>
           <w:rStyle w:val="af5"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="001026CE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t> Указать дату и номер регистрации права собственности в Едином государственном реестре недвижимости.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
-  <w:footnote w:id="111">
-    <w:p w14:paraId="3A4B749B" w14:textId="12013B83" w:rsidR="00617035" w:rsidRPr="001026CE" w:rsidRDefault="00617035">
+  <w:footnote w:id="120">
+    <w:p w:rsidR="00617035" w:rsidRPr="001026CE" w:rsidRDefault="00617035">
       <w:pPr>
         <w:pStyle w:val="a9"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001026CE">
         <w:rPr>
           <w:rStyle w:val="af5"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="001026CE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t> Пункт Договора указывается в случае, если земельный участок принадлежит ПАО</w:t>
       </w:r>
       <w:r w:rsidRPr="001026CE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="001026CE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>Сбербанк на праве собственности.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
-  <w:footnote w:id="112">
-    <w:p w14:paraId="7BC5282F" w14:textId="5454CB42" w:rsidR="00617035" w:rsidRPr="001026CE" w:rsidRDefault="00617035">
+  <w:footnote w:id="121">
+    <w:p w:rsidR="00617035" w:rsidRPr="001026CE" w:rsidRDefault="00617035">
       <w:pPr>
         <w:pStyle w:val="a9"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001026CE">
         <w:rPr>
           <w:rStyle w:val="af5"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="001026CE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t> Приводится имеющееся описание Земельного участка и его характеристики (площадь земельного участка, категория земель, разрешенное использование и целевое назначение, иные характеристики) в соответствии с Единым государственным реестром недвижимости.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
-  <w:footnote w:id="113">
-    <w:p w14:paraId="55A39706" w14:textId="5406856E" w:rsidR="00617035" w:rsidRPr="001026CE" w:rsidRDefault="00617035">
+  <w:footnote w:id="122">
+    <w:p w:rsidR="00617035" w:rsidRPr="001026CE" w:rsidRDefault="00617035">
       <w:pPr>
         <w:pStyle w:val="a9"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001026CE">
         <w:rPr>
           <w:rStyle w:val="af5"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="001026CE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t> Указывается в соответствии с Единым государственным реестром недвижимости.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
-  <w:footnote w:id="114">
-    <w:p w14:paraId="7FE59612" w14:textId="1939C0BA" w:rsidR="00617035" w:rsidRPr="001026CE" w:rsidRDefault="00617035">
+  <w:footnote w:id="123">
+    <w:p w:rsidR="00617035" w:rsidRPr="001026CE" w:rsidRDefault="00617035">
       <w:pPr>
         <w:pStyle w:val="a9"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001026CE">
         <w:rPr>
           <w:rStyle w:val="af5"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="001026CE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t> Указывается в соответствии с Единым государственным реестром недвижимости.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
-  <w:footnote w:id="115">
-    <w:p w14:paraId="25BB2907" w14:textId="57A36B66" w:rsidR="00617035" w:rsidRPr="001026CE" w:rsidRDefault="00617035">
+  <w:footnote w:id="124">
+    <w:p w:rsidR="00617035" w:rsidRPr="001026CE" w:rsidRDefault="00617035">
       <w:pPr>
         <w:pStyle w:val="a9"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001026CE">
         <w:rPr>
           <w:rStyle w:val="af5"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="001026CE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t> Указать наименование и реквизиты правоустанавливающих документов в соответствии со свидетельством о праве собственности или выпиской из Единого государственного реестра недвижимости.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
-  <w:footnote w:id="116">
-    <w:p w14:paraId="1821A805" w14:textId="335BFB00" w:rsidR="00617035" w:rsidRPr="001026CE" w:rsidRDefault="00617035">
+  <w:footnote w:id="125">
+    <w:p w:rsidR="00617035" w:rsidRPr="001026CE" w:rsidRDefault="00617035">
       <w:pPr>
         <w:pStyle w:val="a9"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001026CE">
         <w:rPr>
           <w:rStyle w:val="af5"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="001026CE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t> Указать наименование регистрационного органа, а также реквизиты свидетельства (серия, №, дата выдачи) или выписки из Единого государственного реестра недвижимости (№, дата выдачи).</w:t>
       </w:r>
     </w:p>
   </w:footnote>
-  <w:footnote w:id="117">
-    <w:p w14:paraId="5E377D50" w14:textId="6AB90BC2" w:rsidR="00617035" w:rsidRPr="001026CE" w:rsidRDefault="00617035">
+  <w:footnote w:id="126">
+    <w:p w:rsidR="00617035" w:rsidRPr="001026CE" w:rsidRDefault="00617035">
       <w:pPr>
         <w:pStyle w:val="a9"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001026CE">
         <w:rPr>
           <w:rStyle w:val="af5"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="001026CE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t> Указать дату и номер регистрации права собственности в Едином государственном реестре недвижимости.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
-  <w:footnote w:id="118">
-    <w:p w14:paraId="11CF5A6E" w14:textId="58050CBC" w:rsidR="00617035" w:rsidRPr="001026CE" w:rsidRDefault="00617035">
+  <w:footnote w:id="127">
+    <w:p w:rsidR="00617035" w:rsidRPr="001026CE" w:rsidRDefault="00617035">
       <w:pPr>
         <w:pStyle w:val="a9"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001026CE">
         <w:rPr>
           <w:rStyle w:val="af5"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="001026CE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t> В случае, если продаются несколько объектов недвижимого имущества, то перечисляются «</w:t>
       </w:r>
       <w:r w:rsidRPr="001026CE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
         </w:rPr>
         <w:t>Объект 1</w:t>
@@ -38393,304 +39017,304 @@
           <w:b/>
         </w:rPr>
         <w:t>Объекты</w:t>
       </w:r>
       <w:r w:rsidRPr="001026CE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>» и (или) «</w:t>
       </w:r>
       <w:r w:rsidRPr="001026CE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
         </w:rPr>
         <w:t>Земельные участки</w:t>
       </w:r>
       <w:r w:rsidRPr="001026CE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>»».</w:t>
       </w:r>
     </w:p>
   </w:footnote>
-  <w:footnote w:id="119">
-    <w:p w14:paraId="5ACCE4CF" w14:textId="54C65A6B" w:rsidR="00617035" w:rsidRPr="001026CE" w:rsidRDefault="00617035">
+  <w:footnote w:id="128">
+    <w:p w:rsidR="00617035" w:rsidRPr="001026CE" w:rsidRDefault="00617035">
       <w:pPr>
         <w:pStyle w:val="a9"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001026CE">
         <w:rPr>
           <w:rStyle w:val="af5"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="001026CE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t> Подробно (с соответствующими реквизитами) указать перечень передаваемых документов, принадлежностей.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
-  <w:footnote w:id="120">
-    <w:p w14:paraId="0172B18B" w14:textId="588797B5" w:rsidR="00617035" w:rsidRPr="001026CE" w:rsidRDefault="00617035">
+  <w:footnote w:id="129">
+    <w:p w:rsidR="00617035" w:rsidRPr="001026CE" w:rsidRDefault="00617035">
       <w:pPr>
         <w:pStyle w:val="a9"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001026CE">
         <w:rPr>
           <w:rStyle w:val="af5"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="001026CE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t> Указывается каждый индивидуальный прибор учета отдельно.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
-  <w:footnote w:id="121">
-    <w:p w14:paraId="2811DAE5" w14:textId="64D3D69D" w:rsidR="00617035" w:rsidRPr="001026CE" w:rsidRDefault="00617035">
+  <w:footnote w:id="130">
+    <w:p w:rsidR="00617035" w:rsidRPr="001026CE" w:rsidRDefault="00617035">
       <w:pPr>
         <w:pStyle w:val="a9"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001026CE">
         <w:rPr>
           <w:rStyle w:val="af5"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="001026CE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t> Если у двери Объекта несколько замков, то указывается по каждому замку.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
-  <w:footnote w:id="122">
-    <w:p w14:paraId="50073BEA" w14:textId="2DDD3966" w:rsidR="00617035" w:rsidRPr="001026CE" w:rsidRDefault="00617035">
+  <w:footnote w:id="131">
+    <w:p w:rsidR="00617035" w:rsidRPr="001026CE" w:rsidRDefault="00617035">
       <w:pPr>
         <w:pStyle w:val="a9"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001026CE">
         <w:rPr>
           <w:rStyle w:val="af5"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="001026CE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t> Если у Объекта несколько дверей, то указывается по каждой двери.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
-  <w:footnote w:id="123">
-    <w:p w14:paraId="4092523E" w14:textId="1AEFDB45" w:rsidR="00617035" w:rsidRPr="001026CE" w:rsidRDefault="00617035">
+  <w:footnote w:id="132">
+    <w:p w:rsidR="00617035" w:rsidRPr="001026CE" w:rsidRDefault="00617035">
       <w:pPr>
         <w:pStyle w:val="a9"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001026CE">
         <w:rPr>
           <w:rStyle w:val="af5"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="001026CE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t> Пункт указывается в случае, если передается движимое имущество.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
-  <w:footnote w:id="124">
-    <w:p w14:paraId="4869E898" w14:textId="77777777" w:rsidR="00617035" w:rsidRPr="001026CE" w:rsidRDefault="00617035">
+  <w:footnote w:id="133">
+    <w:p w:rsidR="00617035" w:rsidRPr="001026CE" w:rsidRDefault="00617035">
       <w:pPr>
         <w:pStyle w:val="a9"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001026CE">
         <w:rPr>
           <w:rStyle w:val="af5"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="001026CE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> Пункт указывается при необходимости.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
-  <w:footnote w:id="125">
-    <w:p w14:paraId="5DA24050" w14:textId="3D5BBCC1" w:rsidR="00617035" w:rsidRPr="001026CE" w:rsidRDefault="00617035" w:rsidP="00285845">
+  <w:footnote w:id="134">
+    <w:p w:rsidR="00617035" w:rsidRPr="001026CE" w:rsidRDefault="00617035" w:rsidP="00285845">
       <w:pPr>
         <w:pStyle w:val="a9"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001026CE">
         <w:rPr>
           <w:rStyle w:val="af5"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="001026CE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> Не указывается, если Покупателем является физическое лицо или юридическое лицо, индивидуальный предприниматель, которые ведут свою деятельность без печати.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
-  <w:footnote w:id="126">
-    <w:p w14:paraId="220CE16B" w14:textId="77777777" w:rsidR="00617035" w:rsidRPr="001026CE" w:rsidRDefault="00617035" w:rsidP="00285845">
+  <w:footnote w:id="135">
+    <w:p w:rsidR="00617035" w:rsidRPr="001026CE" w:rsidRDefault="00617035" w:rsidP="00285845">
       <w:pPr>
         <w:pStyle w:val="a9"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001026CE">
         <w:rPr>
           <w:rStyle w:val="af5"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="001026CE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> Пункт указывается при необходимости.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
-  <w:footnote w:id="127">
-    <w:p w14:paraId="6007C907" w14:textId="193D38F6" w:rsidR="00617035" w:rsidRPr="001026CE" w:rsidRDefault="00617035" w:rsidP="00285845">
+  <w:footnote w:id="136">
+    <w:p w:rsidR="00617035" w:rsidRPr="001026CE" w:rsidRDefault="00617035" w:rsidP="00285845">
       <w:pPr>
         <w:pStyle w:val="a9"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001026CE">
         <w:rPr>
           <w:rStyle w:val="af5"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="001026CE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> Не указывается, если Покупателем является физическое лицо или юридическое лицо, индивидуальный предприниматель, которые ведут свою деятельность без печати.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
-  <w:footnote w:id="128">
-    <w:p w14:paraId="6330834F" w14:textId="7EBB980A" w:rsidR="00617035" w:rsidRPr="001026CE" w:rsidRDefault="00617035" w:rsidP="00A32147">
+  <w:footnote w:id="137">
+    <w:p w:rsidR="00617035" w:rsidRPr="001026CE" w:rsidRDefault="00617035" w:rsidP="00A32147">
       <w:pPr>
         <w:pStyle w:val="a9"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001026CE">
         <w:rPr>
           <w:rStyle w:val="af5"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="001026CE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t> Если применимо.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
-  <w:footnote w:id="129">
-    <w:p w14:paraId="572A6BCD" w14:textId="7DC4BDC0" w:rsidR="00617035" w:rsidRPr="001026CE" w:rsidRDefault="00617035">
+  <w:footnote w:id="138">
+    <w:p w:rsidR="00617035" w:rsidRPr="001026CE" w:rsidRDefault="00617035">
       <w:pPr>
         <w:pStyle w:val="HTML"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001026CE">
         <w:rPr>
           <w:rStyle w:val="af5"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="001026CE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t> Если иное не следует из других положений Договора, термин «конфликт интересов» понимается в значении, определенном в статье 10 Федерального закона от 25.12.2008 № 273-ФЗ «О противодействии коррупции».</w:t>
       </w:r>
     </w:p>
   </w:footnote>
-  <w:footnote w:id="130">
-    <w:p w14:paraId="11768C37" w14:textId="53C936A5" w:rsidR="00617035" w:rsidRPr="001026CE" w:rsidRDefault="00617035">
+  <w:footnote w:id="139">
+    <w:p w:rsidR="00617035" w:rsidRPr="001026CE" w:rsidRDefault="00617035">
       <w:pPr>
         <w:pStyle w:val="a9"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001026CE">
         <w:rPr>
           <w:rStyle w:val="af5"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="001026CE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t> Уведомление ПАО</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
@@ -38728,363 +39352,363 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="001026CE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>ПАО</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="001026CE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>Сбербанк.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
-  <w:footnote w:id="131">
-    <w:p w14:paraId="0BEDCD4F" w14:textId="2F6C4F14" w:rsidR="00617035" w:rsidRPr="001026CE" w:rsidRDefault="00617035" w:rsidP="00A32147">
+  <w:footnote w:id="140">
+    <w:p w:rsidR="00617035" w:rsidRPr="001026CE" w:rsidRDefault="00617035" w:rsidP="00A32147">
       <w:pPr>
         <w:pStyle w:val="a9"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001026CE">
         <w:rPr>
           <w:rStyle w:val="af5"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="001026CE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t> Номер (при наличии), дата и заголовок (при наличии).</w:t>
       </w:r>
     </w:p>
   </w:footnote>
-  <w:footnote w:id="132">
-    <w:p w14:paraId="3CEA136F" w14:textId="69227686" w:rsidR="00617035" w:rsidRPr="001026CE" w:rsidRDefault="00617035">
+  <w:footnote w:id="141">
+    <w:p w:rsidR="00617035" w:rsidRPr="001026CE" w:rsidRDefault="00617035">
       <w:pPr>
         <w:pStyle w:val="a9"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001026CE">
         <w:rPr>
           <w:rStyle w:val="af5"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="001026CE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> К ним относятся показания участников и очевидцев событий, письменные документы, переписка посредством электронной почты, </w:t>
       </w:r>
       <w:r w:rsidRPr="001026CE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>sms</w:t>
       </w:r>
       <w:r w:rsidRPr="001026CE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> и мессенджеров, аудио- и видеозаписи и т.п.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
-  <w:footnote w:id="133">
-    <w:p w14:paraId="7AF86AF4" w14:textId="6A29DEB9" w:rsidR="00617035" w:rsidRPr="001026CE" w:rsidRDefault="00617035">
+  <w:footnote w:id="142">
+    <w:p w:rsidR="00617035" w:rsidRPr="001026CE" w:rsidRDefault="00617035">
       <w:pPr>
         <w:pStyle w:val="a9"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001026CE">
         <w:rPr>
           <w:rStyle w:val="af5"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="001026CE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t> По требованию контрагента срок может быть скорректирован в сторону увеличения (максимально до 30 календарных дней).</w:t>
       </w:r>
     </w:p>
   </w:footnote>
-  <w:footnote w:id="134">
-    <w:p w14:paraId="272C067B" w14:textId="63525C8F" w:rsidR="00617035" w:rsidRPr="001026CE" w:rsidRDefault="00617035">
+  <w:footnote w:id="143">
+    <w:p w:rsidR="00617035" w:rsidRPr="001026CE" w:rsidRDefault="00617035">
       <w:pPr>
         <w:pStyle w:val="a9"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001026CE">
         <w:rPr>
           <w:rStyle w:val="af5"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="001026CE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t> Пункт указывается при необходимости.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
-  <w:footnote w:id="135">
-    <w:p w14:paraId="432C81B5" w14:textId="62D7C2D3" w:rsidR="00617035" w:rsidRPr="001026CE" w:rsidRDefault="00617035" w:rsidP="00285845">
+  <w:footnote w:id="144">
+    <w:p w:rsidR="00617035" w:rsidRPr="001026CE" w:rsidRDefault="00617035" w:rsidP="00285845">
       <w:pPr>
         <w:pStyle w:val="a9"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001026CE">
         <w:rPr>
           <w:rStyle w:val="af5"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="001026CE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t> Не указывается, если Покупателем является физическое лицо или юридическое лицо, индивидуальный предприниматель, которые ведут свою деятельность без печати.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
-  <w:footnote w:id="136">
-    <w:p w14:paraId="5F016FA1" w14:textId="69B5D5BB" w:rsidR="00617035" w:rsidRPr="001026CE" w:rsidRDefault="00617035">
+  <w:footnote w:id="145">
+    <w:p w:rsidR="00617035" w:rsidRPr="001026CE" w:rsidRDefault="00617035">
       <w:pPr>
         <w:pStyle w:val="a9"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001026CE">
         <w:rPr>
           <w:rStyle w:val="af5"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="001026CE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t> Приложение № 3 к Договору указывается в случае передачи недвижимого имущества вместе с движимым имуществом.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
-  <w:footnote w:id="137">
-    <w:p w14:paraId="55245040" w14:textId="7FD54377" w:rsidR="00617035" w:rsidRPr="001026CE" w:rsidRDefault="00617035">
+  <w:footnote w:id="146">
+    <w:p w:rsidR="00617035" w:rsidRPr="001026CE" w:rsidRDefault="00617035">
       <w:pPr>
         <w:pStyle w:val="a9"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001026CE">
         <w:rPr>
           <w:rStyle w:val="af5"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="001026CE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t> Указать наименование движимого имущества в соответствии с инвентарной карточкой учета объекта основного средства и его отличительные характеристики (марка, сорт, модель, цвет, идентификационных, заводской, серийный номер, размер, год изготовления и т.п.).</w:t>
       </w:r>
     </w:p>
   </w:footnote>
-  <w:footnote w:id="138">
-    <w:p w14:paraId="6D277C24" w14:textId="338A38F2" w:rsidR="00617035" w:rsidRPr="001026CE" w:rsidRDefault="00617035">
+  <w:footnote w:id="147">
+    <w:p w:rsidR="00617035" w:rsidRPr="001026CE" w:rsidRDefault="00617035">
       <w:pPr>
         <w:pStyle w:val="a9"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001026CE">
         <w:rPr>
           <w:rStyle w:val="af5"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="001026CE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t> Указать инвентарный номер в соответствии с инвентарной карточкой учета объекта основного средства.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
-  <w:footnote w:id="139">
-    <w:p w14:paraId="1ED26991" w14:textId="58B77A8C" w:rsidR="00617035" w:rsidRPr="001026CE" w:rsidRDefault="00617035">
+  <w:footnote w:id="148">
+    <w:p w:rsidR="00617035" w:rsidRPr="001026CE" w:rsidRDefault="00617035">
       <w:pPr>
         <w:pStyle w:val="a9"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001026CE">
         <w:rPr>
           <w:rStyle w:val="af5"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="001026CE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t> Пункт указывается при необходимости.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
-  <w:footnote w:id="140">
-    <w:p w14:paraId="420981B9" w14:textId="3B040C44" w:rsidR="00617035" w:rsidRPr="001026CE" w:rsidRDefault="00617035" w:rsidP="000732E3">
+  <w:footnote w:id="149">
+    <w:p w:rsidR="00617035" w:rsidRPr="001026CE" w:rsidRDefault="00617035" w:rsidP="000732E3">
       <w:pPr>
         <w:pStyle w:val="a9"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001026CE">
         <w:rPr>
           <w:rStyle w:val="af5"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="001026CE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t> Не указывается, если Покупателем является физическое лицо или юридическое лицо, индивидуальный предприниматель, которые ведут свою деятельность без печати.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
-  <w:footnote w:id="141">
-    <w:p w14:paraId="09289627" w14:textId="11E53683" w:rsidR="00617035" w:rsidRPr="001026CE" w:rsidRDefault="00617035" w:rsidP="00A32147">
+  <w:footnote w:id="150">
+    <w:p w:rsidR="00617035" w:rsidRPr="001026CE" w:rsidRDefault="00617035" w:rsidP="00A32147">
       <w:pPr>
         <w:pStyle w:val="a9"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001026CE">
         <w:rPr>
           <w:rStyle w:val="af5"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="001026CE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> Приложение приводится при необходимости в случае заключения договора купли-продажи недвижимого имущества с последующей арендой данного имущества (обратной арендой). </w:t>
       </w:r>
     </w:p>
   </w:footnote>
-  <w:footnote w:id="142">
-    <w:p w14:paraId="75150BAA" w14:textId="2168F76A" w:rsidR="00617035" w:rsidRPr="001300A3" w:rsidRDefault="00617035">
+  <w:footnote w:id="151">
+    <w:p w:rsidR="00617035" w:rsidRPr="001300A3" w:rsidRDefault="00617035">
       <w:pPr>
         <w:pStyle w:val="a9"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001026CE">
         <w:rPr>
           <w:rStyle w:val="af5"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="001026CE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t> План должен отражать текущую и проектируемую планировку Объекта.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
-  <w:footnote w:id="143">
-    <w:p w14:paraId="436D6D1F" w14:textId="52E85D59" w:rsidR="00617035" w:rsidRPr="001026CE" w:rsidRDefault="00617035">
+  <w:footnote w:id="152">
+    <w:p w:rsidR="00617035" w:rsidRPr="001026CE" w:rsidRDefault="00617035">
       <w:pPr>
         <w:pStyle w:val="a9"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001026CE">
         <w:rPr>
           <w:rStyle w:val="af5"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="001026CE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t> Пункт указывается при необходимости.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
-  <w:footnote w:id="144">
-    <w:p w14:paraId="174A1262" w14:textId="3751EFE1" w:rsidR="00617035" w:rsidRPr="001026CE" w:rsidRDefault="00617035" w:rsidP="000732E3">
+  <w:footnote w:id="153">
+    <w:p w:rsidR="00617035" w:rsidRPr="001026CE" w:rsidRDefault="00617035" w:rsidP="000732E3">
       <w:pPr>
         <w:pStyle w:val="a9"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001026CE">
         <w:rPr>
           <w:rStyle w:val="af5"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="001026CE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> Не указывается, если Покупателем является физическое лицо или юридическое лицо, индивидуальный предприниматель, которые </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">вправе осуществлять </w:t>
       </w:r>
@@ -44583,52 +45207,53 @@
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="47">
     <w:abstractNumId w:val="24"/>
   </w:num>
   <w:num w:numId="48">
     <w:abstractNumId w:val="22"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
-  <w:zoom w:percent="99"/>
+  <w:zoom w:percent="90"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:trackRevisions/>
   <w:doNotTrackFormatting/>
   <w:documentProtection w:edit="comments" w:enforcement="1"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2049"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
@@ -44755,50 +45380,51 @@
     <w:rsid w:val="0017491A"/>
     <w:rsid w:val="001822F4"/>
     <w:rsid w:val="001837E4"/>
     <w:rsid w:val="001847D0"/>
     <w:rsid w:val="001854E3"/>
     <w:rsid w:val="001858C0"/>
     <w:rsid w:val="00187077"/>
     <w:rsid w:val="00187CE1"/>
     <w:rsid w:val="00190CA3"/>
     <w:rsid w:val="00192CE2"/>
     <w:rsid w:val="001A2958"/>
     <w:rsid w:val="001B20ED"/>
     <w:rsid w:val="001B2A23"/>
     <w:rsid w:val="001B3B87"/>
     <w:rsid w:val="001B3F24"/>
     <w:rsid w:val="001C1F47"/>
     <w:rsid w:val="001C23F5"/>
     <w:rsid w:val="001C265A"/>
     <w:rsid w:val="001C33EF"/>
     <w:rsid w:val="001C42B5"/>
     <w:rsid w:val="001C4672"/>
     <w:rsid w:val="001C4C70"/>
     <w:rsid w:val="001C79CE"/>
     <w:rsid w:val="001D07A4"/>
     <w:rsid w:val="001D15C4"/>
+    <w:rsid w:val="001D5A8D"/>
     <w:rsid w:val="001D78B9"/>
     <w:rsid w:val="001D7DA5"/>
     <w:rsid w:val="001E5905"/>
     <w:rsid w:val="001E6F00"/>
     <w:rsid w:val="001F2A31"/>
     <w:rsid w:val="001F4858"/>
     <w:rsid w:val="001F6BDB"/>
     <w:rsid w:val="00200008"/>
     <w:rsid w:val="002004DE"/>
     <w:rsid w:val="002140E5"/>
     <w:rsid w:val="00215D18"/>
     <w:rsid w:val="00217E4E"/>
     <w:rsid w:val="00220FD4"/>
     <w:rsid w:val="00220FF7"/>
     <w:rsid w:val="00221B74"/>
     <w:rsid w:val="0022343E"/>
     <w:rsid w:val="002234B5"/>
     <w:rsid w:val="0022380E"/>
     <w:rsid w:val="00223C87"/>
     <w:rsid w:val="002262B5"/>
     <w:rsid w:val="00231E7A"/>
     <w:rsid w:val="0023216D"/>
     <w:rsid w:val="002405B1"/>
     <w:rsid w:val="00243037"/>
     <w:rsid w:val="002466AB"/>
@@ -44917,50 +45543,51 @@
     <w:rsid w:val="003E55A8"/>
     <w:rsid w:val="003E5FBE"/>
     <w:rsid w:val="003E6A42"/>
     <w:rsid w:val="003E707A"/>
     <w:rsid w:val="003E767D"/>
     <w:rsid w:val="003E7747"/>
     <w:rsid w:val="003E78C8"/>
     <w:rsid w:val="003F0041"/>
     <w:rsid w:val="003F1CCF"/>
     <w:rsid w:val="003F25B4"/>
     <w:rsid w:val="003F5690"/>
     <w:rsid w:val="003F6425"/>
     <w:rsid w:val="003F7F07"/>
     <w:rsid w:val="0040261B"/>
     <w:rsid w:val="0040279E"/>
     <w:rsid w:val="004029C5"/>
     <w:rsid w:val="004037AB"/>
     <w:rsid w:val="0040470E"/>
     <w:rsid w:val="00405DC6"/>
     <w:rsid w:val="00406126"/>
     <w:rsid w:val="00406EEE"/>
     <w:rsid w:val="004155A0"/>
     <w:rsid w:val="00416AEC"/>
     <w:rsid w:val="00417422"/>
     <w:rsid w:val="00420395"/>
+    <w:rsid w:val="0042064A"/>
     <w:rsid w:val="00421C28"/>
     <w:rsid w:val="00421DC7"/>
     <w:rsid w:val="00421F4D"/>
     <w:rsid w:val="004232E3"/>
     <w:rsid w:val="00425FB3"/>
     <w:rsid w:val="00427DD8"/>
     <w:rsid w:val="00427E6E"/>
     <w:rsid w:val="00430605"/>
     <w:rsid w:val="004325DD"/>
     <w:rsid w:val="0043397A"/>
     <w:rsid w:val="00433A71"/>
     <w:rsid w:val="00433A95"/>
     <w:rsid w:val="00434153"/>
     <w:rsid w:val="0043430C"/>
     <w:rsid w:val="00440F52"/>
     <w:rsid w:val="004414E4"/>
     <w:rsid w:val="00443EC9"/>
     <w:rsid w:val="004440E4"/>
     <w:rsid w:val="00447B65"/>
     <w:rsid w:val="00451AA7"/>
     <w:rsid w:val="00451F9F"/>
     <w:rsid w:val="00452E39"/>
     <w:rsid w:val="004547C1"/>
     <w:rsid w:val="00457382"/>
     <w:rsid w:val="004576D6"/>
@@ -45159,50 +45786,51 @@
     <w:rsid w:val="006A3837"/>
     <w:rsid w:val="006A512E"/>
     <w:rsid w:val="006A5D23"/>
     <w:rsid w:val="006B11E1"/>
     <w:rsid w:val="006B208A"/>
     <w:rsid w:val="006B23A9"/>
     <w:rsid w:val="006B6677"/>
     <w:rsid w:val="006B678E"/>
     <w:rsid w:val="006B73E2"/>
     <w:rsid w:val="006B7F5C"/>
     <w:rsid w:val="006C093B"/>
     <w:rsid w:val="006C7597"/>
     <w:rsid w:val="006D1764"/>
     <w:rsid w:val="006D53A8"/>
     <w:rsid w:val="006E224A"/>
     <w:rsid w:val="006F112A"/>
     <w:rsid w:val="006F171A"/>
     <w:rsid w:val="006F1A31"/>
     <w:rsid w:val="006F45F1"/>
     <w:rsid w:val="006F4A56"/>
     <w:rsid w:val="006F68FA"/>
     <w:rsid w:val="006F6A15"/>
     <w:rsid w:val="00700920"/>
     <w:rsid w:val="00704D5B"/>
     <w:rsid w:val="00707752"/>
+    <w:rsid w:val="00711087"/>
     <w:rsid w:val="00714C7B"/>
     <w:rsid w:val="00717937"/>
     <w:rsid w:val="00717DCC"/>
     <w:rsid w:val="00720C66"/>
     <w:rsid w:val="0072267E"/>
     <w:rsid w:val="00722C12"/>
     <w:rsid w:val="0072668B"/>
     <w:rsid w:val="00730EC5"/>
     <w:rsid w:val="007339DF"/>
     <w:rsid w:val="00734632"/>
     <w:rsid w:val="00734B29"/>
     <w:rsid w:val="00735556"/>
     <w:rsid w:val="00735DCF"/>
     <w:rsid w:val="00743178"/>
     <w:rsid w:val="00744504"/>
     <w:rsid w:val="00744946"/>
     <w:rsid w:val="007475AF"/>
     <w:rsid w:val="0075067A"/>
     <w:rsid w:val="0075443E"/>
     <w:rsid w:val="00754B28"/>
     <w:rsid w:val="00755A65"/>
     <w:rsid w:val="007743BF"/>
     <w:rsid w:val="00776D68"/>
     <w:rsid w:val="00777FD7"/>
     <w:rsid w:val="00780340"/>
@@ -45287,67 +45915,70 @@
     <w:rsid w:val="00884B2D"/>
     <w:rsid w:val="0088757E"/>
     <w:rsid w:val="00891058"/>
     <w:rsid w:val="00891251"/>
     <w:rsid w:val="00893BF9"/>
     <w:rsid w:val="00894CF8"/>
     <w:rsid w:val="00896788"/>
     <w:rsid w:val="00896D93"/>
     <w:rsid w:val="008A0F1C"/>
     <w:rsid w:val="008A0F74"/>
     <w:rsid w:val="008A3300"/>
     <w:rsid w:val="008A3456"/>
     <w:rsid w:val="008A6558"/>
     <w:rsid w:val="008B06FF"/>
     <w:rsid w:val="008B34B8"/>
     <w:rsid w:val="008B4747"/>
     <w:rsid w:val="008B51D4"/>
     <w:rsid w:val="008B6C0D"/>
     <w:rsid w:val="008B75B2"/>
     <w:rsid w:val="008B7E0B"/>
     <w:rsid w:val="008C0E49"/>
     <w:rsid w:val="008C3197"/>
     <w:rsid w:val="008C7DF9"/>
     <w:rsid w:val="008C7EC8"/>
     <w:rsid w:val="008D0317"/>
+    <w:rsid w:val="008D234B"/>
     <w:rsid w:val="008D2B61"/>
     <w:rsid w:val="008D53C3"/>
     <w:rsid w:val="008D77B6"/>
     <w:rsid w:val="008E06F8"/>
+    <w:rsid w:val="008E3755"/>
     <w:rsid w:val="008E393B"/>
     <w:rsid w:val="008E3F7E"/>
     <w:rsid w:val="008F0DEB"/>
     <w:rsid w:val="008F4423"/>
     <w:rsid w:val="008F45C8"/>
     <w:rsid w:val="008F4F07"/>
     <w:rsid w:val="00902CD7"/>
     <w:rsid w:val="009032EE"/>
     <w:rsid w:val="009041CA"/>
     <w:rsid w:val="009068A8"/>
     <w:rsid w:val="00906B37"/>
     <w:rsid w:val="00913692"/>
     <w:rsid w:val="00914D5D"/>
+    <w:rsid w:val="009177A3"/>
     <w:rsid w:val="00921363"/>
     <w:rsid w:val="0092356F"/>
     <w:rsid w:val="009247A7"/>
     <w:rsid w:val="009253FF"/>
     <w:rsid w:val="00930A8B"/>
     <w:rsid w:val="009330F6"/>
     <w:rsid w:val="00934AF6"/>
     <w:rsid w:val="0094633C"/>
     <w:rsid w:val="00952155"/>
     <w:rsid w:val="009605AA"/>
     <w:rsid w:val="0096149E"/>
     <w:rsid w:val="009616CD"/>
     <w:rsid w:val="00965A7E"/>
     <w:rsid w:val="00967390"/>
     <w:rsid w:val="00970307"/>
     <w:rsid w:val="00970EF5"/>
     <w:rsid w:val="00983675"/>
     <w:rsid w:val="0098574E"/>
     <w:rsid w:val="00990399"/>
     <w:rsid w:val="00991FD6"/>
     <w:rsid w:val="00993CD4"/>
     <w:rsid w:val="00995D1B"/>
     <w:rsid w:val="009A0DC6"/>
     <w:rsid w:val="009A1DA8"/>
     <w:rsid w:val="009A2E9D"/>
@@ -45521,50 +46152,51 @@
     <w:rsid w:val="00BF53FF"/>
     <w:rsid w:val="00BF618D"/>
     <w:rsid w:val="00BF6A4A"/>
     <w:rsid w:val="00BF770C"/>
     <w:rsid w:val="00BF7829"/>
     <w:rsid w:val="00C0393C"/>
     <w:rsid w:val="00C16DCE"/>
     <w:rsid w:val="00C179C0"/>
     <w:rsid w:val="00C202D0"/>
     <w:rsid w:val="00C2253E"/>
     <w:rsid w:val="00C22D80"/>
     <w:rsid w:val="00C25E4A"/>
     <w:rsid w:val="00C26408"/>
     <w:rsid w:val="00C30690"/>
     <w:rsid w:val="00C30D70"/>
     <w:rsid w:val="00C313B2"/>
     <w:rsid w:val="00C33FE8"/>
     <w:rsid w:val="00C34A64"/>
     <w:rsid w:val="00C3647C"/>
     <w:rsid w:val="00C40295"/>
     <w:rsid w:val="00C43CA6"/>
     <w:rsid w:val="00C53201"/>
     <w:rsid w:val="00C543ED"/>
     <w:rsid w:val="00C5555E"/>
     <w:rsid w:val="00C631C3"/>
+    <w:rsid w:val="00C63D24"/>
     <w:rsid w:val="00C65993"/>
     <w:rsid w:val="00C713ED"/>
     <w:rsid w:val="00C75E26"/>
     <w:rsid w:val="00C76E36"/>
     <w:rsid w:val="00C80582"/>
     <w:rsid w:val="00C80F7E"/>
     <w:rsid w:val="00C822BD"/>
     <w:rsid w:val="00C87A48"/>
     <w:rsid w:val="00C9094C"/>
     <w:rsid w:val="00C90C05"/>
     <w:rsid w:val="00C91293"/>
     <w:rsid w:val="00C9184A"/>
     <w:rsid w:val="00C953CC"/>
     <w:rsid w:val="00CA1E68"/>
     <w:rsid w:val="00CA24DE"/>
     <w:rsid w:val="00CA3D64"/>
     <w:rsid w:val="00CA49E8"/>
     <w:rsid w:val="00CA6868"/>
     <w:rsid w:val="00CB051C"/>
     <w:rsid w:val="00CB22A3"/>
     <w:rsid w:val="00CB461B"/>
     <w:rsid w:val="00CB4713"/>
     <w:rsid w:val="00CB5BC2"/>
     <w:rsid w:val="00CB5D8F"/>
     <w:rsid w:val="00CB701F"/>
@@ -45592,51 +46224,50 @@
     <w:rsid w:val="00CE7095"/>
     <w:rsid w:val="00CE7D90"/>
     <w:rsid w:val="00CF1566"/>
     <w:rsid w:val="00CF1D2D"/>
     <w:rsid w:val="00CF2289"/>
     <w:rsid w:val="00CF2869"/>
     <w:rsid w:val="00CF3870"/>
     <w:rsid w:val="00CF4D30"/>
     <w:rsid w:val="00D00329"/>
     <w:rsid w:val="00D00D8C"/>
     <w:rsid w:val="00D045DC"/>
     <w:rsid w:val="00D0576C"/>
     <w:rsid w:val="00D05AA9"/>
     <w:rsid w:val="00D063F5"/>
     <w:rsid w:val="00D07159"/>
     <w:rsid w:val="00D075E0"/>
     <w:rsid w:val="00D11755"/>
     <w:rsid w:val="00D120A0"/>
     <w:rsid w:val="00D21AFE"/>
     <w:rsid w:val="00D21ECC"/>
     <w:rsid w:val="00D2309C"/>
     <w:rsid w:val="00D24BE6"/>
     <w:rsid w:val="00D25C8D"/>
     <w:rsid w:val="00D25E28"/>
     <w:rsid w:val="00D25E7A"/>
-    <w:rsid w:val="00D26AA2"/>
     <w:rsid w:val="00D2740C"/>
     <w:rsid w:val="00D27D90"/>
     <w:rsid w:val="00D31222"/>
     <w:rsid w:val="00D324E5"/>
     <w:rsid w:val="00D32EFC"/>
     <w:rsid w:val="00D352D8"/>
     <w:rsid w:val="00D3596F"/>
     <w:rsid w:val="00D3697A"/>
     <w:rsid w:val="00D403D7"/>
     <w:rsid w:val="00D41664"/>
     <w:rsid w:val="00D46496"/>
     <w:rsid w:val="00D5203B"/>
     <w:rsid w:val="00D535D7"/>
     <w:rsid w:val="00D56086"/>
     <w:rsid w:val="00D6012E"/>
     <w:rsid w:val="00D602A2"/>
     <w:rsid w:val="00D60433"/>
     <w:rsid w:val="00D62200"/>
     <w:rsid w:val="00D62BBE"/>
     <w:rsid w:val="00D63E74"/>
     <w:rsid w:val="00D644F0"/>
     <w:rsid w:val="00D66694"/>
     <w:rsid w:val="00D67E51"/>
     <w:rsid w:val="00D705ED"/>
     <w:rsid w:val="00D728AF"/>
@@ -45737,50 +46368,51 @@
     <w:rsid w:val="00E42900"/>
     <w:rsid w:val="00E43518"/>
     <w:rsid w:val="00E447C2"/>
     <w:rsid w:val="00E450F0"/>
     <w:rsid w:val="00E4511D"/>
     <w:rsid w:val="00E45172"/>
     <w:rsid w:val="00E4596F"/>
     <w:rsid w:val="00E4779E"/>
     <w:rsid w:val="00E50141"/>
     <w:rsid w:val="00E53AA9"/>
     <w:rsid w:val="00E54F47"/>
     <w:rsid w:val="00E5565F"/>
     <w:rsid w:val="00E57824"/>
     <w:rsid w:val="00E578F6"/>
     <w:rsid w:val="00E61829"/>
     <w:rsid w:val="00E61923"/>
     <w:rsid w:val="00E65F9E"/>
     <w:rsid w:val="00E70911"/>
     <w:rsid w:val="00E718D2"/>
     <w:rsid w:val="00E72199"/>
     <w:rsid w:val="00E72416"/>
     <w:rsid w:val="00E72D87"/>
     <w:rsid w:val="00E730EE"/>
     <w:rsid w:val="00E746D8"/>
     <w:rsid w:val="00E75173"/>
+    <w:rsid w:val="00E752A9"/>
     <w:rsid w:val="00E75F26"/>
     <w:rsid w:val="00E76172"/>
     <w:rsid w:val="00E80717"/>
     <w:rsid w:val="00E81A80"/>
     <w:rsid w:val="00E84FF6"/>
     <w:rsid w:val="00E86FB4"/>
     <w:rsid w:val="00E90414"/>
     <w:rsid w:val="00E92C6D"/>
     <w:rsid w:val="00E95D43"/>
     <w:rsid w:val="00E96B05"/>
     <w:rsid w:val="00E975CF"/>
     <w:rsid w:val="00EA077F"/>
     <w:rsid w:val="00EA6B21"/>
     <w:rsid w:val="00EA730F"/>
     <w:rsid w:val="00EA7C4C"/>
     <w:rsid w:val="00EB2552"/>
     <w:rsid w:val="00EB3B84"/>
     <w:rsid w:val="00EB63F7"/>
     <w:rsid w:val="00EB6D77"/>
     <w:rsid w:val="00EB6D99"/>
     <w:rsid w:val="00EC1894"/>
     <w:rsid w:val="00EC1B0F"/>
     <w:rsid w:val="00EC36EF"/>
     <w:rsid w:val="00EC5245"/>
     <w:rsid w:val="00EC5594"/>
@@ -45816,55 +46448,55 @@
     <w:rsid w:val="00F11B38"/>
     <w:rsid w:val="00F12C9F"/>
     <w:rsid w:val="00F13B41"/>
     <w:rsid w:val="00F2273F"/>
     <w:rsid w:val="00F23CF2"/>
     <w:rsid w:val="00F241D8"/>
     <w:rsid w:val="00F24AB8"/>
     <w:rsid w:val="00F27196"/>
     <w:rsid w:val="00F300C4"/>
     <w:rsid w:val="00F35AF0"/>
     <w:rsid w:val="00F35B16"/>
     <w:rsid w:val="00F37C0B"/>
     <w:rsid w:val="00F37F0B"/>
     <w:rsid w:val="00F42450"/>
     <w:rsid w:val="00F43974"/>
     <w:rsid w:val="00F502AA"/>
     <w:rsid w:val="00F533BB"/>
     <w:rsid w:val="00F54E9B"/>
     <w:rsid w:val="00F561AF"/>
     <w:rsid w:val="00F57988"/>
     <w:rsid w:val="00F6229E"/>
     <w:rsid w:val="00F651ED"/>
     <w:rsid w:val="00F65BBB"/>
     <w:rsid w:val="00F660DE"/>
     <w:rsid w:val="00F70B20"/>
+    <w:rsid w:val="00F739E0"/>
     <w:rsid w:val="00F73FB3"/>
     <w:rsid w:val="00F75071"/>
     <w:rsid w:val="00F769CA"/>
     <w:rsid w:val="00F81CAD"/>
-    <w:rsid w:val="00F821CD"/>
     <w:rsid w:val="00F835AD"/>
     <w:rsid w:val="00F83B52"/>
     <w:rsid w:val="00F84617"/>
     <w:rsid w:val="00F902A4"/>
     <w:rsid w:val="00F90D5F"/>
     <w:rsid w:val="00F91805"/>
     <w:rsid w:val="00F9189F"/>
     <w:rsid w:val="00F91ABD"/>
     <w:rsid w:val="00F91E30"/>
     <w:rsid w:val="00F921F5"/>
     <w:rsid w:val="00F92624"/>
     <w:rsid w:val="00FA4F7F"/>
     <w:rsid w:val="00FA56E6"/>
     <w:rsid w:val="00FA57E5"/>
     <w:rsid w:val="00FA624B"/>
     <w:rsid w:val="00FB0428"/>
     <w:rsid w:val="00FB4D3B"/>
     <w:rsid w:val="00FB6800"/>
     <w:rsid w:val="00FB6CF6"/>
     <w:rsid w:val="00FC254C"/>
     <w:rsid w:val="00FC27D4"/>
     <w:rsid w:val="00FC4503"/>
     <w:rsid w:val="00FC7D86"/>
     <w:rsid w:val="00FD381A"/>
     <w:rsid w:val="00FD3FE0"/>
@@ -45884,51 +46516,50 @@
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2049"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="4DBFB242"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{EDF9EC8D-6706-4725-9038-B160CCC9B757}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
@@ -47673,82 +48304,82 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{91A5E70A-E4A7-460E-84AE-524BF0C2D885}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D16EE90D-C83E-481A-A211-E415FBAD3DBE}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>28</Pages>
-  <Words>8222</Words>
-  <Characters>46867</Characters>
+  <Words>8224</Words>
+  <Characters>46880</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>8</DocSecurity>
   <Lines>390</Lines>
   <Paragraphs>109</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>ПАО Сбербанк России</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>54980</CharactersWithSpaces>
+  <CharactersWithSpaces>54995</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Колесников Сергей Васильевич</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>