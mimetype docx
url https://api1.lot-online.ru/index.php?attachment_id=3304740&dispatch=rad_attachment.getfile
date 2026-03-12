--- v0 (2025-12-07)
+++ v1 (2026-03-12)
@@ -6,3898 +6,8916 @@
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Override PartName="/_rels/.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/_rels/document.xml.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/>
 </Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 wp14 w15">
   <w:body>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableStyle0"/>
-        <w:tblW w:w="10395" w:type="dxa"/>
+        <w:tblW w:w="11340" w:type="dxa"/>
         <w:jc w:val="left"/>
         <w:tblInd w:w="0" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="0" w:type="dxa"/>
-          <w:left w:w="0" w:type="dxa"/>
+          <w:left w:w="108" w:type="dxa"/>
           <w:bottom w:w="0" w:type="dxa"/>
-          <w:right w:w="0" w:type="dxa"/>
+          <w:right w:w="108" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04a0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="944"/>
+        <w:gridCol w:w="946"/>
         <w:gridCol w:w="945"/>
+        <w:gridCol w:w="944"/>
+        <w:gridCol w:w="946"/>
         <w:gridCol w:w="945"/>
+        <w:gridCol w:w="944"/>
+        <w:gridCol w:w="946"/>
         <w:gridCol w:w="945"/>
-        <w:gridCol w:w="945"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="945"/>
+        <w:gridCol w:w="944"/>
         <w:gridCol w:w="946"/>
-        <w:gridCol w:w="946"/>
-        <w:gridCol w:w="939"/>
+        <w:gridCol w:w="944"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
-          <w:trHeight w:val="315" w:hRule="exact"/>
+          <w:trHeight w:val="60" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10393" w:type="dxa"/>
+            <w:tcW w:w="10395" w:type="dxa"/>
             <w:gridSpan w:val="11"/>
             <w:tcBorders/>
             <w:shd w:color="FFFFFF" w:fill="auto" w:val="clear"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:bidi w:val="0"/>
               <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
               <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ДОГОВОР</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="944" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:shd w:color="FFFFFF" w:fill="auto" w:val="clear"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="265" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10395" w:type="dxa"/>
+            <w:gridSpan w:val="11"/>
+            <w:tcBorders/>
+            <w:shd w:color="FFFFFF" w:fill="auto" w:val="clear"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>уступки права требования по договору долевого участия</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="944" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:shd w:color="FFFFFF" w:fill="auto" w:val="clear"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="265" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9449" w:type="dxa"/>
+            <w:gridSpan w:val="10"/>
+            <w:tcBorders/>
+            <w:shd w:color="FFFFFF" w:fill="auto" w:val="clear"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:shd w:color="FFFFFF" w:fill="auto" w:val="clear"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="944" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:shd w:color="FFFFFF" w:fill="auto" w:val="clear"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="60" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10395" w:type="dxa"/>
+            <w:gridSpan w:val="11"/>
+            <w:tcBorders/>
+            <w:shd w:color="FFFFFF" w:fill="auto" w:val="clear"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Мы, нижеподписавшиеся:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="944" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:shd w:color="FFFFFF" w:fill="auto" w:val="clear"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="60" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10395" w:type="dxa"/>
+            <w:gridSpan w:val="11"/>
+            <w:tcBorders/>
+            <w:shd w:color="FFFFFF" w:fill="auto" w:val="clear"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Гражданин РФ, в лице Гражданина РФ Финансового управляющего, действующего на основании решения Арбитражного суда по делу №, именуемый в дальнейшем «Цедент», с одной стороны, и</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="944" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:shd w:color="FFFFFF" w:fill="auto" w:val="clear"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="60" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10395" w:type="dxa"/>
+            <w:gridSpan w:val="11"/>
+            <w:tcBorders/>
+            <w:shd w:color="FFFFFF" w:fill="auto" w:val="clear"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Гражданин РФ  , именуемый  в дальнейшем "Цессионарий", руководствуясь Гражданским кодексом Российской Федерации и Федеральным законом от 26.10.2002 №127-ФЗ «О несостоятельности (банкротстве)», заключили настоящий договор о нижеследующем:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="944" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:shd w:color="FFFFFF" w:fill="auto" w:val="clear"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="60" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10395" w:type="dxa"/>
+            <w:gridSpan w:val="11"/>
+            <w:tcBorders/>
+            <w:shd w:color="FFFFFF" w:fill="auto" w:val="clear"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1. Предмет договора</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="944" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:shd w:color="FFFFFF" w:fill="auto" w:val="clear"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="60" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10395" w:type="dxa"/>
+            <w:gridSpan w:val="11"/>
+            <w:tcBorders/>
+            <w:shd w:color="FFFFFF" w:fill="auto" w:val="clear"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="944" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:shd w:color="FFFFFF" w:fill="auto" w:val="clear"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="60" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10395" w:type="dxa"/>
+            <w:gridSpan w:val="11"/>
+            <w:tcBorders/>
+            <w:shd w:color="FFFFFF" w:fill="auto" w:val="clear"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1.1. В соответствии с Протоколом № по продаже имущества , (далее по тексту – "Протокол") Цедент на основании ст. 110 Федерального закона от 26.10.2002 № 127-ФЗ «О несостоятельности (банкротстве)» в соответствии с пунктами 2 и 3 настоящего договора уступает Цессионарию - Право требования участника долевого строительства по договору участия в долевом строительстве в отношении квартиры, а Цессионарий:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="944" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:shd w:color="FFFFFF" w:fill="auto" w:val="clear"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="60" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10395" w:type="dxa"/>
+            <w:gridSpan w:val="11"/>
+            <w:tcBorders/>
+            <w:shd w:color="FFFFFF" w:fill="auto" w:val="clear"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>-уплачивает Цеденту плату за уступку прав требования;</w:t>
+              <w:br/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="944" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:shd w:color="FFFFFF" w:fill="auto" w:val="clear"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="60" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10395" w:type="dxa"/>
+            <w:gridSpan w:val="11"/>
+            <w:tcBorders/>
+            <w:shd w:color="FFFFFF" w:fill="auto" w:val="clear"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>- принимает имущество;</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="944" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:shd w:color="FFFFFF" w:fill="auto" w:val="clear"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="60" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10395" w:type="dxa"/>
+            <w:gridSpan w:val="11"/>
+            <w:tcBorders/>
+            <w:shd w:color="FFFFFF" w:fill="auto" w:val="clear"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>- соблюдает иные условия, предусмотренные Договором.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="944" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:shd w:color="FFFFFF" w:fill="auto" w:val="clear"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="60" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10395" w:type="dxa"/>
+            <w:gridSpan w:val="11"/>
+            <w:tcBorders/>
+            <w:shd w:color="FFFFFF" w:fill="auto" w:val="clear"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1.2. Права Цедента подтверждены:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="944" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:shd w:color="FFFFFF" w:fill="auto" w:val="clear"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="60" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10395" w:type="dxa"/>
+            <w:gridSpan w:val="11"/>
+            <w:tcBorders/>
+            <w:shd w:color="FFFFFF" w:fill="auto" w:val="clear"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>- параметр “Основания возникновения права требования”.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="944" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:shd w:color="FFFFFF" w:fill="auto" w:val="clear"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="60" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10395" w:type="dxa"/>
+            <w:gridSpan w:val="11"/>
+            <w:tcBorders/>
+            <w:shd w:color="FFFFFF" w:fill="auto" w:val="clear"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1.3. Цедент подтверждает, что он обладает всеми правами, необходимыми для совершения сделки и передачи Цессионарию прав на имущество.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="944" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:shd w:color="FFFFFF" w:fill="auto" w:val="clear"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10395" w:type="dxa"/>
+            <w:gridSpan w:val="11"/>
+            <w:tcBorders/>
+            <w:shd w:color="FFFFFF" w:fill="auto" w:val="clear"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>2. Цена и порядок расчетов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="944" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:shd w:color="FFFFFF" w:fill="auto" w:val="clear"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10395" w:type="dxa"/>
+            <w:gridSpan w:val="11"/>
+            <w:tcBorders/>
+            <w:shd w:color="FFFFFF" w:fill="auto" w:val="clear"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>2.1. Плата за уступаемые Цедентом права требования,  определенная в ходе торгов, составляет  0 (Ноль рублей 00 копеек) без учета НДС (подпункт 15 п.2 ст.146 НК), Задаток, оплаченный Покупателем, составляет 0 (Ноль рублей 00 копеек), итоговая сумма оплаты Покупателем составляет 0 (Ноль рублей 00 копеек). Цена настоящего договора установлена по результатам проведения торгов, которые проводились г. на сайте, и указана в Протоколе  от г. является окончательной и изменению не подлежит.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="944" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:shd w:color="FFFFFF" w:fill="auto" w:val="clear"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="60" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10395" w:type="dxa"/>
+            <w:gridSpan w:val="11"/>
+            <w:tcBorders/>
+            <w:shd w:color="FFFFFF" w:fill="auto" w:val="clear"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>2.2.. Сумма Платы за уступаемые Цедентом права требования Имущества, подлежащая уплате Цессионарием должна быть перечислена путем безналичного платежа на расчетный счет Цедента:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="944" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:shd w:color="FFFFFF" w:fill="auto" w:val="clear"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="60" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4725" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders/>
+            <w:shd w:color="FFFFFF" w:fill="auto" w:val="clear"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="945" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:shd w:color="FFFFFF" w:fill="auto" w:val="clear"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="944" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:shd w:color="FFFFFF" w:fill="auto" w:val="clear"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:shd w:color="FFFFFF" w:fill="auto" w:val="clear"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="945" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:shd w:color="FFFFFF" w:fill="auto" w:val="clear"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="944" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:shd w:color="FFFFFF" w:fill="auto" w:val="clear"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:shd w:color="FFFFFF" w:fill="auto" w:val="clear"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="944" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:shd w:color="FFFFFF" w:fill="auto" w:val="clear"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="60" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10395" w:type="dxa"/>
+            <w:gridSpan w:val="11"/>
+            <w:tcBorders/>
+            <w:shd w:color="FFFFFF" w:fill="auto" w:val="clear"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>в течение тридцати дней с даты подписания настоящего договора.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="944" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:shd w:color="FFFFFF" w:fill="auto" w:val="clear"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="60" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10395" w:type="dxa"/>
+            <w:gridSpan w:val="11"/>
+            <w:tcBorders/>
+            <w:shd w:color="FFFFFF" w:fill="auto" w:val="clear"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>2.3. Надлежащим выполнением обязательств Цессионария по оплате Имущества является поступление денежных средств на счет Цедента в сумме и сроки, указанные в п. 2.3 настоящего договора.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="944" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:shd w:color="FFFFFF" w:fill="auto" w:val="clear"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="60" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10395" w:type="dxa"/>
+            <w:gridSpan w:val="11"/>
+            <w:tcBorders/>
+            <w:shd w:color="FFFFFF" w:fill="auto" w:val="clear"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>3. Возникновение права собственности на имущество</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="944" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:shd w:color="FFFFFF" w:fill="auto" w:val="clear"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="300" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10395" w:type="dxa"/>
+            <w:gridSpan w:val="11"/>
+            <w:tcBorders/>
+            <w:shd w:color="FFFFFF" w:fill="auto" w:val="clear"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>3.1. Договор уступки права требования по Договору долевого участия подлежит государственной регистрации.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="944" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:shd w:color="FFFFFF" w:fill="auto" w:val="clear"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="515" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10395" w:type="dxa"/>
+            <w:gridSpan w:val="11"/>
+            <w:tcBorders/>
+            <w:shd w:color="FFFFFF" w:fill="auto" w:val="clear"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>3.2. Право собственности у Цессионария возникает с момента регистрации сделки и перехода прав в Едином государственном реестре прав на недвижимое имущество и сделок с ним.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="944" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:shd w:color="FFFFFF" w:fill="auto" w:val="clear"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="695" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10395" w:type="dxa"/>
+            <w:gridSpan w:val="11"/>
+            <w:tcBorders/>
+            <w:shd w:color="FFFFFF" w:fill="auto" w:val="clear"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>3.3. Имущество считается переданным Цессионарием по настоящему Договору с момента подписания им и Цедентом акта приема-передачи после полной оплаты приобретаемого Цессионарием имущества и поступления  на счет Цедента суммы оплаты за уступаемые права на  Имущество.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="944" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:shd w:color="FFFFFF" w:fill="auto" w:val="clear"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="290" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10395" w:type="dxa"/>
+            <w:gridSpan w:val="11"/>
+            <w:tcBorders/>
+            <w:shd w:color="FFFFFF" w:fill="auto" w:val="clear"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>4. Обязанности сторон</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="944" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:shd w:color="FFFFFF" w:fill="auto" w:val="clear"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="515" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10395" w:type="dxa"/>
+            <w:gridSpan w:val="11"/>
+            <w:tcBorders/>
+            <w:shd w:color="FFFFFF" w:fill="auto" w:val="clear"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>4.1. Цессионарий обязан:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="944" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:shd w:color="FFFFFF" w:fill="auto" w:val="clear"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="530" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10395" w:type="dxa"/>
+            <w:gridSpan w:val="11"/>
+            <w:tcBorders/>
+            <w:shd w:color="FFFFFF" w:fill="auto" w:val="clear"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>4.1.1. В срок не более 30 (тридцати) рабочих дней после полной оплаты приобретаемого имущества и поступления  на счет Цедента оплаты принять от Цедента имущество по акту приема-передачи.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="944" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:shd w:color="FFFFFF" w:fill="auto" w:val="clear"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="290" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10395" w:type="dxa"/>
+            <w:gridSpan w:val="11"/>
+            <w:tcBorders/>
+            <w:shd w:color="FFFFFF" w:fill="auto" w:val="clear"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>4.1.2. После подписания акта приема-передачи взять на себя ответственность за Имущество.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="944" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:shd w:color="FFFFFF" w:fill="auto" w:val="clear"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="290" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10395" w:type="dxa"/>
+            <w:gridSpan w:val="11"/>
+            <w:tcBorders/>
+            <w:shd w:color="FFFFFF" w:fill="auto" w:val="clear"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>4.1.3. Самостоятельно и за собственный счет оформить права на Имущество.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="944" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:shd w:color="FFFFFF" w:fill="auto" w:val="clear"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="290" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10395" w:type="dxa"/>
+            <w:gridSpan w:val="11"/>
+            <w:tcBorders/>
+            <w:shd w:color="FFFFFF" w:fill="auto" w:val="clear"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>4.2. Цедент обязан:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="944" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:shd w:color="FFFFFF" w:fill="auto" w:val="clear"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="540" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10395" w:type="dxa"/>
+            <w:gridSpan w:val="11"/>
+            <w:tcBorders/>
+            <w:shd w:color="FFFFFF" w:fill="auto" w:val="clear"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>4.2.1. В срок не более 30 (тридцати) рабочих дней после полной оплаты приобретаемого Цессионарием имущества и поступления на счет Цедента полной суммы за имущество передать Цессионарию имущество по Акту приема-передачи.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="944" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:shd w:color="FFFFFF" w:fill="auto" w:val="clear"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="515" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10395" w:type="dxa"/>
+            <w:gridSpan w:val="11"/>
+            <w:tcBorders/>
+            <w:shd w:color="FFFFFF" w:fill="auto" w:val="clear"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Обязанность по передаче Имущества Цессионарию считается исполненной в момент предоставления Имущества в распоряжение Цессионария.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="944" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:shd w:color="FFFFFF" w:fill="auto" w:val="clear"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="290" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10395" w:type="dxa"/>
+            <w:gridSpan w:val="11"/>
+            <w:tcBorders/>
+            <w:shd w:color="FFFFFF" w:fill="auto" w:val="clear"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>5. Ответственность сторон</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="944" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:shd w:color="FFFFFF" w:fill="auto" w:val="clear"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="550" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10395" w:type="dxa"/>
+            <w:gridSpan w:val="11"/>
+            <w:tcBorders/>
+            <w:shd w:color="FFFFFF" w:fill="auto" w:val="clear"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>5.1. За невыполнение или ненадлежащее выполнение своих обязательств по настоящему договору Стороны несут имущественную ответственность в соответствии с действующим законодательством и настоящим договором.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="944" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:shd w:color="FFFFFF" w:fill="auto" w:val="clear"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="950" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10395" w:type="dxa"/>
+            <w:gridSpan w:val="11"/>
+            <w:tcBorders/>
+            <w:shd w:color="FFFFFF" w:fill="auto" w:val="clear"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>5.2. По истечении срока принятия имущества и подписания Акта приема-передачи, предусмотренным п. 4.1.1. Цедент направляет Цессионарию письменное сообщение, со дня отправления которого настоящий Договор считается расторгнутым, сумма задатка Цессионарию не возвращается и обязательства Цедента по передаче Имущества в собственность Цессионария прекращаются.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="944" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:shd w:color="FFFFFF" w:fill="auto" w:val="clear"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="540" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10395" w:type="dxa"/>
+            <w:gridSpan w:val="11"/>
+            <w:tcBorders/>
+            <w:shd w:color="FFFFFF" w:fill="auto" w:val="clear"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Оформление  Сторонами  письменного  дополнительного  соглашения  о  расторжении настоящего Договора в этом случае не требуется.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="944" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:shd w:color="FFFFFF" w:fill="auto" w:val="clear"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="710" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10395" w:type="dxa"/>
+            <w:gridSpan w:val="11"/>
+            <w:tcBorders/>
+            <w:shd w:color="FFFFFF" w:fill="auto" w:val="clear"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>5.3. Стороны настоящего Договора не несут ответственность за какой бы то ни было ущерб или невыполнение принятых на себя обязательств, в случае, если это произойдет по причинам, известным образом неподконтрольным Сторонам настоящего Договора, которые Стороны не могли ни предотвратить, ни предвидеть (непреодолимая сила).</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="944" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:shd w:color="FFFFFF" w:fill="auto" w:val="clear"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="290" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10395" w:type="dxa"/>
+            <w:gridSpan w:val="11"/>
+            <w:tcBorders/>
+            <w:shd w:color="FFFFFF" w:fill="auto" w:val="clear"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>6. Заключительные положения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="944" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:shd w:color="FFFFFF" w:fill="auto" w:val="clear"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="590" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10395" w:type="dxa"/>
+            <w:gridSpan w:val="11"/>
+            <w:tcBorders/>
+            <w:shd w:color="FFFFFF" w:fill="auto" w:val="clear"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>6.1. Споры, возникающие между Сторонами по настоящему Договору, рассматриваются в Арбитражном суде или в суде общей юрисдикции по месту регистрации Цедента в установленном законодательством РФ порядке.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="944" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:shd w:color="FFFFFF" w:fill="auto" w:val="clear"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="310" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10395" w:type="dxa"/>
+            <w:gridSpan w:val="11"/>
+            <w:tcBorders/>
+            <w:shd w:color="FFFFFF" w:fill="auto" w:val="clear"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>6.2. Настоящий договор вступает в силу с момента его подписания Сторонами и прекращает свое действие:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="944" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:shd w:color="FFFFFF" w:fill="auto" w:val="clear"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="290" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10395" w:type="dxa"/>
+            <w:gridSpan w:val="11"/>
+            <w:tcBorders/>
+            <w:shd w:color="FFFFFF" w:fill="auto" w:val="clear"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>- исполнением Сторонами своих обязательств по настоящему Договору;</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="944" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:shd w:color="FFFFFF" w:fill="auto" w:val="clear"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="265" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10395" w:type="dxa"/>
+            <w:gridSpan w:val="11"/>
+            <w:tcBorders/>
+            <w:shd w:color="FFFFFF" w:fill="auto" w:val="clear"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>- расторжением настоящего Договора;</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="944" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:shd w:color="FFFFFF" w:fill="auto" w:val="clear"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="275" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10395" w:type="dxa"/>
+            <w:gridSpan w:val="11"/>
+            <w:tcBorders/>
+            <w:shd w:color="FFFFFF" w:fill="auto" w:val="clear"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>- по иным основаниям, предусмотренным действующим законодательством Российской Федерации.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="944" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:shd w:color="FFFFFF" w:fill="auto" w:val="clear"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="565" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10395" w:type="dxa"/>
+            <w:gridSpan w:val="11"/>
+            <w:tcBorders/>
+            <w:shd w:color="FFFFFF" w:fill="auto" w:val="clear"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>6.3. Любые изменения и дополнения к настоящему Договору действительны только в том случае, если они совершены в письменной форме и подписаны Сторонами или надлежащем уполномоченными на то представителями Сторон.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="944" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:shd w:color="FFFFFF" w:fill="auto" w:val="clear"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="300" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10395" w:type="dxa"/>
+            <w:gridSpan w:val="11"/>
+            <w:tcBorders/>
+            <w:shd w:color="FFFFFF" w:fill="auto" w:val="clear"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>6.4. Все уведомления и сообщения должны направляться в письменной форме.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="944" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:shd w:color="FFFFFF" w:fill="auto" w:val="clear"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="550" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10395" w:type="dxa"/>
+            <w:gridSpan w:val="11"/>
+            <w:tcBorders/>
+            <w:shd w:color="FFFFFF" w:fill="auto" w:val="clear"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>6.5. Настоящий Договор составлен в 2-х экземплярах, имеющих одинаковую юридическую силу, по одному экземпляру для Цедента и Цессионария.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="944" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:shd w:color="FFFFFF" w:fill="auto" w:val="clear"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="290" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10395" w:type="dxa"/>
+            <w:gridSpan w:val="11"/>
+            <w:tcBorders/>
+            <w:shd w:color="FFFFFF" w:fill="auto" w:val="clear"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>10. Реквизиты и подписи Сторон</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="944" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:shd w:color="FFFFFF" w:fill="auto" w:val="clear"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="290" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4725" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders/>
+            <w:shd w:color="FFFFFF" w:fill="auto" w:val="clear"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Цедент:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5670" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders/>
+            <w:shd w:color="FFFFFF" w:fill="auto" w:val="clear"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Цессионарий:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="944" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:shd w:color="FFFFFF" w:fill="auto" w:val="clear"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="290" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4725" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders/>
+            <w:shd w:color="FFFFFF" w:fill="auto" w:val="clear"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Гражданин РФ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5670" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders/>
+            <w:shd w:color="FFFFFF" w:fill="auto" w:val="clear"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Гражданин РФ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="944" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:shd w:color="FFFFFF" w:fill="auto" w:val="clear"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4725" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders/>
+            <w:shd w:color="FFFFFF" w:fill="auto" w:val="clear"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5670" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders/>
+            <w:shd w:color="FFFFFF" w:fill="auto" w:val="clear"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="944" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:shd w:color="FFFFFF" w:fill="auto" w:val="clear"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4725" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders/>
+            <w:shd w:color="FFFFFF" w:fill="auto" w:val="clear"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5670" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders/>
+            <w:shd w:color="FFFFFF" w:fill="auto" w:val="clear"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="944" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:shd w:color="FFFFFF" w:fill="auto" w:val="clear"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4725" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders/>
+            <w:shd w:color="FFFFFF" w:fill="auto" w:val="clear"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5670" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders/>
+            <w:shd w:color="FFFFFF" w:fill="auto" w:val="clear"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="944" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:shd w:color="FFFFFF" w:fill="auto" w:val="clear"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4725" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders/>
+            <w:shd w:color="FFFFFF" w:fill="auto" w:val="clear"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ИНН должника: </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5670" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders/>
+            <w:shd w:color="FFFFFF" w:fill="auto" w:val="clear"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="944" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:shd w:color="FFFFFF" w:fill="auto" w:val="clear"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="944" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:shd w:color="FFFFFF" w:fill="auto" w:val="clear"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:shd w:color="FFFFFF" w:fill="auto" w:val="clear"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="945" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:shd w:color="FFFFFF" w:fill="auto" w:val="clear"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="944" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:shd w:color="FFFFFF" w:fill="auto" w:val="clear"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:shd w:color="FFFFFF" w:fill="auto" w:val="clear"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5670" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders/>
+            <w:shd w:color="FFFFFF" w:fill="auto" w:val="clear"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="944" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:shd w:color="FFFFFF" w:fill="auto" w:val="clear"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4725" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders/>
+            <w:shd w:color="FFFFFF" w:fill="auto" w:val="clear"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Финансовый управляющий</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="945" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:shd w:color="FFFFFF" w:fill="auto" w:val="clear"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="944" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:shd w:color="FFFFFF" w:fill="auto" w:val="clear"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:shd w:color="FFFFFF" w:fill="auto" w:val="clear"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="945" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:shd w:color="FFFFFF" w:fill="auto" w:val="clear"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="944" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:shd w:color="FFFFFF" w:fill="auto" w:val="clear"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:shd w:color="FFFFFF" w:fill="auto" w:val="clear"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="944" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:shd w:color="FFFFFF" w:fill="auto" w:val="clear"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4725" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders/>
+            <w:shd w:color="FFFFFF" w:fill="auto" w:val="clear"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>ДОГОВОР</w:t>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="945" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:shd w:color="FFFFFF" w:fill="auto" w:val="clear"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="944" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:shd w:color="FFFFFF" w:fill="auto" w:val="clear"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:shd w:color="FFFFFF" w:fill="auto" w:val="clear"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="945" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:shd w:color="FFFFFF" w:fill="auto" w:val="clear"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="944" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:shd w:color="FFFFFF" w:fill="auto" w:val="clear"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:shd w:color="FFFFFF" w:fill="auto" w:val="clear"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="944" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:shd w:color="FFFFFF" w:fill="auto" w:val="clear"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="944" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:shd w:color="FFFFFF" w:fill="auto" w:val="clear"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:shd w:color="FFFFFF" w:fill="auto" w:val="clear"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="945" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:shd w:color="FFFFFF" w:fill="auto" w:val="clear"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="944" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:shd w:color="FFFFFF" w:fill="auto" w:val="clear"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:shd w:color="FFFFFF" w:fill="auto" w:val="clear"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="945" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:shd w:color="FFFFFF" w:fill="auto" w:val="clear"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="944" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:shd w:color="FFFFFF" w:fill="auto" w:val="clear"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:shd w:color="FFFFFF" w:fill="auto" w:val="clear"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="945" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:shd w:color="FFFFFF" w:fill="auto" w:val="clear"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="944" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:shd w:color="FFFFFF" w:fill="auto" w:val="clear"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:shd w:color="FFFFFF" w:fill="auto" w:val="clear"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="944" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:shd w:color="FFFFFF" w:fill="auto" w:val="clear"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
-          <w:trHeight w:val="270" w:hRule="exact"/>
+          <w:trHeight w:val="360" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10393" w:type="dxa"/>
-[...10 lines deleted...]
-              <w:jc w:val="center"/>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders/>
+            <w:shd w:color="FFFFFF" w:fill="auto" w:val="clear"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1890" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders/>
+            <w:shd w:color="FFFFFF" w:fill="auto" w:val="clear"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5670" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders/>
+            <w:shd w:color="FFFFFF" w:fill="auto" w:val="clear"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="944" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:shd w:color="FFFFFF" w:fill="auto" w:val="clear"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="360" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10395" w:type="dxa"/>
+            <w:gridSpan w:val="11"/>
+            <w:tcBorders/>
+            <w:shd w:color="FFFFFF" w:fill="auto" w:val="clear"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="944" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:shd w:color="FFFFFF" w:fill="auto" w:val="clear"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="360" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10395" w:type="dxa"/>
+            <w:gridSpan w:val="11"/>
+            <w:tcBorders/>
+            <w:shd w:color="FFFFFF" w:fill="auto" w:val="clear"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>купли-продажи</w:t>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="944" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:shd w:color="FFFFFF" w:fill="auto" w:val="clear"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
-          <w:trHeight w:val="270" w:hRule="exact"/>
+          <w:trHeight w:val="360" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9454" w:type="dxa"/>
-[...37 lines deleted...]
-              <w:jc w:val="center"/>
+            <w:tcW w:w="10395" w:type="dxa"/>
+            <w:gridSpan w:val="11"/>
+            <w:tcBorders/>
+            <w:shd w:color="FFFFFF" w:fill="auto" w:val="clear"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="944" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:shd w:color="FFFFFF" w:fill="auto" w:val="clear"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="360" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10395" w:type="dxa"/>
+            <w:gridSpan w:val="11"/>
+            <w:tcBorders/>
+            <w:shd w:color="FFFFFF" w:fill="auto" w:val="clear"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="944" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:shd w:color="FFFFFF" w:fill="auto" w:val="clear"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="360" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10395" w:type="dxa"/>
+            <w:gridSpan w:val="11"/>
+            <w:tcBorders/>
+            <w:shd w:color="FFFFFF" w:fill="auto" w:val="clear"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="944" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:shd w:color="FFFFFF" w:fill="auto" w:val="clear"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="360" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10395" w:type="dxa"/>
+            <w:gridSpan w:val="11"/>
+            <w:tcBorders/>
+            <w:shd w:color="FFFFFF" w:fill="auto" w:val="clear"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="944" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:shd w:color="FFFFFF" w:fill="auto" w:val="clear"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="360" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10395" w:type="dxa"/>
+            <w:gridSpan w:val="11"/>
+            <w:tcBorders/>
+            <w:shd w:color="FFFFFF" w:fill="auto" w:val="clear"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="944" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:shd w:color="FFFFFF" w:fill="auto" w:val="clear"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
-          <w:trHeight w:val="300" w:hRule="exact"/>
+          <w:trHeight w:val="360" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10393" w:type="dxa"/>
+            <w:tcW w:w="10395" w:type="dxa"/>
             <w:gridSpan w:val="11"/>
             <w:tcBorders/>
             <w:shd w:color="FFFFFF" w:fill="auto" w:val="clear"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:bidi w:val="0"/>
               <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...18 lines deleted...]
-              <w:t>Мы, нижеподписавшиеся:</w:t>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="944" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:shd w:color="FFFFFF" w:fill="auto" w:val="clear"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
-          <w:trHeight w:val="549" w:hRule="exact"/>
+          <w:trHeight w:val="360" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10393" w:type="dxa"/>
+            <w:tcW w:w="10395" w:type="dxa"/>
             <w:gridSpan w:val="11"/>
             <w:tcBorders/>
             <w:shd w:color="FFFFFF" w:fill="auto" w:val="clear"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:bidi w:val="0"/>
               <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...11 lines deleted...]
-              <w:t xml:space="preserve">Гражданин РФ, в лице Гражданина РФ Финансового управляющего, действующего на основании решения Арбитражного суда №А, именуемый в дальнейшем «Продавец», с одной стороны, и </w:t>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="944" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:shd w:color="FFFFFF" w:fill="auto" w:val="clear"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
-          <w:trHeight w:val="495" w:hRule="exact"/>
+          <w:trHeight w:val="360" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10393" w:type="dxa"/>
+            <w:tcW w:w="10395" w:type="dxa"/>
             <w:gridSpan w:val="11"/>
             <w:tcBorders/>
             <w:shd w:color="FFFFFF" w:fill="auto" w:val="clear"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:bidi w:val="0"/>
               <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...18 lines deleted...]
-              <w:t>Гражданин РФ  , именуемый в дальнейшем «Покупатель» с другой стороны, а совместно именуемые «Стороны», заключили настоящий договор о нижеследующем,</w:t>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="944" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:shd w:color="FFFFFF" w:fill="auto" w:val="clear"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
-          <w:trHeight w:val="300" w:hRule="exact"/>
+          <w:trHeight w:val="360" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10393" w:type="dxa"/>
+            <w:tcW w:w="10395" w:type="dxa"/>
             <w:gridSpan w:val="11"/>
             <w:tcBorders/>
             <w:shd w:color="FFFFFF" w:fill="auto" w:val="clear"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:bidi w:val="0"/>
               <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
-              <w:jc w:val="center"/>
-[...14 lines deleted...]
-              <w:t>1.  Предмет договора</w:t>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="944" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:shd w:color="FFFFFF" w:fill="auto" w:val="clear"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
-          <w:trHeight w:val="975" w:hRule="exact"/>
+          <w:trHeight w:val="60" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10393" w:type="dxa"/>
-[...40 lines deleted...]
-              <w:br/>
+            <w:tcW w:w="944" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:shd w:color="FFFFFF" w:fill="auto" w:val="clear"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:shd w:color="FFFFFF" w:fill="auto" w:val="clear"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="945" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:shd w:color="FFFFFF" w:fill="auto" w:val="clear"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="944" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:shd w:color="FFFFFF" w:fill="auto" w:val="clear"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:shd w:color="FFFFFF" w:fill="auto" w:val="clear"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="945" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:shd w:color="FFFFFF" w:fill="auto" w:val="clear"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="944" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:shd w:color="FFFFFF" w:fill="auto" w:val="clear"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:shd w:color="FFFFFF" w:fill="auto" w:val="clear"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="945" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:shd w:color="FFFFFF" w:fill="auto" w:val="clear"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="944" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:shd w:color="FFFFFF" w:fill="auto" w:val="clear"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:shd w:color="FFFFFF" w:fill="auto" w:val="clear"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="944" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:shd w:color="FFFFFF" w:fill="auto" w:val="clear"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
-          <w:trHeight w:val="495" w:hRule="exact"/>
+          <w:trHeight w:val="60" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10393" w:type="dxa"/>
-[...23 lines deleted...]
-              <w:t xml:space="preserve">ЛОТ №1 -  </w:t>
+            <w:tcW w:w="944" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:shd w:color="FFFFFF" w:fill="auto" w:val="clear"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:shd w:color="FFFFFF" w:fill="auto" w:val="clear"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="945" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:shd w:color="FFFFFF" w:fill="auto" w:val="clear"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="944" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:shd w:color="FFFFFF" w:fill="auto" w:val="clear"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:shd w:color="FFFFFF" w:fill="auto" w:val="clear"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="945" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:shd w:color="FFFFFF" w:fill="auto" w:val="clear"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="944" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:shd w:color="FFFFFF" w:fill="auto" w:val="clear"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:shd w:color="FFFFFF" w:fill="auto" w:val="clear"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="945" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:shd w:color="FFFFFF" w:fill="auto" w:val="clear"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="944" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:shd w:color="FFFFFF" w:fill="auto" w:val="clear"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:shd w:color="FFFFFF" w:fill="auto" w:val="clear"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="944" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:shd w:color="FFFFFF" w:fill="auto" w:val="clear"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
-          <w:trHeight w:val="300" w:hRule="exact"/>
+          <w:trHeight w:val="3803" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10393" w:type="dxa"/>
-[...31 lines deleted...]
-              <w:t>Право собственности зарегистрировано в установленном законом порядке (далее по тексту - «Имущество»).</w:t>
+            <w:tcW w:w="944" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:shd w:color="FFFFFF" w:fill="auto" w:val="clear"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:shd w:color="FFFFFF" w:fill="auto" w:val="clear"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="945" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:shd w:color="FFFFFF" w:fill="auto" w:val="clear"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="944" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:shd w:color="FFFFFF" w:fill="auto" w:val="clear"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:shd w:color="FFFFFF" w:fill="auto" w:val="clear"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="945" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:shd w:color="FFFFFF" w:fill="auto" w:val="clear"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="944" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:shd w:color="FFFFFF" w:fill="auto" w:val="clear"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:shd w:color="FFFFFF" w:fill="auto" w:val="clear"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="945" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:shd w:color="FFFFFF" w:fill="auto" w:val="clear"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="944" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:shd w:color="FFFFFF" w:fill="auto" w:val="clear"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:shd w:color="FFFFFF" w:fill="auto" w:val="clear"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="944" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:shd w:color="FFFFFF" w:fill="auto" w:val="clear"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
-          <w:trHeight w:val="495" w:hRule="exact"/>
+          <w:trHeight w:val="60" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10393" w:type="dxa"/>
-[...31 lines deleted...]
-              <w:t>1.2. На момент составления Договора купли-продажи на вышеуказанном имуществе обременения/ограничения отсутствуют.</w:t>
+            <w:tcW w:w="944" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:shd w:color="FFFFFF" w:fill="auto" w:val="clear"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:shd w:color="FFFFFF" w:fill="auto" w:val="clear"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="945" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:shd w:color="FFFFFF" w:fill="auto" w:val="clear"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="944" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:shd w:color="FFFFFF" w:fill="auto" w:val="clear"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:shd w:color="FFFFFF" w:fill="auto" w:val="clear"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="945" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:shd w:color="FFFFFF" w:fill="auto" w:val="clear"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="944" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:shd w:color="FFFFFF" w:fill="auto" w:val="clear"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:shd w:color="FFFFFF" w:fill="auto" w:val="clear"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="945" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:shd w:color="FFFFFF" w:fill="auto" w:val="clear"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="944" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:shd w:color="FFFFFF" w:fill="auto" w:val="clear"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:shd w:color="FFFFFF" w:fill="auto" w:val="clear"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="944" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:shd w:color="FFFFFF" w:fill="auto" w:val="clear"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
-          <w:trHeight w:val="1080" w:hRule="exact"/>
+          <w:trHeight w:val="60" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10393" w:type="dxa"/>
-[...45 lines deleted...]
-              <w:t>Продажа имущества на торгах приводит к прекращению права залога (ипотеки) - пп. 4 п. 1 ст. 352 ГК РФ и абз. 6 п. 5 ст. 18.1 ФЗ «О несостоятельности (банкротстве)» от 26.10.2002 г. № 127-ФЗ.</w:t>
+            <w:tcW w:w="944" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:shd w:color="FFFFFF" w:fill="auto" w:val="clear"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:shd w:color="FFFFFF" w:fill="auto" w:val="clear"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="945" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:shd w:color="FFFFFF" w:fill="auto" w:val="clear"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="944" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:shd w:color="FFFFFF" w:fill="auto" w:val="clear"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:shd w:color="FFFFFF" w:fill="auto" w:val="clear"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="945" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:shd w:color="FFFFFF" w:fill="auto" w:val="clear"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="944" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:shd w:color="FFFFFF" w:fill="auto" w:val="clear"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:shd w:color="FFFFFF" w:fill="auto" w:val="clear"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="945" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:shd w:color="FFFFFF" w:fill="auto" w:val="clear"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="944" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:shd w:color="FFFFFF" w:fill="auto" w:val="clear"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:shd w:color="FFFFFF" w:fill="auto" w:val="clear"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="944" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:shd w:color="FFFFFF" w:fill="auto" w:val="clear"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
-          <w:trHeight w:val="300" w:hRule="exact"/>
+          <w:trHeight w:val="60" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10393" w:type="dxa"/>
-[...25 lines deleted...]
-              <w:t>2. Обязанности Сторон</w:t>
+            <w:tcW w:w="944" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:shd w:color="FFFFFF" w:fill="auto" w:val="clear"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:shd w:color="FFFFFF" w:fill="auto" w:val="clear"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="945" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:shd w:color="FFFFFF" w:fill="auto" w:val="clear"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="944" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:shd w:color="FFFFFF" w:fill="auto" w:val="clear"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:shd w:color="FFFFFF" w:fill="auto" w:val="clear"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="945" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:shd w:color="FFFFFF" w:fill="auto" w:val="clear"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="944" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:shd w:color="FFFFFF" w:fill="auto" w:val="clear"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:shd w:color="FFFFFF" w:fill="auto" w:val="clear"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="945" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:shd w:color="FFFFFF" w:fill="auto" w:val="clear"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="944" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:shd w:color="FFFFFF" w:fill="auto" w:val="clear"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:shd w:color="FFFFFF" w:fill="auto" w:val="clear"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="944" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:shd w:color="FFFFFF" w:fill="auto" w:val="clear"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
-          <w:trHeight w:val="300" w:hRule="exact"/>
+          <w:trHeight w:val="60" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10393" w:type="dxa"/>
-[...31 lines deleted...]
-              <w:t>2.1. Продавец обязуется:</w:t>
+            <w:tcW w:w="944" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:shd w:color="FFFFFF" w:fill="auto" w:val="clear"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:shd w:color="FFFFFF" w:fill="auto" w:val="clear"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="945" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:shd w:color="FFFFFF" w:fill="auto" w:val="clear"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="944" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:shd w:color="FFFFFF" w:fill="auto" w:val="clear"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:shd w:color="FFFFFF" w:fill="auto" w:val="clear"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="945" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:shd w:color="FFFFFF" w:fill="auto" w:val="clear"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="944" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:shd w:color="FFFFFF" w:fill="auto" w:val="clear"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:shd w:color="FFFFFF" w:fill="auto" w:val="clear"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="945" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:shd w:color="FFFFFF" w:fill="auto" w:val="clear"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="944" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:shd w:color="FFFFFF" w:fill="auto" w:val="clear"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:shd w:color="FFFFFF" w:fill="auto" w:val="clear"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="944" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:shd w:color="FFFFFF" w:fill="auto" w:val="clear"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
-          <w:trHeight w:val="300" w:hRule="exact"/>
+          <w:trHeight w:val="60" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10393" w:type="dxa"/>
-[...2060 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:tcW w:w="944" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:shd w:color="FFFFFF" w:fill="auto" w:val="clear"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:shd w:color="FFFFFF" w:fill="auto" w:val="clear"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="945" w:type="dxa"/>
             <w:tcBorders/>
             <w:shd w:color="FFFFFF" w:fill="auto" w:val="clear"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:bidi w:val="0"/>
               <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...7 lines deleted...]
-                <w:sz w:val="20"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="944" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:shd w:color="FFFFFF" w:fill="auto" w:val="clear"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:shd w:color="FFFFFF" w:fill="auto" w:val="clear"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="945" w:type="dxa"/>
             <w:tcBorders/>
             <w:shd w:color="FFFFFF" w:fill="auto" w:val="clear"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:bidi w:val="0"/>
               <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...7 lines deleted...]
-                <w:sz w:val="20"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="944" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:shd w:color="FFFFFF" w:fill="auto" w:val="clear"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:shd w:color="FFFFFF" w:fill="auto" w:val="clear"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="945" w:type="dxa"/>
             <w:tcBorders/>
             <w:shd w:color="FFFFFF" w:fill="auto" w:val="clear"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:bidi w:val="0"/>
               <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...364 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="944" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:shd w:color="FFFFFF" w:fill="auto" w:val="clear"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders/>
             <w:shd w:color="FFFFFF" w:fill="auto" w:val="clear"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:bidi w:val="0"/>
               <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...681 lines deleted...]
-                <w:sz w:val="20"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="944" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:shd w:color="FFFFFF" w:fill="auto" w:val="clear"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
       <w:type w:val="nextPage"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:left="567" w:right="567" w:gutter="0" w:header="0" w:top="567" w:footer="0" w:bottom="567"/>
       <w:pgNumType w:fmt="decimal"/>
       <w:formProt w:val="false"/>
       <w:textDirection w:val="lrTb"/>
       <w:docGrid w:type="default" w:linePitch="100" w:charSpace="4096"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <w:font w:name="Times New Roman">
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
@@ -3905,99 +8923,102 @@
   </w:font>
   <w:font w:name="Symbol">
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
   </w:font>
   <w:font w:name="Arial">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
   </w:font>
   <w:font w:name="Liberation Serif">
     <w:altName w:val="Times New Roman"/>
     <w:charset w:val="cc"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:charset w:val="cc"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
   </w:font>
   <w:font w:name="Liberation Sans">
     <w:altName w:val="Arial"/>
     <w:charset w:val="cc"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+  </w:font>
+  <w:font w:name="Times New Roman">
+    <w:charset w:val="cc"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
   </w:font>
-  <w:font w:name="Times New Roman">
+  <w:font w:name="Arial">
     <w:charset w:val="cc"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:zoom w:percent="100"/>
   <w:defaultTabStop w:val="720"/>
   <w:autoHyphenation w:val="true"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <w:themeFontLang w:val="" w:eastAsia="" w:bidi=""/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" mc:Ignorable="w14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="NSimSun" w:cs="Arial"/>
         <w:kern w:val="2"/>
+        <w:sz w:val="22"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:suppressAutoHyphens w:val="true"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:style w:type="paragraph" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:pPr>
       <w:widowControl w:val="false"/>
-      <w:suppressAutoHyphens w:val="true"/>
       <w:bidi w:val="0"/>
-      <w:spacing w:before="0" w:after="0"/>
-      <w:jc w:val="left"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="NSimSun" w:cs="Arial"/>
       <w:color w:val="auto"/>
       <w:kern w:val="2"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Style14">
     <w:name w:val="Заголовок"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="BodyText"/>
     <w:qFormat/>
     <w:pPr>
       <w:keepNext w:val="true"/>
       <w:spacing w:before="240" w:after="120"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans" w:eastAsia="Microsoft YaHei" w:cs="Arial"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
@@ -4152,44 +9173,44 @@
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template/>
   <TotalTime></TotalTime>
   <Application>LibreOffice/24.2.7.2$Windows_X86_64 LibreOffice_project/ee3885777aa7032db5a9b65deec9457448a91162</Application>
   <AppVersion></AppVersion>
   <Pages>3</Pages>
-  <Words>1048</Words>
-[...2 lines deleted...]
-  <Paragraphs>64</Paragraphs>
+  <Words>733</Words>
+  <Characters>4920</Characters>
+  <CharactersWithSpaces>5619</CharactersWithSpaces>
+  <Paragraphs>51</Paragraphs>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <dc:description/>
   <dc:language>ru-RU</dc:language>
   <cp:lastModifiedBy/>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
   <dc:subject/>
   <dc:title/>
 </cp:coreProperties>
 </file>